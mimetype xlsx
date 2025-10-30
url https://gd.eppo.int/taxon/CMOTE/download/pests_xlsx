--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -12,99 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CMOTE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
     <t>Cheravirus avii</t>
   </si>
   <si>
     <t>* Bratsch SA, Grinstead S, Lockhart B, Mollov D (2020) Biological properties and genomic sequence of an isolate of cherry rasp leaf virus from tomato. Journal of Plant Pathology. https://doi.org/10.1007/s42161-020-00522-5
 * Hansen AJ, Nylland G, McElroy FD, Stace-Smith R (1974) Origin, cause, host range and spread of cherry rasp leaf disease in North America. Phytopathology 64, 721-727.</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Fribourg CE (1977) Andean potato calico strain of tobacco ringspot virus. Phytopathology 67, 174-178.
 ------- TRSV-Ca.
 * Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------- PBRSV.</t>
   </si>
   <si>
     <t>PVT000</t>
   </si>
   <si>
     <t>Tepovirus tafsolani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range, purification and properties of potato virus T. Annals of Applied Biology 89, 223-235.</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Zaidi SS, Shakir S, Farooq M, Amin I, Mansoor S (2017) First report of a novel strain of Tomato yellow leaf curl virus causing yellow leaf curl disease on cluster bean in Pakistan. Plant Disease 101(6), p 1071.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Moriones E, Praveen S, Chakraborty S (2017) Tomato Leaf Curl New Delhi Virus: an emerging virus complex threatening vegetable and fiber crops. Viruses 9(10), 264; https://doi.org/10.3390/v9100264.
 * Zaidi SSEA, Martin DP, Amin I, Farooq M, and Mansoor S (2017) Tomato leaf curl New Delhi virus: a widespread bipartite begomovirus in the territory of monopartite begomoviruses. Molecular Plant Pathology, 18, 901–911. (online supplemental material)</t>
   </si>
   <si>
     <t>HISHPH</t>
   </si>
   <si>
     <t>Hishimonus phycitis</t>
@@ -479,51 +489,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="377.336" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -615,92 +625,106 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>31</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">