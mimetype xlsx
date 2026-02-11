--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -12,117 +12,129 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CMDEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>BRVPHO</t>
   </si>
   <si>
     <t>Brevipalpus hondurani (as Chamaedorea)</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in California (US).</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Heppner JB, Pena JE, Glenn H (1987) The banana moth, Opogona sacchari (Bojer) (Lepidoptera: Tineidae), in Florida. Entomology Circular, Division of Plant Industry, Florida Department of Agriculture and Consumer Services No. 293, 4pp.</t>
   </si>
   <si>
     <t>Opogona sacchari (as Chamaedorea)</t>
   </si>
   <si>
     <t>* Veenenbos JAJ (1981) Opogona sacchari, a Pest Risk from imports of ornamental plants of tropical origin. EPPO Bulletin, 11(3), 235-237.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Lee HJ, Kim NK, Hwang SY, Yang KY, Jeong RD (2022) First report of tomato spotted wilt virus infecting parlor palm (Chamaedorea elegans) with leaf mosaic and ring spot disease in Korea. Journal of Plant Pathology 104, p 415.</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
   <si>
     <t>Paraleyrodes minei (as Chamaedorea)</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* Landero-Torres I, Presa-Parra E, Elena Galindo-Tovar M, Leyva-Ovalle OR, Murguía-González J, Valenzuela-González JE &amp; García-Martínez MA (2015) Variación temporal y espacial de la abundancia del picudo negro (Rhynchophorus palmarum L., Coleoptera: Curculionidae) en cultivos de palmas ornamentales del centro de Veracruz, México. Southwestern Entomologist 40(1), 179-188.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -435,182 +447,198 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="441.035" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">