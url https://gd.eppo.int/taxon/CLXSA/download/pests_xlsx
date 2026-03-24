--- v0 (2025-10-08)
+++ v1 (2026-03-24)
@@ -12,112 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CLXSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in both California (US) and Israel.</t>
-  </si>
-[...16 lines deleted...]
-    <t>* NPPO of Italy: https://gd.eppo.int/reporting/article-7020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -421,61 +403,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="362.054" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -489,78 +471,50 @@
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...26 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">