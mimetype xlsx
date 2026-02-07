--- v0 (2025-10-21)
+++ v1 (2026-02-07)
@@ -12,83 +12,93 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CLQLU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf [Accessed February 15, 2023].</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+------- as Cladrastis kentukea</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus</t>
   </si>
   <si>
     <t>* DiGirolomo MF, Bohne MJ, Dodds KJ, Gapinski AT, DelRosso JS, Charap JG, Evans SC (2022) Utilizing urban arboreta for detection of native and non‐native wood‐inhabiting beetles. Agricultural and Forest Entomology 24(1), 72-96.
 ------- as Cladrastis kentukea.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -402,61 +412,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -470,50 +480,64 @@
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">