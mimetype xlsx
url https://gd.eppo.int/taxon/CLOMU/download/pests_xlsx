--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -12,84 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CLOMU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Calopogonium)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Calopogonium)</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Jeyanandarajah P, Brunt AA (1993) The natural occurrence, transmission, properties and possible affinities of cowpea mild mottle virus. Journal of Phytopathology 137, 148-156.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Hallman GJ (1980) Huéspedes y enemigos naturales de Heliothis spp., en la región algodonera del Departamento del Tolima, Colombia. Turrialba 30(3), 272-279.
 * Hallman GJ (1984) Quantification of the relative importance of 12 uncultivated hosts of Heliothis virescens (Fabricius) using field data. Insect Science and its Application 5(6), 465-468.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Likely host (reported as host in the literature but lacking evidence to consider it as main host – see PRA for further details on the host).</t>
   </si>
   <si>
     <t>LCV000</t>
   </si>
@@ -441,150 +448,152 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="252.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="324.349" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">