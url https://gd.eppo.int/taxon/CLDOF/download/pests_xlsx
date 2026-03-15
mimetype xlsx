--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -112,51 +112,53 @@
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.
 * Korytkowski C (1982) Contribución al conocimiento de los Agromyzidae (Diptera: Acalyptratae) en el Perú. MS Thesis, Universidad Nacional Agraria, La Molina, Lima, 237 pp.
 * Salvo A, Valladares G (2002) Plant-related intraspecific size variation in parasitoids (Hymenoptera: Parasitica) of a polyphagous leafminer (Diptera: Agromyzidae). Environmental Entomology 31, 874-879.
 * Valladares G (1984) Sobre el género Liriomyza Mik 1894 (Diptera, Agromyzidae) en la República Argentina. Revista de la Sociedad Entomologica Argentina 43, 13-36.
 * Valladares G, Salvo A, Videla M (1999) Moscas minadoras en cultivos de Argentina. Horticultura Argentina 18(44- 45), 56-61.</t>
   </si>
   <si>
     <t>LIRISA</t>
   </si>
   <si>
     <t>Liriomyza sativae</t>
   </si>
   <si>
     <t>* Stegmaier CE (1966) Host plants and parasites of Liriomyza munda in Florida (Diptera: Agromyzidae). Florida Entomologist 49(2), 81-86.
 ------- confirmed host. Rearing record</t>
   </si>
   <si>
     <t>AMAZMA</t>
   </si>
   <si>
     <t>Nemorimyza maculosa</t>
   </si>
   <si>
-    <t>* Valladares G, Salvo A, Saini E (2011) Moscas minadoras del girasol y sus enemigos naturales. Revista de Investigaciones Agropecuarias 37(2):180–188.
+    <t>* Eiseman CS, Lonsdale O, Feldman TS, Van Der Linden JO (2026) Thirty-three new species of Agromyzidae (Diptera) from the United States and Canada, with new host and distribution records for 154 additional species. Zootaxa 5745(1), 1-265.
+------- questionnable host
+* Valladares G, Salvo A, Saini E (2011) Moscas minadoras del girasol y sus enemigos naturales. Revista de Investigaciones Agropecuarias 37(2):180–188.
 * Valladares G, Salvo A, Videla M (1999) Moscas minadoras en cultivos de Argentina. Horticultura Argentina 18(44-45), 56-61.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>