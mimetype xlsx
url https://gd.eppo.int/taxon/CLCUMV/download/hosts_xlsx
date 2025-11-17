--- v0 (2025-10-04)
+++ v1 (2025-11-17)
@@ -12,102 +12,132 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CLCUMV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>GOSHI</t>
   </si>
   <si>
     <t>Gossypium hirsutum</t>
   </si>
   <si>
     <t>* Biswas KK, Bhattacharyya UK, Supratik Palchoudhury, Nenavath Balram, Anil Kumar, Rupesh Arora, Sain SK, Pradeep Kumar, Khetarpal RK, Amitava Sanyal, Mandal PK (2020) Dominance of recombinant cotton leaf curl Multan-Rajasthan virus associated with cotton leaf curl disease outbreak in northwest India. PLoS ONE 15(4). https://doi.org/10.1371/journal.pone.0231886
 * Cai JH, Xie K, Lin L, Qin B X, Chen BS, Meng JR, Liu YL (2010) Cotton leaf curl Multan virus newly reported to be associated with cotton leaf curl disease in China. Plant Pathology 59(4), 794-795. https://doi.org/10.1111/j.1365-3059.2010.02266.x
 * Chakrabarty PK, Pradeep Kumar, Kalbande BB, Chavhan RL, Koundal V, Monga D, Pappu HR, Anirban Roy, Bikash Mandal (2020) Recombinant variants of cotton leaf curl Multan virus is associated with the breakdown of leaf curl resistance in cotton in northwestern India. VirusDisease 31(1), 45-55. https://doi.org/10.1007/s13337-020-00568-0</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
+    <t>* Dong D, Zhu Y, He Z, Chai Z, She X, Luo F (2012) Molecular characterization of Cotton leaf curl Multan virus and the associated satellite DNA infecting okra in Guangdong. Journal of South China Agricultural University 33(1), 33–39.</t>
+  </si>
+  <si>
+    <t>ACCWI</t>
+  </si>
+  <si>
+    <t>Acalypha wilkesiana</t>
+  </si>
+  <si>
+    <t>* Lin W, Chen Y, Chen H, Weng W, Wang W (2025) Cotton leaf curl Multan virus infecting Acalypha wilkesiana in China. Canadian Journal of Plant Pathology. https://doi.org/10.1080/07060661.2025.2529251</t>
+  </si>
+  <si>
     <t>1ALGG</t>
   </si>
   <si>
     <t>Althaea</t>
+  </si>
+  <si>
+    <t>HIBCA</t>
+  </si>
+  <si>
+    <t>Hibiscus cannabinus</t>
+  </si>
+  <si>
+    <t>* Tang Y, He Z, Du Z, She X, Lan G (2015) Detection and identification of the pathogen causing kenaf (Hibiscus cannabinus) leaf curl disease in Hainan Province of China.  Acta Phytopathol Sin. 45, 561–568.</t>
   </si>
   <si>
     <t>HIBRS</t>
   </si>
   <si>
     <t>Hibiscus rosa-sinensis</t>
   </si>
   <si>
     <t>* Chen T, Tang YF, He ZF, Lyu LH, Qi GJ (2020) Distribution investigation of Cotton leaf curl Multan virus on Hibiscus rosa-sinensis and Bemisia tabaci Gennadius in China. Journal of Southern Agriculture 5 (11), 2697-2705. https://doi.org/10.3969/j.issn.2095-1191.2020.11.012
 * Srivastava A, Kumar S, Jaidi M, Raj SK (2016) Association of Cotton leaf curl Multan virus and its associated betasatellite with leaf curl disease of Hibiscus rosa-sinensis in India. New Disease Reports 4. http://www.ndrs.org.uk/pdfs/033/NDR_033004.pdf
 * Tabein S, Mirsoleymani Z, Ghorbani A (2022) First report of Cotton leaf curl Alabad virus and the Cotton leaf curl Multan virus and Cotton leaf curl Multan betasatellite complex in Hibiscus rosa-sinensis in Iran. New Disease Reports. 46 (e12141), https://doi.org/10.1002/ndr2.12141</t>
+  </si>
+  <si>
+    <t>HIBSA</t>
+  </si>
+  <si>
+    <t>Hibiscus sabdariffa</t>
+  </si>
+  <si>
+    <t>* Arif M, Lin W, Lin L, Islam W, Jie Z, He Z, Du Z, Wu Z. 2018. Cotton leaf curl Multan virus infecting Hibiscus sabdariffa in China. Canadian Journal of Plant Pathology, 40(1), 128–131. doi: 10.1080/07060661.2017.1389770</t>
   </si>
   <si>
     <t>PAQED</t>
   </si>
   <si>
     <t>Passiflora edulis</t>
   </si>
   <si>
     <t>* Tang Y, He Z, Zhou G (2020) Passiflora edulis is a new host of Cotton leaf curl Multan virus–betasatellite complex in China, Canadian Journal of Plant Pathology, DOI: 10.1080/07060661.2019.1706640</t>
   </si>
   <si>
     <t>PNGPI</t>
   </si>
   <si>
     <t>Pongamia pinnata</t>
   </si>
   <si>
     <t>* Mahmood MA, Naqvi RZ, Irfan N, Mansoor AS (2022) First report of cotton leaf curl multan virus infecting Millettia pinnata in Pakistan. New Disease Reports 46(1), e12116. https://doi.org/10.1002/ndr2.12116
 ------- host as Milletia pinnata.</t>
   </si>
   <si>
     <t>SPQOL</t>
   </si>
   <si>
     <t>Spinacia oleracea</t>
@@ -439,51 +469,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -491,118 +521,162 @@
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">