--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -12,157 +12,172 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CLCUGV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>GOSHI</t>
   </si>
   <si>
     <t>Gossypium hirsutum</t>
   </si>
   <si>
     <t>* Tahir MN, Amin I, Briddon RW, Mansoor S (2011) The merging of two dynasties—identification of an African cotton leaf curl disease-associated begomovirus with cotton in Pakistan. PLoS One 6(5):e20366. https://doi.org/10.1371/journal.pone.0020366</t>
-  </si>
-[...10 lines deleted...]
-    <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MALPA</t>
   </si>
   <si>
     <t>Malva parviflora</t>
   </si>
   <si>
     <t>* Shahmohammadi N, Dizadji A, Al-Waeli M, Kvarnheden A (2023) First report of cotton leaf curl Gezira virus infecting Malva parviflora and in Iraq. Australasian Plant Disease Notes 18(1), 13. https://doi.org/10.1007/s13314-023-00498-y</t>
   </si>
   <si>
     <t>MALSI</t>
   </si>
   <si>
     <t>Malva sylvestris</t>
   </si>
   <si>
     <t>* Bananej K, Shahid MS, Shafiq M (2021) Evidence that leaf curl disease of Malva sylvestris in Iran is associated with cotton leaf curl Gezira virus and associated betasatellite. Journal of Plant Pathology 103(2), 671-672.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t xml:space="preserve">* Leke WN, Sattar MN, Ngane EB, Ngeve JM, Kvarnheden A, Brown JK (2013) Molecular characterization of begomoviruses and DNA satellites associated with okra leaf curl virus in Cameroon. Virus Researcg 174 (1-2), 116–125
 * Villegas C, Ramos-Sobrinho R, Jifon JL, Keith C, Al Rwahnih M, Sétamou M, Brown JK, Alabi OJ (2019) First report of Cotton leaf curl Gezira virus and its associated alphasatellite and betasatellite from disease affected okra plants in the United States. Plant Disease  103(12), 3291.
 ------- confirmed host.
 </t>
   </si>
   <si>
+    <t>ALGRO</t>
+  </si>
+  <si>
+    <t>Alcea rosea</t>
+  </si>
+  <si>
+    <t>* Idris AM, Hussein MH, Abdel-Salam AM, Brown JK (2002) Phylogenetic relationships for okra leaf curl-and hollyhock leaf crumple-associated begomoviruses and first report of associated satellite DNAs. Arab J Biotechnol 5, 67-82.</t>
+  </si>
+  <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
+    <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
+  </si>
+  <si>
     <t>CIAPA</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t>* Khan AJ, Akhtar S, Al-Shihi AA, Al-Hinai FM, Briddon RW (2012) Identification of Cotton leaf curl Gezira virus in papaya in Oman. Plant Disease 96(11), 1704. https://doi.org/10.1094/PDIS-05-12-0438-PDN</t>
+  </si>
+  <si>
+    <t>CUMME</t>
+  </si>
+  <si>
+    <t>Cucumis melo</t>
   </si>
   <si>
     <t>HELAN</t>
   </si>
   <si>
     <t>Helianthus annuus</t>
   </si>
   <si>
     <t>* Salari K, Heydarnejad J, Massumi H, Hasanvand V (2021) First report of cotton leaf curl Gezira virus incidence and the associated betasetellite in marshmallow, okra and sunflower in Iran. Iranian Journal of Plant Pathology 56(4), 405-408 (abstract)</t>
   </si>
   <si>
     <t>MALSS</t>
   </si>
   <si>
     <t>Malva sp.</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2022) Pest report cotton leaf curl Gezira virus in plants of Lavatera 2022. https://english.nvwa.nl/topics/pest-reporting/documents/plant/plant-health/pest-reporting/documents/pest-report-cotton-leaf-curl-gezira-virus-in-plants-of-lavatera
 -------- As Lavatera sp.
 * Salari K, Heydarnejad J, Massumi H, Hasanvand V (2021) First report of cotton leaf curl Gezira virus incidence and the associated betasetellite in marshmallow, okra and sunflower in Iran. Iranian Journal of Plant Pathology 56(4), 405-408 (abstract)</t>
+  </si>
+  <si>
+    <t>PHSVX</t>
+  </si>
+  <si>
+    <t>Phaseolus vulgaris</t>
+  </si>
+  <si>
+    <t>* Abdel-Salam AM, Soliman DZ (2025) A New Host Record for Cotton Leaf Curl Gezira Virus (CLCuGeV) Infecting Common Bean (Phaseolus vulgaris) Plants in Egypt. Egyptian Academic Journal of Biological Sciences, G. Microbiology, 17(1), 53-68. doi: 10.21608/eajbsg.2025.407864</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Al Shihi AA, Al Sadi AM, Deadman M, Briddon RW, Shahid MS (2018) Identification of a distinct strain of Cotton leaf curl Gezira virus infecting tomato in Oman. Journal of Phytopathology. 166(3), 199-205.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -475,51 +490,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -533,158 +548,186 @@
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>19</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>20</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
         <v>31</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>35</v>
       </c>
-      <c r="D11" t="s">
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
         <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">