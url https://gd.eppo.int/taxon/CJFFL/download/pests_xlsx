--- v0 (2025-10-27)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CJFFL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
     <t>* Swanson RW, Baranowski RM (1972) Host range and infestation by the Caribbean fruit fly, Anastrepha suspensa (Diptera: Tephritidae), in south Florida. Proceedings of the Florida State Horticultural Society, 271-273.</t>
   </si>
   <si>
@@ -64,50 +64,65 @@
   </si>
   <si>
     <t>Aphis citricidus</t>
   </si>
   <si>
     <t>* Michaud JP (1998) A review of the literature on Toxoptera citricida (Kirkaldy) (Homoptera: Aphididae). Florida Entomologist 81(1), 37-61.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Ndiaye O, Vayssières JF, Rey JY, Ndiaye S, Diedhiou PM, Ba CT, Diatta P (2012) Seasonality and range of fruit fly (Diptera: Tephritidae) host plants in orchards in Niayes and the Thiès Plateau (Senegal). Fruits 67(5), 311-331.</t>
   </si>
   <si>
     <t>PHYPAF</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aurantifolia'</t>
   </si>
   <si>
     <t>* Faghihi MM, Bagheri A, Askari Seyahooei M, Pezhman A, Faraji G (2017) First report of a 'Candidatus Phytoplasma aurantifolia'-related strain associated with witches'-broom disease of limequat in Iran. New Disease Reports 35, 24. http://dx.doi.org/10.5197/j.2044-0588.2017.035.024
 * Salehi M, Faghihi MM, Salehi E, Ebadi N, Bertaccini A(2022) Molecular and biological characterization of ‘Candidatus Phytoplasma aurantifolia’ strains infecting commercial citrus species in Iran. Archives of Phytopathology and Plant Protection 16, 1879-1898. https://doi.org/10.1080/03235408.2022.2123587</t>
+  </si>
+  <si>
+    <t>FRANOC</t>
+  </si>
+  <si>
+    <t>Frankliniella occidentalis</t>
+  </si>
+  <si>
+    <t>* Shayanmehr M, Yoosefi Lafooraki E, Bakhshi A, Mirab-Balou M (2025) Damage report caused by two herbivorous thrips in lime greenhouses in Sari, Mazandaran province. Plant Pest Research 2024-15(1), 97-101 https://doi.org/10.22124/iprj.2025.30043.1631</t>
+  </si>
+  <si>
+    <t>THRIHA</t>
+  </si>
+  <si>
+    <t>Thrips hawaiiensis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -411,51 +426,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="362.054" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -493,50 +508,78 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">