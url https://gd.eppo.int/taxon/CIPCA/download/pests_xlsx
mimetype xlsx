--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIPCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>LYMAMA</t>
   </si>
   <si>
     <t>Lymantria mathura</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5678
 -------- Indoor test.
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
@@ -148,50 +148,59 @@
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PSDPMI</t>
   </si>
   <si>
     <t>Pseudopityophthorus minutissimus</t>
   </si>
   <si>
     <t>* Atkinson TH (online) Bark and Ambrosia Beetles. http://www.barkbeetles.info/index.php [last accessed 2021-10] 
 * Cognato AI, Barc N, Philip M, Mech R, Smith AD, Galbraith E, Storer AJ, Kirkendall LR (2009) The native and introduced bark and ambrosia beetles of Michigan (Coleoptera: Curculionidae, Scolytinae). The Great Lakes Entomologist 42, 101-120.
 * Wood SL &amp; Bright DE (1992) A catalog of Scolytidae and Platypodidae (Coleoptera), part 2: Taxonomic index. Great Basin Naturalist Memoirs 13, 1-1553.
 ------- Rare and apparently not persistent on Carpinus sp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Carpinus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Carpinus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -514,62 +523,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="333.776" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="365.625" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -726,59 +735,73 @@
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>46</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>