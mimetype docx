--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Viruses and viroids: Viruses (unclassified)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus leprosis, leprosis of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459668e658e132fe2" w:history="1">
+            <w:hyperlink r:id="rId6968691d06933466c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId966968e658e133086" w:history="1">
+            <w:hyperlink r:id="rId5730691d0693346e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CILV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34466216" name="name603568e658e133806" descr="395.jpg"/>
+                  <wp:docPr id="8884836" name="name7424691d0693347d0" descr="395.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="395.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId246868e658e133804" cstate="print"/>
+                          <a:blip r:embed="rId9777691d0693347cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId593668e658e1338f4" w:history="1">
+            <w:hyperlink r:id="rId4571691d0693348fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10295,63 +10295,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84633169" name="name500668e658e139d49" descr="CILV00_distribution_map.jpg"/>
+            <wp:docPr id="86573788" name="name8929691d06933bc57" descr="CILV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CILV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId317868e658e139d47" cstate="print"/>
+                    <a:blip r:embed="rId5731691d06933bc52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11595,51 +11595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId783868e658e13a66c" w:history="1">
+      <w:hyperlink r:id="rId4559691d06933c765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO, 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) or zonate chlorosis, which is associated with infestation by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13218,51 +13218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144468e658e13b0ec" w:history="1">
+      <w:hyperlink r:id="rId2995691d06933d3df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13308,51 +13308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2351-2360. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892468e658e13b17d" w:history="1">
+      <w:hyperlink r:id="rId9303691d06933d4eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-016-2880-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13398,51 +13398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 89-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822868e658e13b20c" w:history="1">
+      <w:hyperlink r:id="rId1600691d06933d586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1519-566X2005000100013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13508,51 +13508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1967-1980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599668e658e13b2b6" w:history="1">
+      <w:hyperlink r:id="rId6627691d06933d63d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04247-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13578,51 +13578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501868e658e13b328" w:history="1">
+      <w:hyperlink r:id="rId6612691d06933d6b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org /10.1007/s40858-022-00539-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13668,51 +13668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915668e658e13b3c1" w:history="1">
+      <w:hyperlink r:id="rId5907691d06933d74a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2020.104330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13738,51 +13738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833268e658e13b431" w:history="1">
+      <w:hyperlink r:id="rId1279691d06933d7be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2006.01457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13808,51 +13808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990768e658e13b49f" w:history="1">
+      <w:hyperlink r:id="rId1617691d06933d84c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13878,51 +13878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307-312. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739468e658e13b50f" w:history="1">
+      <w:hyperlink r:id="rId7184691d06933d8c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41998508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 284-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240368e658e13b57e" w:history="1">
+      <w:hyperlink r:id="rId1394691d06933d95c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0284</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864568e658e13b60b" w:history="1">
+      <w:hyperlink r:id="rId4426691d06933d9f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3944.1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14128,51 +14128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1576-1581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734668e658e13b699" w:history="1">
+      <w:hyperlink r:id="rId3763691d06933da91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293368e658e13b79f" w:history="1">
+      <w:hyperlink r:id="rId2262691d06933dbc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762013005000005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14366,51 +14366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9, 839. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769068e658e13b80d" w:history="1">
+      <w:hyperlink r:id="rId6931691d06933dc33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11090839</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14436,51 +14436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 641252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410968e658e13b87d" w:history="1">
+      <w:hyperlink r:id="rId5509691d06933dcaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.641252</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14526,51 +14526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462068e658e13b916" w:history="1">
+      <w:hyperlink r:id="rId9445691d06933dd3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-18-1617-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14616,51 +14616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1588-1598. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459768e658e13b9a7" w:history="1">
+      <w:hyperlink r:id="rId8435691d06933ddd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-17-1425-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14726,51 +14726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987568e658e13ba53" w:history="1">
+      <w:hyperlink r:id="rId3800691d06933de85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12061371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14796,51 +14796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to young citrus plants under laboratory conditions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the Ninth IOCV Conference, 1983. Riverside, CA, USA: IOCV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 218-221. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174968e658e13bac3" w:history="1">
+      <w:hyperlink r:id="rId7719691d06933def7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14886,51 +14886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 180-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333568e658e13bb51" w:history="1">
+      <w:hyperlink r:id="rId8000691d06933df90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zoosymposia.6.1.28</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14956,51 +14956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485068e658e13bbc1" w:history="1">
+      <w:hyperlink r:id="rId6087691d06933e002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2014.06.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15026,51 +15026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 548-553. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189668e658e13bc30" w:history="1">
+      <w:hyperlink r:id="rId9026691d06933e077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2013.07.035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15096,51 +15096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550168e658e13bc9e" w:history="1">
+      <w:hyperlink r:id="rId5553691d06933e0e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2017.02.012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15166,51 +15166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675368e658e13bd0d" w:history="1">
+      <w:hyperlink r:id="rId5664691d06933e16b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.1016/j.jviromet.2015.08.022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15227,51 +15227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fitopatologia Brasileira </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744568e658e13bd70" w:history="1">
+      <w:hyperlink r:id="rId2339691d06933e1d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15297,51 +15297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1373-1379. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281568e658e13bde0" w:history="1">
+      <w:hyperlink r:id="rId1145691d06933e261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-019-01854-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15387,51 +15387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2602-2622. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855468e658e13be6d" w:history="1">
+      <w:hyperlink r:id="rId3548691d06933e308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v6072602</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15457,51 +15457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465968e658e13beda" w:history="1">
+      <w:hyperlink r:id="rId8886691d06933e389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/bs.aivir.2018.06.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15567,51 +15567,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 607-619. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781268e658e13bf93" w:history="1">
+      <w:hyperlink r:id="rId5130691d06933e440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1834-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15679,51 +15679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">678, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162268e658e13c048" w:history="1">
+      <w:hyperlink r:id="rId3890691d06933e4fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2008.678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15749,51 +15749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5110, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796668e658e13c0b7" w:history="1">
+      <w:hyperlink r:id="rId2503691d06933e56e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15819,51 +15819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,  383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487868e658e13c125" w:history="1">
+      <w:hyperlink r:id="rId7808691d06933e5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15887,51 +15887,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Consolidated text Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787168e658e13c196" w:history="1">
+      <w:hyperlink r:id="rId4038691d06933e65b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16026,51 +16026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1628-1634. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938868e658e13c26c" w:history="1">
+      <w:hyperlink r:id="rId6096691d06933e738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16116,51 +16116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66-73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740768e658e13c2f9" w:history="1">
+      <w:hyperlink r:id="rId3283691d06933e7dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.coviro.2018.07.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16284,51 +16284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778068e658e13c3fe" w:history="1">
+      <w:hyperlink r:id="rId9104691d06933e8ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-017-0195-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16354,51 +16354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778068e658e13c46c" w:history="1">
+      <w:hyperlink r:id="rId3586691d06933e992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014005000004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16444,51 +16444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1346-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537168e658e13c4f9" w:history="1">
+      <w:hyperlink r:id="rId6195691d06933ea2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-12-1143-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16534,51 +16534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251668e658e13c585" w:history="1">
+      <w:hyperlink r:id="rId4708691d06933eac1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006546.55305.e3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16604,51 +16604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">508</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216168e658e13c5f2" w:history="1">
+      <w:hyperlink r:id="rId7201691d06933eb40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virol.2017.04.027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16694,51 +16694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789568e658e13c67e" w:history="1">
+      <w:hyperlink r:id="rId4904691d06933ebe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006550.88615.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16784,51 +16784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593768e658e13c70a" w:history="1">
+      <w:hyperlink r:id="rId1793691d06933ec83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-9-1364C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16854,51 +16854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1317-1321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529768e658e13c778" w:history="1">
+      <w:hyperlink r:id="rId9773691d06933ecf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.11.1317</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16944,51 +16944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918168e658e13c8b0" w:history="1">
+      <w:hyperlink r:id="rId9239691d06933ed88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-11-0013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17034,51 +17034,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2421-2424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735768e658e13c946" w:history="1">
+      <w:hyperlink r:id="rId1762691d06933ee17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1745-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17104,51 +17104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2643-2656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440368e658e13c9b9" w:history="1">
+      <w:hyperlink r:id="rId9695691d06933ee8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.6894</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17194,51 +17194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 406-426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460368e658e13ca48" w:history="1">
+      <w:hyperlink r:id="rId7262691d06933ef1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/zsc.12013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17284,51 +17284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046-1046. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916568e658e13cae1" w:history="1">
+      <w:hyperlink r:id="rId8410691d06933efc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-17-1000-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17374,81 +17374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 968-972. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285268e658e13cb72" w:history="1">
+      <w:hyperlink r:id="rId1986691d06933f056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-11-0538</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Olmedo Velarde A, Larrea-Sarmiento A, Wang X, Hu JS &amp; Melzer MJ (2023) A breakthrough in kitavirids: genetic variability, reverse-genetics, Koch's postulates and transmission of hibiscus green spot virus 2. Phytopathology (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162168e658e13cba6" w:history="1">
+      <w:hyperlink r:id="rId5707691d06933f08c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-23-0110-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17494,51 +17494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714468e658e13cc34" w:history="1">
+      <w:hyperlink r:id="rId9377691d06933f11b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-21-2314-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17604,51 +17604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId282768e658e13cce0" w:history="1">
+      <w:hyperlink r:id="rId4754691d06933f1cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2736-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17674,51 +17674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 219-224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135168e658e13cd50" w:history="1">
+      <w:hyperlink r:id="rId6281691d06933f23f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17744,51 +17744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1058847. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904468e658e13cdbe" w:history="1">
+      <w:hyperlink r:id="rId6455691d06933f2bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1058847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17814,51 +17814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770968e658e13ce2d" w:history="1">
+      <w:hyperlink r:id="rId8127691d06933f32f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v8060153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17904,51 +17904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860468e658e13ceb9" w:history="1">
+      <w:hyperlink r:id="rId7696691d06933f3c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-17-0042-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17994,51 +17994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267168e658e13cf46" w:history="1">
+      <w:hyperlink r:id="rId1041691d06933f452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-012-9632-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18084,51 +18084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799368e658e13cfd4" w:history="1">
+      <w:hyperlink r:id="rId5399691d06933f4e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006547.76802.6e</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18192,51 +18192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 488-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383568e658e13d083" w:history="1">
+      <w:hyperlink r:id="rId3341691d06933f5a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-12-0177-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18262,51 +18262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1013-1025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178468e658e13d0f2" w:history="1">
+      <w:hyperlink r:id="rId4894691d06933f619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-14-0375-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18332,51 +18332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793068e658e13d160" w:history="1">
+      <w:hyperlink r:id="rId9192691d06933f689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-14-0117-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18402,51 +18402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00519-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212168e658e13d39c" w:history="1">
+      <w:hyperlink r:id="rId4805691d06933f8dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00519-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18472,51 +18472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724168e658e13d40c" w:history="1">
+      <w:hyperlink r:id="rId6190691d06933f954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18542,51 +18542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321468e658e13d47b" w:history="1">
+      <w:hyperlink r:id="rId3370691d06933f9ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-17-1699-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18612,51 +18612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 106-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646968e658e13d4e8" w:history="1">
+      <w:hyperlink r:id="rId2125691d06933fa4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-19-0253-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18702,51 +18702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 564-575. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215868e658e13d576" w:history="1">
+      <w:hyperlink r:id="rId6372691d06933fae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-14-0245-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18772,51 +18772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 227-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466968e658e13d5e3" w:history="1">
+      <w:hyperlink r:id="rId1285691d06933fb55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-017-0123-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18862,51 +18862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 836743. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445168e658e13d682" w:history="1">
+      <w:hyperlink r:id="rId3946691d06933fbe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.836743</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18952,51 +18952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2429–2440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288768e658e13d715" w:history="1">
+      <w:hyperlink r:id="rId2877691d06933fc78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-022-05516-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19022,151 +19022,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lázaro E, Vanaclocha P, Vicent A, Vives MC &amp; Delbianco A (2023) Pest survey card on Citrus leprosis viruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-7804. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722868e658e13d78c" w:history="1">
+      <w:hyperlink r:id="rId9004691d06933fcf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2023.EN-7804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis virus C (leprosis of citrus). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373968e658e13d7db" w:history="1">
+      <w:hyperlink r:id="rId6818691d06933fd43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.13449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis N Dichorhavirus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685668e658e13d850" w:history="1">
+      <w:hyperlink r:id="rId8783691d06933fd96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.88562658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19232,51 +19232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus leprosis disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569768e658e13d90e" w:history="1">
+      <w:hyperlink r:id="rId5979691d06933fe54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19351,63 +19351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54977097" name="name657168e658e13dbac" descr="eu_funding_250.png"/>
+            <wp:docPr id="41154075" name="name5634691d06933ffb6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId234168e658e13dbaa" cstate="print"/>
+                    <a:blip r:embed="rId1887691d06933ffb4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19505,137 +19505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27014180">
+  <w:abstractNum w:abstractNumId="14855802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64635287">
+    <w:lvl w:ilvl="0" w:tplc="93365069">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64635287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93365069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27014179">
+  <w:abstractNum w:abstractNumId="14855801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15844508">
+    <w:lvl w:ilvl="0" w:tplc="12042909">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20387,55 +20387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27014179">
-    <w:abstractNumId w:val="27014179"/>
+  <w:num w:numId="14855801">
+    <w:abstractNumId w:val="14855801"/>
   </w:num>
-  <w:num w:numId="27014180">
-    <w:abstractNumId w:val="27014180"/>
+  <w:num w:numId="14855802">
+    <w:abstractNumId w:val="14855802"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -31985,51 +31985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId338250140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId941889618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId459668e658e132fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId966968e658e133086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId593668e658e1338f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId783868e658e13a66c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId144468e658e13b0ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId892468e658e13b17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId822868e658e13b20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId599668e658e13b2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId501868e658e13b328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId915668e658e13b3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId833268e658e13b431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId990768e658e13b49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId739468e658e13b50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId240368e658e13b57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId864568e658e13b60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId734668e658e13b699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId293368e658e13b79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId769068e658e13b80d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId410968e658e13b87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId462068e658e13b916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId459768e658e13b9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId987568e658e13ba53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId174968e658e13bac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId333568e658e13bb51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId485068e658e13bbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId189668e658e13bc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId550168e658e13bc9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId675368e658e13bd0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId744568e658e13bd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId281568e658e13bde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId855468e658e13be6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId465968e658e13beda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId781268e658e13bf93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId162268e658e13c048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId796668e658e13c0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId487868e658e13c125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId787168e658e13c196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId938868e658e13c26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId740768e658e13c2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId778068e658e13c3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId778068e658e13c46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId537168e658e13c4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId251668e658e13c585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId216168e658e13c5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId789568e658e13c67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId593768e658e13c70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId529768e658e13c778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId918168e658e13c8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId735768e658e13c946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId440368e658e13c9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId460368e658e13ca48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId916568e658e13cae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId285268e658e13cb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId162168e658e13cba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId714468e658e13cc34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId282768e658e13cce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId135168e658e13cd50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId904468e658e13cdbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId770968e658e13ce2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId860468e658e13ceb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId267168e658e13cf46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId799368e658e13cfd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId383568e658e13d083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId178468e658e13d0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId793068e658e13d160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId212168e658e13d39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId724168e658e13d40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId321468e658e13d47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId646968e658e13d4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId215868e658e13d576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId466968e658e13d5e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId445168e658e13d682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId288768e658e13d715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId722868e658e13d78c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId373968e658e13d7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId685668e658e13d850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId569768e658e13d90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246868e658e133804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246868e658e133804.jpg"/><Relationship Id="rId317868e658e139d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId317868e658e139d47.jpg"/><Relationship Id="rId234168e658e13dbaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId234168e658e13dbaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283660021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751070224" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6968691d06933466c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId5730691d0693346e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId4571691d0693348fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId4559691d06933c765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2995691d06933d3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId9303691d06933d4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId1600691d06933d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId6627691d06933d63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId6612691d06933d6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId5907691d06933d74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId1279691d06933d7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId1617691d06933d84c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId7184691d06933d8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId1394691d06933d95c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId4426691d06933d9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId3763691d06933da91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId2262691d06933dbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId6931691d06933dc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId5509691d06933dcaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId9445691d06933dd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId8435691d06933ddd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId3800691d06933de85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId7719691d06933def7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId8000691d06933df90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId6087691d06933e002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId9026691d06933e077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId5553691d06933e0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId5664691d06933e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId2339691d06933e1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId1145691d06933e261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId3548691d06933e308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId8886691d06933e389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId5130691d06933e440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId3890691d06933e4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId2503691d06933e56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId7808691d06933e5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId4038691d06933e65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId6096691d06933e738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId3283691d06933e7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId9104691d06933e8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId3586691d06933e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId6195691d06933ea2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId4708691d06933eac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId7201691d06933eb40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId4904691d06933ebe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId1793691d06933ec83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId9773691d06933ecf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId9239691d06933ed88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId1762691d06933ee17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId9695691d06933ee8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId7262691d06933ef1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId8410691d06933efc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId1986691d06933f056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId5707691d06933f08c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId9377691d06933f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId4754691d06933f1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId6281691d06933f23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId6455691d06933f2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId8127691d06933f32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId7696691d06933f3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId1041691d06933f452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId5399691d06933f4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId3341691d06933f5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId4894691d06933f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId9192691d06933f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId4805691d06933f8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId6190691d06933f954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId3370691d06933f9ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId2125691d06933fa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId6372691d06933fae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId1285691d06933fb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId3946691d06933fbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId2877691d06933fc78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId9004691d06933fcf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId6818691d06933fd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId8783691d06933fd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId5979691d06933fe54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9777691d0693347cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9777691d0693347cf.jpg"/><Relationship Id="rId5731691d06933bc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5731691d06933bc52.jpg"/><Relationship Id="rId1887691d06933ffb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1887691d06933ffb4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>