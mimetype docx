--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Viruses and viroids: Viruses (unclassified)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus leprosis, leprosis of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6968691d06933466c" w:history="1">
+            <w:hyperlink r:id="rId58876939d07b91719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5730691d0693346e0" w:history="1">
+            <w:hyperlink r:id="rId14176939d07b91790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CILV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8884836" name="name7424691d0693347d0" descr="395.jpg"/>
+                  <wp:docPr id="59854102" name="name66096939d07b91fa4" descr="395.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="395.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9777691d0693347cf" cstate="print"/>
+                          <a:blip r:embed="rId63526939d07b91fa2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4571691d0693348fa" w:history="1">
+            <w:hyperlink r:id="rId39256939d07b920fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10295,63 +10295,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86573788" name="name8929691d06933bc57" descr="CILV00_distribution_map.jpg"/>
+            <wp:docPr id="39420252" name="name56676939d07b98595" descr="CILV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CILV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5731691d06933bc52" cstate="print"/>
+                    <a:blip r:embed="rId38146939d07b98592" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11595,51 +11595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4559691d06933c765" w:history="1">
+      <w:hyperlink r:id="rId75356939d07b98f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO, 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) or zonate chlorosis, which is associated with infestation by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13218,51 +13218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2995691d06933d3df" w:history="1">
+      <w:hyperlink r:id="rId50436939d07b99a0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13308,51 +13308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2351-2360. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9303691d06933d4eb" w:history="1">
+      <w:hyperlink r:id="rId67506939d07b99aa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-016-2880-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13398,51 +13398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 89-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1600691d06933d586" w:history="1">
+      <w:hyperlink r:id="rId29996939d07b99b35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1519-566X2005000100013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13508,51 +13508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1967-1980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6627691d06933d63d" w:history="1">
+      <w:hyperlink r:id="rId15226939d07b99be4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04247-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13578,51 +13578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6612691d06933d6b5" w:history="1">
+      <w:hyperlink r:id="rId36306939d07b99c58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org /10.1007/s40858-022-00539-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13668,51 +13668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5907691d06933d74a" w:history="1">
+      <w:hyperlink r:id="rId88656939d07b99ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2020.104330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13738,51 +13738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1279691d06933d7be" w:history="1">
+      <w:hyperlink r:id="rId25946939d07b99d59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2006.01457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13808,51 +13808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1617691d06933d84c" w:history="1">
+      <w:hyperlink r:id="rId88986939d07b99dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13878,51 +13878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307-312. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7184691d06933d8c4" w:history="1">
+      <w:hyperlink r:id="rId95176939d07b99e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41998508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 284-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1394691d06933d95c" w:history="1">
+      <w:hyperlink r:id="rId38096939d07b99eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0284</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4426691d06933d9f8" w:history="1">
+      <w:hyperlink r:id="rId17146939d07b99f3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3944.1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14128,51 +14128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1576-1581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3763691d06933da91" w:history="1">
+      <w:hyperlink r:id="rId45546939d07b99fcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2262691d06933dbc0" w:history="1">
+      <w:hyperlink r:id="rId98696939d07b9a0d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762013005000005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14366,51 +14366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9, 839. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6931691d06933dc33" w:history="1">
+      <w:hyperlink r:id="rId83396939d07b9a146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11090839</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14436,51 +14436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 641252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5509691d06933dcaa" w:history="1">
+      <w:hyperlink r:id="rId42976939d07b9a1b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.641252</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14526,51 +14526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9445691d06933dd3c" w:history="1">
+      <w:hyperlink r:id="rId61616939d07b9a247" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-18-1617-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14616,51 +14616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1588-1598. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8435691d06933ddd2" w:history="1">
+      <w:hyperlink r:id="rId43886939d07b9a2d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-17-1425-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14726,51 +14726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3800691d06933de85" w:history="1">
+      <w:hyperlink r:id="rId96566939d07b9a385" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12061371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14796,51 +14796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to young citrus plants under laboratory conditions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the Ninth IOCV Conference, 1983. Riverside, CA, USA: IOCV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 218-221. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7719691d06933def7" w:history="1">
+      <w:hyperlink r:id="rId66826939d07b9a3f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14886,51 +14886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 180-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8000691d06933df90" w:history="1">
+      <w:hyperlink r:id="rId72036939d07b9a4a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zoosymposia.6.1.28</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14956,51 +14956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6087691d06933e002" w:history="1">
+      <w:hyperlink r:id="rId13056939d07b9a526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2014.06.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15026,51 +15026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 548-553. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9026691d06933e077" w:history="1">
+      <w:hyperlink r:id="rId32166939d07b9a59c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2013.07.035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15096,51 +15096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5553691d06933e0e8" w:history="1">
+      <w:hyperlink r:id="rId10926939d07b9a611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2017.02.012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15166,51 +15166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5664691d06933e16b" w:history="1">
+      <w:hyperlink r:id="rId73656939d07b9a683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.1016/j.jviromet.2015.08.022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15227,51 +15227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fitopatologia Brasileira </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2339691d06933e1d4" w:history="1">
+      <w:hyperlink r:id="rId49826939d07b9a6ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15297,51 +15297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1373-1379. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1145691d06933e261" w:history="1">
+      <w:hyperlink r:id="rId82116939d07b9a75f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-019-01854-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15387,51 +15387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2602-2622. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3548691d06933e308" w:history="1">
+      <w:hyperlink r:id="rId35226939d07b9a7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v6072602</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15457,51 +15457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8886691d06933e389" w:history="1">
+      <w:hyperlink r:id="rId10586939d07b9a862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/bs.aivir.2018.06.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15567,51 +15567,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 607-619. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5130691d06933e440" w:history="1">
+      <w:hyperlink r:id="rId38556939d07b9ab14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1834-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15679,51 +15679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">678, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3890691d06933e4fc" w:history="1">
+      <w:hyperlink r:id="rId63176939d07b9ac21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2008.678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15749,51 +15749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5110, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2503691d06933e56e" w:history="1">
+      <w:hyperlink r:id="rId18816939d07b9ac97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15819,51 +15819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,  383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7808691d06933e5e2" w:history="1">
+      <w:hyperlink r:id="rId28316939d07b9ad11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15887,51 +15887,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Consolidated text Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4038691d06933e65b" w:history="1">
+      <w:hyperlink r:id="rId25236939d07b9ad8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16026,51 +16026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1628-1634. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6096691d06933e738" w:history="1">
+      <w:hyperlink r:id="rId92526939d07b9ae75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16116,51 +16116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66-73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3283691d06933e7dc" w:history="1">
+      <w:hyperlink r:id="rId64986939d07b9af0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.coviro.2018.07.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16284,51 +16284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9104691d06933e8ff" w:history="1">
+      <w:hyperlink r:id="rId56466939d07b9b01a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-017-0195-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16354,51 +16354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3586691d06933e992" w:history="1">
+      <w:hyperlink r:id="rId42166939d07b9b08b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014005000004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16444,51 +16444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1346-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6195691d06933ea2f" w:history="1">
+      <w:hyperlink r:id="rId75596939d07b9b2fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-12-1143-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16534,51 +16534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4708691d06933eac1" w:history="1">
+      <w:hyperlink r:id="rId42766939d07b9b39a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006546.55305.e3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16604,51 +16604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">508</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7201691d06933eb40" w:history="1">
+      <w:hyperlink r:id="rId20596939d07b9b410" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virol.2017.04.027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16694,51 +16694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4904691d06933ebe3" w:history="1">
+      <w:hyperlink r:id="rId33966939d07b9b4bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006550.88615.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16784,51 +16784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1793691d06933ec83" w:history="1">
+      <w:hyperlink r:id="rId14186939d07b9b550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-9-1364C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16854,51 +16854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1317-1321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9773691d06933ecf5" w:history="1">
+      <w:hyperlink r:id="rId19806939d07b9b5c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.11.1317</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16944,51 +16944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9239691d06933ed88" w:history="1">
+      <w:hyperlink r:id="rId87226939d07b9b682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-11-0013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17034,51 +17034,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2421-2424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1762691d06933ee17" w:history="1">
+      <w:hyperlink r:id="rId45646939d07b9b717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1745-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17104,51 +17104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2643-2656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9695691d06933ee8b" w:history="1">
+      <w:hyperlink r:id="rId44856939d07b9b78c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.6894</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17194,51 +17194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 406-426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262691d06933ef1a" w:history="1">
+      <w:hyperlink r:id="rId29966939d07b9b81d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/zsc.12013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17284,51 +17284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046-1046. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8410691d06933efc3" w:history="1">
+      <w:hyperlink r:id="rId70116939d07b9b8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-17-1000-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17374,81 +17374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 968-972. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1986691d06933f056" w:history="1">
+      <w:hyperlink r:id="rId98066939d07b9b949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-11-0538</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Olmedo Velarde A, Larrea-Sarmiento A, Wang X, Hu JS &amp; Melzer MJ (2023) A breakthrough in kitavirids: genetic variability, reverse-genetics, Koch's postulates and transmission of hibiscus green spot virus 2. Phytopathology (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5707691d06933f08c" w:history="1">
+      <w:hyperlink r:id="rId51016939d07b9b97e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-23-0110-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17494,51 +17494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9377691d06933f11b" w:history="1">
+      <w:hyperlink r:id="rId91036939d07b9ba0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-21-2314-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17604,51 +17604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4754691d06933f1cc" w:history="1">
+      <w:hyperlink r:id="rId78016939d07b9bacf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2736-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17674,51 +17674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 219-224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6281691d06933f23f" w:history="1">
+      <w:hyperlink r:id="rId78096939d07b9bb47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17744,51 +17744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1058847. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6455691d06933f2bd" w:history="1">
+      <w:hyperlink r:id="rId12006939d07b9bbba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1058847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17814,51 +17814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8127691d06933f32f" w:history="1">
+      <w:hyperlink r:id="rId49706939d07b9bc39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v8060153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17904,51 +17904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7696691d06933f3c1" w:history="1">
+      <w:hyperlink r:id="rId54846939d07b9bcd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-17-0042-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17994,51 +17994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1041691d06933f452" w:history="1">
+      <w:hyperlink r:id="rId16216939d07b9bd6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-012-9632-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18084,51 +18084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5399691d06933f4e3" w:history="1">
+      <w:hyperlink r:id="rId74176939d07b9be0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006547.76802.6e</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18192,51 +18192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 488-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3341691d06933f5a6" w:history="1">
+      <w:hyperlink r:id="rId26326939d07b9bec0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-12-0177-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18262,51 +18262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1013-1025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4894691d06933f619" w:history="1">
+      <w:hyperlink r:id="rId99116939d07b9bf4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-14-0375-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18332,51 +18332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9192691d06933f689" w:history="1">
+      <w:hyperlink r:id="rId18116939d07b9bfca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-14-0117-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18402,51 +18402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00519-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4805691d06933f8dd" w:history="1">
+      <w:hyperlink r:id="rId49296939d07b9c2e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00519-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18472,51 +18472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6190691d06933f954" w:history="1">
+      <w:hyperlink r:id="rId89006939d07b9c378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18542,51 +18542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3370691d06933f9ca" w:history="1">
+      <w:hyperlink r:id="rId82896939d07b9c408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-17-1699-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18612,51 +18612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 106-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2125691d06933fa4e" w:history="1">
+      <w:hyperlink r:id="rId70916939d07b9c48c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-19-0253-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18702,51 +18702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 564-575. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6372691d06933fae2" w:history="1">
+      <w:hyperlink r:id="rId32466939d07b9c52f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-14-0245-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18772,51 +18772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 227-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1285691d06933fb55" w:history="1">
+      <w:hyperlink r:id="rId73836939d07b9c5a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-017-0123-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18862,51 +18862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 836743. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3946691d06933fbe8" w:history="1">
+      <w:hyperlink r:id="rId69826939d07b9c638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.836743</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18952,51 +18952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2429–2440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2877691d06933fc78" w:history="1">
+      <w:hyperlink r:id="rId75736939d07b9c6e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-022-05516-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19022,151 +19022,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lázaro E, Vanaclocha P, Vicent A, Vives MC &amp; Delbianco A (2023) Pest survey card on Citrus leprosis viruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-7804. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9004691d06933fcf2" w:history="1">
+      <w:hyperlink r:id="rId49166939d07b9c75e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2023.EN-7804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis virus C (leprosis of citrus). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6818691d06933fd43" w:history="1">
+      <w:hyperlink r:id="rId66136939d07b9c7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.13449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis N Dichorhavirus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8783691d06933fd96" w:history="1">
+      <w:hyperlink r:id="rId29396939d07b9c802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.88562658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19232,51 +19232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus leprosis disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5979691d06933fe54" w:history="1">
+      <w:hyperlink r:id="rId87546939d07b9c8eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19351,63 +19351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41154075" name="name5634691d06933ffb6" descr="eu_funding_250.png"/>
+            <wp:docPr id="48733178" name="name62456939d07b9cccf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1887691d06933ffb4" cstate="print"/>
+                    <a:blip r:embed="rId88196939d07b9ccce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19505,137 +19505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14855802">
+  <w:abstractNum w:abstractNumId="19251766">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93365069">
+    <w:lvl w:ilvl="0" w:tplc="38072679">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93365069" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38072679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14855801">
+  <w:abstractNum w:abstractNumId="19251765">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12042909">
+    <w:lvl w:ilvl="0" w:tplc="98506206">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20387,55 +20387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14855801">
-    <w:abstractNumId w:val="14855801"/>
+  <w:num w:numId="19251765">
+    <w:abstractNumId w:val="19251765"/>
   </w:num>
-  <w:num w:numId="14855802">
-    <w:abstractNumId w:val="14855802"/>
+  <w:num w:numId="19251766">
+    <w:abstractNumId w:val="19251766"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -31985,51 +31985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283660021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751070224" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6968691d06933466c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId5730691d0693346e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId4571691d0693348fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId4559691d06933c765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2995691d06933d3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId9303691d06933d4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId1600691d06933d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId6627691d06933d63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId6612691d06933d6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId5907691d06933d74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId1279691d06933d7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId1617691d06933d84c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId7184691d06933d8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId1394691d06933d95c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId4426691d06933d9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId3763691d06933da91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId2262691d06933dbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId6931691d06933dc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId5509691d06933dcaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId9445691d06933dd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId8435691d06933ddd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId3800691d06933de85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId7719691d06933def7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId8000691d06933df90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId6087691d06933e002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId9026691d06933e077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId5553691d06933e0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId5664691d06933e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId2339691d06933e1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId1145691d06933e261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId3548691d06933e308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId8886691d06933e389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId5130691d06933e440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId3890691d06933e4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId2503691d06933e56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId7808691d06933e5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId4038691d06933e65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId6096691d06933e738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId3283691d06933e7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId9104691d06933e8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId3586691d06933e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId6195691d06933ea2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId4708691d06933eac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId7201691d06933eb40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId4904691d06933ebe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId1793691d06933ec83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId9773691d06933ecf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId9239691d06933ed88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId1762691d06933ee17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId9695691d06933ee8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId7262691d06933ef1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId8410691d06933efc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId1986691d06933f056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId5707691d06933f08c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId9377691d06933f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId4754691d06933f1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId6281691d06933f23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId6455691d06933f2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId8127691d06933f32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId7696691d06933f3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId1041691d06933f452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId5399691d06933f4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId3341691d06933f5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId4894691d06933f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId9192691d06933f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId4805691d06933f8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId6190691d06933f954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId3370691d06933f9ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId2125691d06933fa4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId6372691d06933fae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId1285691d06933fb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId3946691d06933fbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId2877691d06933fc78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId9004691d06933fcf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId6818691d06933fd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId8783691d06933fd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId5979691d06933fe54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9777691d0693347cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9777691d0693347cf.jpg"/><Relationship Id="rId5731691d06933bc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5731691d06933bc52.jpg"/><Relationship Id="rId1887691d06933ffb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1887691d06933ffb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832681889" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207126561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58876939d07b91719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId14176939d07b91790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId39256939d07b920fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId75356939d07b98f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId50436939d07b99a0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId67506939d07b99aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId29996939d07b99b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId15226939d07b99be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId36306939d07b99c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId88656939d07b99ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId25946939d07b99d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId88986939d07b99dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId95176939d07b99e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId38096939d07b99eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId17146939d07b99f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId45546939d07b99fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId98696939d07b9a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId83396939d07b9a146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId42976939d07b9a1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId61616939d07b9a247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId43886939d07b9a2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId96566939d07b9a385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId66826939d07b9a3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId72036939d07b9a4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId13056939d07b9a526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId32166939d07b9a59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId10926939d07b9a611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId73656939d07b9a683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId49826939d07b9a6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId82116939d07b9a75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId35226939d07b9a7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId10586939d07b9a862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId38556939d07b9ab14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId63176939d07b9ac21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId18816939d07b9ac97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId28316939d07b9ad11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId25236939d07b9ad8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId92526939d07b9ae75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId64986939d07b9af0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId56466939d07b9b01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId42166939d07b9b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId75596939d07b9b2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId42766939d07b9b39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId20596939d07b9b410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId33966939d07b9b4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId14186939d07b9b550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId19806939d07b9b5c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId87226939d07b9b682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId45646939d07b9b717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId44856939d07b9b78c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId29966939d07b9b81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId70116939d07b9b8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId98066939d07b9b949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId51016939d07b9b97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId91036939d07b9ba0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId78016939d07b9bacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId78096939d07b9bb47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId12006939d07b9bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId49706939d07b9bc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId54846939d07b9bcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId16216939d07b9bd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId74176939d07b9be0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId26326939d07b9bec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId99116939d07b9bf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId18116939d07b9bfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId49296939d07b9c2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId89006939d07b9c378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId82896939d07b9c408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId70916939d07b9c48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId32466939d07b9c52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId73836939d07b9c5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId69826939d07b9c638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId75736939d07b9c6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId49166939d07b9c75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId66136939d07b9c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId29396939d07b9c802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId87546939d07b9c8eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63526939d07b91fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63526939d07b91fa2.jpg"/><Relationship Id="rId38146939d07b98592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38146939d07b98592.jpg"/><Relationship Id="rId88196939d07b9ccce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88196939d07b9ccce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>