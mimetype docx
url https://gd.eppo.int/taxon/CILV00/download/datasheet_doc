--- v2 (2025-12-10)
+++ v3 (2026-01-11)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Viruses and viroids: Viruses (unclassified)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus leprosis, leprosis of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58876939d07b91719" w:history="1">
+            <w:hyperlink r:id="rId86446963b36feb783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14176939d07b91790" w:history="1">
+            <w:hyperlink r:id="rId48806963b36feb7ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CILV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59854102" name="name66096939d07b91fa4" descr="395.jpg"/>
+                  <wp:docPr id="4969922" name="name14346963b36febca0" descr="395.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="395.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId63526939d07b91fa2" cstate="print"/>
+                          <a:blip r:embed="rId31956963b36febc9f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId39256939d07b920fd" w:history="1">
+            <w:hyperlink r:id="rId16776963b36febe34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10295,63 +10295,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39420252" name="name56676939d07b98595" descr="CILV00_distribution_map.jpg"/>
+            <wp:docPr id="30526914" name="name70886963b36ff2739" descr="CILV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CILV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38146939d07b98592" cstate="print"/>
+                    <a:blip r:embed="rId53616963b36ff2736" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11595,51 +11595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId75356939d07b98f35" w:history="1">
+      <w:hyperlink r:id="rId62926963b36ff30df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO, 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) or zonate chlorosis, which is associated with infestation by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13218,51 +13218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50436939d07b99a0e" w:history="1">
+      <w:hyperlink r:id="rId96726963b36ff3b71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13308,51 +13308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2351-2360. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67506939d07b99aa4" w:history="1">
+      <w:hyperlink r:id="rId98586963b36ff3c05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-016-2880-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13398,51 +13398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 89-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29996939d07b99b35" w:history="1">
+      <w:hyperlink r:id="rId35006963b36ff3c93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1519-566X2005000100013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13508,51 +13508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1967-1980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15226939d07b99be4" w:history="1">
+      <w:hyperlink r:id="rId16686963b36ff3d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04247-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13578,51 +13578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36306939d07b99c58" w:history="1">
+      <w:hyperlink r:id="rId49526963b36ff3db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org /10.1007/s40858-022-00539-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13668,51 +13668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88656939d07b99ce8" w:history="1">
+      <w:hyperlink r:id="rId85706963b36ff3e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2020.104330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13738,51 +13738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25946939d07b99d59" w:history="1">
+      <w:hyperlink r:id="rId57086963b36ff3eb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2006.01457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13808,51 +13808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88986939d07b99dca" w:history="1">
+      <w:hyperlink r:id="rId25066963b36ff3f32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13878,51 +13878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307-312. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95176939d07b99e3b" w:history="1">
+      <w:hyperlink r:id="rId77356963b36ff3fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41998508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 284-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38096939d07b99eac" w:history="1">
+      <w:hyperlink r:id="rId68776963b36ff4015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0284</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17146939d07b99f3b" w:history="1">
+      <w:hyperlink r:id="rId26886963b36ff40a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3944.1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14128,51 +14128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1576-1581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45546939d07b99fcb" w:history="1">
+      <w:hyperlink r:id="rId63526963b36ff4131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98696939d07b9a0d5" w:history="1">
+      <w:hyperlink r:id="rId56606963b37000008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762013005000005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14366,51 +14366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9, 839. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83396939d07b9a146" w:history="1">
+      <w:hyperlink r:id="rId98056963b3700007b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11090839</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14436,51 +14436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 641252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42976939d07b9a1b8" w:history="1">
+      <w:hyperlink r:id="rId98546963b370000ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.641252</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14526,51 +14526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61616939d07b9a247" w:history="1">
+      <w:hyperlink r:id="rId70806963b3700017d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-18-1617-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14616,51 +14616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1588-1598. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43886939d07b9a2d7" w:history="1">
+      <w:hyperlink r:id="rId98046963b3700020d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-17-1425-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14726,51 +14726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96566939d07b9a385" w:history="1">
+      <w:hyperlink r:id="rId72596963b370002ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12061371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14796,51 +14796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to young citrus plants under laboratory conditions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the Ninth IOCV Conference, 1983. Riverside, CA, USA: IOCV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 218-221. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66826939d07b9a3f7" w:history="1">
+      <w:hyperlink r:id="rId31436963b3700032a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14886,51 +14886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 180-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72036939d07b9a4a5" w:history="1">
+      <w:hyperlink r:id="rId95216963b370003ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zoosymposia.6.1.28</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14956,51 +14956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13056939d07b9a526" w:history="1">
+      <w:hyperlink r:id="rId16376963b3700042b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2014.06.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15026,51 +15026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 548-553. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32166939d07b9a59c" w:history="1">
+      <w:hyperlink r:id="rId27316963b3700049a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2013.07.035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15096,51 +15096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10926939d07b9a611" w:history="1">
+      <w:hyperlink r:id="rId35636963b3700050a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2017.02.012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15166,51 +15166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73656939d07b9a683" w:history="1">
+      <w:hyperlink r:id="rId58366963b3700057a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.1016/j.jviromet.2015.08.022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15227,51 +15227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fitopatologia Brasileira </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49826939d07b9a6ea" w:history="1">
+      <w:hyperlink r:id="rId61546963b370005dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15297,51 +15297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1373-1379. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82116939d07b9a75f" w:history="1">
+      <w:hyperlink r:id="rId48746963b37000650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-019-01854-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15387,51 +15387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2602-2622. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35226939d07b9a7f0" w:history="1">
+      <w:hyperlink r:id="rId60306963b370006df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v6072602</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15457,51 +15457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10586939d07b9a862" w:history="1">
+      <w:hyperlink r:id="rId96426963b3700074f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/bs.aivir.2018.06.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15567,51 +15567,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 607-619. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38556939d07b9ab14" w:history="1">
+      <w:hyperlink r:id="rId60476963b37000805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1834-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15679,51 +15679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">678, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63176939d07b9ac21" w:history="1">
+      <w:hyperlink r:id="rId34276963b370008bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2008.678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15749,51 +15749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5110, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18816939d07b9ac97" w:history="1">
+      <w:hyperlink r:id="rId70146963b3700092c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15819,51 +15819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,  383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28316939d07b9ad11" w:history="1">
+      <w:hyperlink r:id="rId95396963b3700099b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15887,51 +15887,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Consolidated text Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25236939d07b9ad8d" w:history="1">
+      <w:hyperlink r:id="rId62406963b37000a0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16026,51 +16026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1628-1634. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92526939d07b9ae75" w:history="1">
+      <w:hyperlink r:id="rId14176963b37000ae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16116,51 +16116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66-73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64986939d07b9af0c" w:history="1">
+      <w:hyperlink r:id="rId29866963b37000b73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.coviro.2018.07.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16284,51 +16284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56466939d07b9b01a" w:history="1">
+      <w:hyperlink r:id="rId65996963b37000c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-017-0195-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16354,51 +16354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42166939d07b9b08b" w:history="1">
+      <w:hyperlink r:id="rId93456963b37000ce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014005000004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16444,51 +16444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1346-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75596939d07b9b2fc" w:history="1">
+      <w:hyperlink r:id="rId28366963b37000d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-12-1143-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16534,51 +16534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42766939d07b9b39a" w:history="1">
+      <w:hyperlink r:id="rId26056963b37000e01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006546.55305.e3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16604,51 +16604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">508</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20596939d07b9b410" w:history="1">
+      <w:hyperlink r:id="rId69746963b37000e70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virol.2017.04.027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16694,51 +16694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33966939d07b9b4bf" w:history="1">
+      <w:hyperlink r:id="rId34886963b37000efc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006550.88615.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16784,51 +16784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14186939d07b9b550" w:history="1">
+      <w:hyperlink r:id="rId53086963b37000f9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-9-1364C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16854,51 +16854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1317-1321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19806939d07b9b5c3" w:history="1">
+      <w:hyperlink r:id="rId94776963b3700100e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.11.1317</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16944,51 +16944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87226939d07b9b682" w:history="1">
+      <w:hyperlink r:id="rId93446963b3700109b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-11-0013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17034,51 +17034,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2421-2424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45646939d07b9b717" w:history="1">
+      <w:hyperlink r:id="rId84926963b37001129" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1745-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17104,51 +17104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2643-2656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44856939d07b9b78c" w:history="1">
+      <w:hyperlink r:id="rId26686963b37001199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.6894</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17194,51 +17194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 406-426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29966939d07b9b81d" w:history="1">
+      <w:hyperlink r:id="rId79536963b37001225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/zsc.12013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17284,51 +17284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046-1046. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70116939d07b9b8af" w:history="1">
+      <w:hyperlink r:id="rId69606963b370012b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-17-1000-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17374,81 +17374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 968-972. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98066939d07b9b949" w:history="1">
+      <w:hyperlink r:id="rId50036963b37001340" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-11-0538</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Olmedo Velarde A, Larrea-Sarmiento A, Wang X, Hu JS &amp; Melzer MJ (2023) A breakthrough in kitavirids: genetic variability, reverse-genetics, Koch's postulates and transmission of hibiscus green spot virus 2. Phytopathology (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51016939d07b9b97e" w:history="1">
+      <w:hyperlink r:id="rId23066963b37001372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-23-0110-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17494,51 +17494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91036939d07b9ba0e" w:history="1">
+      <w:hyperlink r:id="rId14776963b3700140a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-21-2314-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17604,51 +17604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78016939d07b9bacf" w:history="1">
+      <w:hyperlink r:id="rId51586963b370014b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2736-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17674,51 +17674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 219-224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78096939d07b9bb47" w:history="1">
+      <w:hyperlink r:id="rId88776963b3700152a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17744,51 +17744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1058847. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12006939d07b9bbba" w:history="1">
+      <w:hyperlink r:id="rId98816963b3700159a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1058847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17814,51 +17814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49706939d07b9bc39" w:history="1">
+      <w:hyperlink r:id="rId61926963b37001609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v8060153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17904,51 +17904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54846939d07b9bcd8" w:history="1">
+      <w:hyperlink r:id="rId14116963b37001696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-17-0042-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17994,51 +17994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16216939d07b9bd6d" w:history="1">
+      <w:hyperlink r:id="rId55646963b37001722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-012-9632-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18084,51 +18084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74176939d07b9be0c" w:history="1">
+      <w:hyperlink r:id="rId91346963b370017ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006547.76802.6e</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18192,51 +18192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 488-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26326939d07b9bec0" w:history="1">
+      <w:hyperlink r:id="rId33586963b3700185a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-12-0177-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18262,51 +18262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1013-1025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99116939d07b9bf4b" w:history="1">
+      <w:hyperlink r:id="rId66956963b370018c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-14-0375-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18332,51 +18332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18116939d07b9bfca" w:history="1">
+      <w:hyperlink r:id="rId81216963b37001937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-14-0117-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18402,51 +18402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00519-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49296939d07b9c2e7" w:history="1">
+      <w:hyperlink r:id="rId35976963b37001c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00519-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18472,51 +18472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89006939d07b9c378" w:history="1">
+      <w:hyperlink r:id="rId23766963b37001c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18542,51 +18542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82896939d07b9c408" w:history="1">
+      <w:hyperlink r:id="rId38466963b37001cf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-17-1699-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18612,51 +18612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 106-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70916939d07b9c48c" w:history="1">
+      <w:hyperlink r:id="rId33086963b37001d67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-19-0253-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18702,51 +18702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 564-575. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32466939d07b9c52f" w:history="1">
+      <w:hyperlink r:id="rId89776963b37001df4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-14-0245-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18772,51 +18772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 227-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73836939d07b9c5a5" w:history="1">
+      <w:hyperlink r:id="rId78386963b37001e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-017-0123-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18862,51 +18862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 836743. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69826939d07b9c638" w:history="1">
+      <w:hyperlink r:id="rId94116963b37001eee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.836743</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18952,51 +18952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2429–2440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75736939d07b9c6e1" w:history="1">
+      <w:hyperlink r:id="rId44566963b37001fb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-022-05516-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19022,151 +19022,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lázaro E, Vanaclocha P, Vicent A, Vives MC &amp; Delbianco A (2023) Pest survey card on Citrus leprosis viruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-7804. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49166939d07b9c75e" w:history="1">
+      <w:hyperlink r:id="rId91776963b37002033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2023.EN-7804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis virus C (leprosis of citrus). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66136939d07b9c7b1" w:history="1">
+      <w:hyperlink r:id="rId14656963b37002084" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.13449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis N Dichorhavirus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29396939d07b9c802" w:history="1">
+      <w:hyperlink r:id="rId20016963b370020d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.88562658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19210,73 +19210,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus leprosis disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87546939d07b9c8eb" w:history="1">
+      <w:hyperlink r:id="rId37546963b37002192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19351,63 +19351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48733178" name="name62456939d07b9cccf" descr="eu_funding_250.png"/>
+            <wp:docPr id="14139871" name="name79956963b37002405" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88196939d07b9ccce" cstate="print"/>
+                    <a:blip r:embed="rId77506963b37002403" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19505,137 +19505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19251766">
+  <w:abstractNum w:abstractNumId="72683180">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38072679">
+    <w:lvl w:ilvl="0" w:tplc="26290986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38072679" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26290986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19251765">
+  <w:abstractNum w:abstractNumId="72683179">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98506206">
+    <w:lvl w:ilvl="0" w:tplc="97524294">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20387,55 +20387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19251765">
-    <w:abstractNumId w:val="19251765"/>
+  <w:num w:numId="72683179">
+    <w:abstractNumId w:val="72683179"/>
   </w:num>
-  <w:num w:numId="19251766">
-    <w:abstractNumId w:val="19251766"/>
+  <w:num w:numId="72683180">
+    <w:abstractNumId w:val="72683180"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -31985,51 +31985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832681889" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207126561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58876939d07b91719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId14176939d07b91790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId39256939d07b920fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId75356939d07b98f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId50436939d07b99a0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId67506939d07b99aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId29996939d07b99b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId15226939d07b99be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId36306939d07b99c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId88656939d07b99ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId25946939d07b99d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId88986939d07b99dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId95176939d07b99e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId38096939d07b99eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId17146939d07b99f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId45546939d07b99fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId98696939d07b9a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId83396939d07b9a146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId42976939d07b9a1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId61616939d07b9a247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId43886939d07b9a2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId96566939d07b9a385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId66826939d07b9a3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId72036939d07b9a4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId13056939d07b9a526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId32166939d07b9a59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId10926939d07b9a611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId73656939d07b9a683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId49826939d07b9a6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId82116939d07b9a75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId35226939d07b9a7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId10586939d07b9a862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId38556939d07b9ab14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId63176939d07b9ac21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId18816939d07b9ac97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId28316939d07b9ad11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId25236939d07b9ad8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId92526939d07b9ae75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId64986939d07b9af0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId56466939d07b9b01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId42166939d07b9b08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId75596939d07b9b2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId42766939d07b9b39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId20596939d07b9b410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId33966939d07b9b4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId14186939d07b9b550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId19806939d07b9b5c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId87226939d07b9b682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId45646939d07b9b717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId44856939d07b9b78c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId29966939d07b9b81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId70116939d07b9b8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId98066939d07b9b949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId51016939d07b9b97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId91036939d07b9ba0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId78016939d07b9bacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId78096939d07b9bb47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId12006939d07b9bbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId49706939d07b9bc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId54846939d07b9bcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId16216939d07b9bd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId74176939d07b9be0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId26326939d07b9bec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId99116939d07b9bf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId18116939d07b9bfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId49296939d07b9c2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId89006939d07b9c378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId82896939d07b9c408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId70916939d07b9c48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId32466939d07b9c52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId73836939d07b9c5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId69826939d07b9c638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId75736939d07b9c6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId49166939d07b9c75e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId66136939d07b9c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId29396939d07b9c802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId87546939d07b9c8eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63526939d07b91fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63526939d07b91fa2.jpg"/><Relationship Id="rId38146939d07b98592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38146939d07b98592.jpg"/><Relationship Id="rId88196939d07b9ccce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88196939d07b9ccce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710853255" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418024093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86446963b36feb783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId48806963b36feb7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId16776963b36febe34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId62926963b36ff30df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId96726963b36ff3b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId98586963b36ff3c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId35006963b36ff3c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId16686963b36ff3d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId49526963b36ff3db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId85706963b36ff3e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId57086963b36ff3eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId25066963b36ff3f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId77356963b36ff3fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId68776963b36ff4015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId26886963b36ff40a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId63526963b36ff4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId56606963b37000008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId98056963b3700007b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId98546963b370000ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId70806963b3700017d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId98046963b3700020d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId72596963b370002ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId31436963b3700032a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId95216963b370003ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId16376963b3700042b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId27316963b3700049a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId35636963b3700050a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId58366963b3700057a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId61546963b370005dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId48746963b37000650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId60306963b370006df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId96426963b3700074f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId60476963b37000805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId34276963b370008bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId70146963b3700092c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId95396963b3700099b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId62406963b37000a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId14176963b37000ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId29866963b37000b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId65996963b37000c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId93456963b37000ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId28366963b37000d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId26056963b37000e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId69746963b37000e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId34886963b37000efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId53086963b37000f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId94776963b3700100e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId93446963b3700109b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId84926963b37001129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId26686963b37001199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId79536963b37001225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId69606963b370012b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId50036963b37001340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId23066963b37001372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId14776963b3700140a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId51586963b370014b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId88776963b3700152a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId98816963b3700159a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId61926963b37001609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId14116963b37001696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId55646963b37001722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId91346963b370017ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId33586963b3700185a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId66956963b370018c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId81216963b37001937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId35976963b37001c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId23766963b37001c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId38466963b37001cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId33086963b37001d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId89776963b37001df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId78386963b37001e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId94116963b37001eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId44566963b37001fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId91776963b37002033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId14656963b37002084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId20016963b370020d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId37546963b37002192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31956963b36febc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31956963b36febc9f.jpg"/><Relationship Id="rId53616963b36ff2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53616963b36ff2736.jpg"/><Relationship Id="rId77506963b37002403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77506963b37002403.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>