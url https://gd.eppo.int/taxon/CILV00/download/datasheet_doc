--- v3 (2026-01-11)
+++ v4 (2026-02-08)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Viruses and viroids: Viruses (unclassified)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus leprosis, leprosis of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86446963b36feb783" w:history="1">
+            <w:hyperlink r:id="rId115069888b1ed1d68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -260,53 +260,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48806963b36feb7ee" w:history="1">
+            <w:hyperlink r:id="rId500469888b1ed1dd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CILV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4969922" name="name14346963b36febca0" descr="395.jpg"/>
+                  <wp:docPr id="72520618" name="name212869888b1ed23dd" descr="395.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="395.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31956963b36febc9f" cstate="print"/>
+                          <a:blip r:embed="rId637869888b1ed23db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16776963b36febe34" w:history="1">
+            <w:hyperlink r:id="rId934669888b1ed251b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10295,63 +10295,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30526914" name="name70886963b36ff2739" descr="CILV00_distribution_map.jpg"/>
+            <wp:docPr id="23712668" name="name277369888b1ed8069" descr="CILV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CILV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53616963b36ff2736" cstate="print"/>
+                    <a:blip r:embed="rId588769888b1ed8066" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11595,51 +11595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId62926963b36ff30df" w:history="1">
+      <w:hyperlink r:id="rId743369888b1ed895d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO, 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) or zonate chlorosis, which is associated with infestation by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13218,51 +13218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96726963b36ff3b71" w:history="1">
+      <w:hyperlink r:id="rId592969888b1ed9428" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13308,51 +13308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2351-2360. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98586963b36ff3c05" w:history="1">
+      <w:hyperlink r:id="rId986069888b1ed94bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-016-2880-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13398,51 +13398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 89-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35006963b36ff3c93" w:history="1">
+      <w:hyperlink r:id="rId131569888b1ed954f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1519-566X2005000100013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13508,51 +13508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1967-1980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16686963b36ff3d40" w:history="1">
+      <w:hyperlink r:id="rId711269888b1ed9608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04247-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13578,51 +13578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49526963b36ff3db1" w:history="1">
+      <w:hyperlink r:id="rId821969888b1ed967e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org /10.1007/s40858-022-00539-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13668,51 +13668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85706963b36ff3e41" w:history="1">
+      <w:hyperlink r:id="rId844469888b1ed970f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2020.104330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13738,51 +13738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57086963b36ff3eb9" w:history="1">
+      <w:hyperlink r:id="rId411269888b1ed9781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2006.01457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13808,51 +13808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25066963b36ff3f32" w:history="1">
+      <w:hyperlink r:id="rId932969888b1ed97f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13878,51 +13878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307-312. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77356963b36ff3fa5" w:history="1">
+      <w:hyperlink r:id="rId537969888b1ed9865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41998508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 284-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68776963b36ff4015" w:history="1">
+      <w:hyperlink r:id="rId262369888b1ed98d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0284</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26886963b36ff40a2" w:history="1">
+      <w:hyperlink r:id="rId320869888b1ed9967" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3944.1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14128,51 +14128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1576-1581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63526963b36ff4131" w:history="1">
+      <w:hyperlink r:id="rId453269888b1ed9a05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56606963b37000008" w:history="1">
+      <w:hyperlink r:id="rId706369888b1ed9b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762013005000005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14366,51 +14366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9, 839. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98056963b3700007b" w:history="1">
+      <w:hyperlink r:id="rId221269888b1ed9b87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11090839</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14436,51 +14436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 641252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98546963b370000ee" w:history="1">
+      <w:hyperlink r:id="rId469969888b1ed9bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.641252</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14526,51 +14526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70806963b3700017d" w:history="1">
+      <w:hyperlink r:id="rId339469888b1ed9c97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-18-1617-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14616,51 +14616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1588-1598. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98046963b3700020d" w:history="1">
+      <w:hyperlink r:id="rId107669888b1ed9d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-17-1425-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14726,51 +14726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72596963b370002ba" w:history="1">
+      <w:hyperlink r:id="rId184969888b1ed9ddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12061371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14796,51 +14796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to young citrus plants under laboratory conditions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the Ninth IOCV Conference, 1983. Riverside, CA, USA: IOCV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 218-221. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31436963b3700032a" w:history="1">
+      <w:hyperlink r:id="rId430369888b1ed9e50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14886,51 +14886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 180-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95216963b370003ba" w:history="1">
+      <w:hyperlink r:id="rId371969888b1ed9ee3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zoosymposia.6.1.28</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14956,51 +14956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16376963b3700042b" w:history="1">
+      <w:hyperlink r:id="rId494469888b1ed9f57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2014.06.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15026,51 +15026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 548-553. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27316963b3700049a" w:history="1">
+      <w:hyperlink r:id="rId826569888b1ed9fc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2013.07.035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15096,51 +15096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35636963b3700050a" w:history="1">
+      <w:hyperlink r:id="rId336269888b1eda03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2017.02.012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15166,51 +15166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58366963b3700057a" w:history="1">
+      <w:hyperlink r:id="rId723769888b1eda0ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.1016/j.jviromet.2015.08.022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15227,51 +15227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fitopatologia Brasileira </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61546963b370005dd" w:history="1">
+      <w:hyperlink r:id="rId696469888b1eda113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15297,51 +15297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1373-1379. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48746963b37000650" w:history="1">
+      <w:hyperlink r:id="rId445469888b1eda190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-019-01854-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15387,51 +15387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2602-2622. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60306963b370006df" w:history="1">
+      <w:hyperlink r:id="rId623569888b1eda226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v6072602</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15457,51 +15457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96426963b3700074f" w:history="1">
+      <w:hyperlink r:id="rId166269888b1eda299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/bs.aivir.2018.06.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15567,51 +15567,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 607-619. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60476963b37000805" w:history="1">
+      <w:hyperlink r:id="rId582469888b1eda34c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1834-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15679,51 +15679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">678, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34276963b370008bc" w:history="1">
+      <w:hyperlink r:id="rId168269888b1eda403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2008.678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15749,51 +15749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5110, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70146963b3700092c" w:history="1">
+      <w:hyperlink r:id="rId102969888b1eda474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15819,51 +15819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,  383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95396963b3700099b" w:history="1">
+      <w:hyperlink r:id="rId690569888b1eda4e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15887,51 +15887,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Consolidated text Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62406963b37000a0c" w:history="1">
+      <w:hyperlink r:id="rId233669888b1eda55b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16026,51 +16026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1628-1634. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14176963b37000ae5" w:history="1">
+      <w:hyperlink r:id="rId174769888b1eda638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16116,51 +16116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66-73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29866963b37000b73" w:history="1">
+      <w:hyperlink r:id="rId355769888b1eda6ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.coviro.2018.07.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16284,51 +16284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65996963b37000c7b" w:history="1">
+      <w:hyperlink r:id="rId934369888b1eda7d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-017-0195-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16354,51 +16354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93456963b37000ce9" w:history="1">
+      <w:hyperlink r:id="rId352669888b1eda84b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014005000004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16444,51 +16444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1346-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28366963b37000d75" w:history="1">
+      <w:hyperlink r:id="rId465869888b1eda8db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-12-1143-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16534,51 +16534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26056963b37000e01" w:history="1">
+      <w:hyperlink r:id="rId779769888b1eda978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006546.55305.e3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16604,51 +16604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">508</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69746963b37000e70" w:history="1">
+      <w:hyperlink r:id="rId184269888b1eda9ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virol.2017.04.027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16694,51 +16694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34886963b37000efc" w:history="1">
+      <w:hyperlink r:id="rId663969888b1edaa79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006550.88615.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16784,51 +16784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53086963b37000f9a" w:history="1">
+      <w:hyperlink r:id="rId256169888b1edab09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-9-1364C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16854,51 +16854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1317-1321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94776963b3700100e" w:history="1">
+      <w:hyperlink r:id="rId697169888b1edab7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.11.1317</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16944,51 +16944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93446963b3700109b" w:history="1">
+      <w:hyperlink r:id="rId393069888b1edac1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-11-0013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17034,51 +17034,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2421-2424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84926963b37001129" w:history="1">
+      <w:hyperlink r:id="rId349469888b1edacb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1745-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17104,51 +17104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2643-2656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26686963b37001199" w:history="1">
+      <w:hyperlink r:id="rId596769888b1edad31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.6894</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17194,51 +17194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 406-426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79536963b37001225" w:history="1">
+      <w:hyperlink r:id="rId776069888b1edadca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/zsc.12013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17284,51 +17284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046-1046. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69606963b370012b2" w:history="1">
+      <w:hyperlink r:id="rId211269888b1edae5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-17-1000-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17374,81 +17374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 968-972. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50036963b37001340" w:history="1">
+      <w:hyperlink r:id="rId720969888b1edaef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-11-0538</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Olmedo Velarde A, Larrea-Sarmiento A, Wang X, Hu JS &amp; Melzer MJ (2023) A breakthrough in kitavirids: genetic variability, reverse-genetics, Koch's postulates and transmission of hibiscus green spot virus 2. Phytopathology (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23066963b37001372" w:history="1">
+      <w:hyperlink r:id="rId604869888b1edaf25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-23-0110-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17494,51 +17494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14776963b3700140a" w:history="1">
+      <w:hyperlink r:id="rId666169888b1edafb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-21-2314-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17604,51 +17604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51586963b370014b9" w:history="1">
+      <w:hyperlink r:id="rId666469888b1edb066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2736-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17674,51 +17674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 219-224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88776963b3700152a" w:history="1">
+      <w:hyperlink r:id="rId854469888b1edb0d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17744,51 +17744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1058847. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98816963b3700159a" w:history="1">
+      <w:hyperlink r:id="rId554069888b1edb14a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1058847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17814,51 +17814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61926963b37001609" w:history="1">
+      <w:hyperlink r:id="rId521369888b1edb1bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v8060153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17904,51 +17904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14116963b37001696" w:history="1">
+      <w:hyperlink r:id="rId838469888b1edb24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-17-0042-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17994,51 +17994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55646963b37001722" w:history="1">
+      <w:hyperlink r:id="rId797269888b1edb2da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-012-9632-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18084,51 +18084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91346963b370017ae" w:history="1">
+      <w:hyperlink r:id="rId218369888b1edb36a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006547.76802.6e</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18192,51 +18192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 488-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33586963b3700185a" w:history="1">
+      <w:hyperlink r:id="rId355169888b1edb41c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-12-0177-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18262,51 +18262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1013-1025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66956963b370018c9" w:history="1">
+      <w:hyperlink r:id="rId292269888b1edb48d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-14-0375-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18332,51 +18332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81216963b37001937" w:history="1">
+      <w:hyperlink r:id="rId640669888b1edb4fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-14-0117-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18402,51 +18402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00519-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35976963b37001c15" w:history="1">
+      <w:hyperlink r:id="rId619369888b1edb7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00519-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18472,51 +18472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23766963b37001c89" w:history="1">
+      <w:hyperlink r:id="rId227669888b1edb838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18542,51 +18542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38466963b37001cf9" w:history="1">
+      <w:hyperlink r:id="rId236369888b1edb8a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-17-1699-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18612,51 +18612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 106-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33086963b37001d67" w:history="1">
+      <w:hyperlink r:id="rId707669888b1edb93a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-19-0253-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18702,51 +18702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 564-575. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89776963b37001df4" w:history="1">
+      <w:hyperlink r:id="rId870569888b1edb9d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-14-0245-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18772,51 +18772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 227-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78386963b37001e63" w:history="1">
+      <w:hyperlink r:id="rId449869888b1edba42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-017-0123-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18862,51 +18862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 836743. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94116963b37001eee" w:history="1">
+      <w:hyperlink r:id="rId586669888b1edbad3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.836743</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18952,51 +18952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2429–2440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44566963b37001fb7" w:history="1">
+      <w:hyperlink r:id="rId587269888b1edbb86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-022-05516-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19022,151 +19022,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lázaro E, Vanaclocha P, Vicent A, Vives MC &amp; Delbianco A (2023) Pest survey card on Citrus leprosis viruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-7804. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91776963b37002033" w:history="1">
+      <w:hyperlink r:id="rId970469888b1edbc04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2023.EN-7804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis virus C (leprosis of citrus). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14656963b37002084" w:history="1">
+      <w:hyperlink r:id="rId580469888b1edbc57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.13449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis N Dichorhavirus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20016963b370020d6" w:history="1">
+      <w:hyperlink r:id="rId717769888b1edbca9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.88562658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19232,51 +19232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus leprosis disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37546963b37002192" w:history="1">
+      <w:hyperlink r:id="rId360169888b1edbd65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19351,63 +19351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14139871" name="name79956963b37002405" descr="eu_funding_250.png"/>
+            <wp:docPr id="62386490" name="name146469888b1edc116" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77506963b37002403" cstate="print"/>
+                    <a:blip r:embed="rId283669888b1edc114" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19505,137 +19505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72683180">
+  <w:abstractNum w:abstractNumId="21454782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26290986">
+    <w:lvl w:ilvl="0" w:tplc="85586957">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26290986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85586957" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72683179">
+  <w:abstractNum w:abstractNumId="21454781">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97524294">
+    <w:lvl w:ilvl="0" w:tplc="74977155">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20387,55 +20387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72683179">
-    <w:abstractNumId w:val="72683179"/>
+  <w:num w:numId="21454781">
+    <w:abstractNumId w:val="21454781"/>
   </w:num>
-  <w:num w:numId="72683180">
-    <w:abstractNumId w:val="72683180"/>
+  <w:num w:numId="21454782">
+    <w:abstractNumId w:val="21454782"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -31985,51 +31985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710853255" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418024093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86446963b36feb783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId48806963b36feb7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId16776963b36febe34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId62926963b36ff30df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId96726963b36ff3b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId98586963b36ff3c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId35006963b36ff3c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId16686963b36ff3d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId49526963b36ff3db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId85706963b36ff3e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId57086963b36ff3eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId25066963b36ff3f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId77356963b36ff3fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId68776963b36ff4015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId26886963b36ff40a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId63526963b36ff4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId56606963b37000008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId98056963b3700007b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId98546963b370000ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId70806963b3700017d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId98046963b3700020d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId72596963b370002ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId31436963b3700032a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId95216963b370003ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId16376963b3700042b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId27316963b3700049a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId35636963b3700050a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId58366963b3700057a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId61546963b370005dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId48746963b37000650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId60306963b370006df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId96426963b3700074f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId60476963b37000805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId34276963b370008bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId70146963b3700092c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId95396963b3700099b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId62406963b37000a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId14176963b37000ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId29866963b37000b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId65996963b37000c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId93456963b37000ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId28366963b37000d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId26056963b37000e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId69746963b37000e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId34886963b37000efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId53086963b37000f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId94776963b3700100e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId93446963b3700109b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId84926963b37001129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId26686963b37001199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId79536963b37001225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId69606963b370012b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId50036963b37001340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId23066963b37001372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId14776963b3700140a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId51586963b370014b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId88776963b3700152a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId98816963b3700159a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId61926963b37001609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId14116963b37001696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId55646963b37001722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId91346963b370017ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId33586963b3700185a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId66956963b370018c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId81216963b37001937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId35976963b37001c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId23766963b37001c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId38466963b37001cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId33086963b37001d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId89776963b37001df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId78386963b37001e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId94116963b37001eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId44566963b37001fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId91776963b37002033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId14656963b37002084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId20016963b370020d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId37546963b37002192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31956963b36febc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31956963b36febc9f.jpg"/><Relationship Id="rId53616963b36ff2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53616963b36ff2736.jpg"/><Relationship Id="rId77506963b37002403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77506963b37002403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId661721215" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId540692907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId115069888b1ed1d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId500469888b1ed1dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId934669888b1ed251b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId743369888b1ed895d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId592969888b1ed9428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId986069888b1ed94bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId131569888b1ed954f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId711269888b1ed9608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId821969888b1ed967e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId844469888b1ed970f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId411269888b1ed9781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId932969888b1ed97f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId537969888b1ed9865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId262369888b1ed98d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId320869888b1ed9967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId453269888b1ed9a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId706369888b1ed9b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId221269888b1ed9b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId469969888b1ed9bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId339469888b1ed9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId107669888b1ed9d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId184969888b1ed9ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId430369888b1ed9e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId371969888b1ed9ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId494469888b1ed9f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId826569888b1ed9fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId336269888b1eda03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId723769888b1eda0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId696469888b1eda113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId445469888b1eda190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId623569888b1eda226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId166269888b1eda299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId582469888b1eda34c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId168269888b1eda403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId102969888b1eda474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId690569888b1eda4e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId233669888b1eda55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId174769888b1eda638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId355769888b1eda6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId934369888b1eda7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId352669888b1eda84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId465869888b1eda8db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId779769888b1eda978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId184269888b1eda9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId663969888b1edaa79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId256169888b1edab09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId697169888b1edab7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId393069888b1edac1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId349469888b1edacb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId596769888b1edad31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId776069888b1edadca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId211269888b1edae5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId720969888b1edaef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId604869888b1edaf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId666169888b1edafb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId666469888b1edb066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId854469888b1edb0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId554069888b1edb14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId521369888b1edb1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId838469888b1edb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId797269888b1edb2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId218369888b1edb36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId355169888b1edb41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId292269888b1edb48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId640669888b1edb4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId619369888b1edb7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId227669888b1edb838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId236369888b1edb8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId707669888b1edb93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId870569888b1edb9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId449869888b1edba42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId586669888b1edbad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId587269888b1edbb86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId970469888b1edbc04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId580469888b1edbc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId717769888b1edbca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId360169888b1edbd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637869888b1ed23db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637869888b1ed23db.jpg"/><Relationship Id="rId588769888b1ed8066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588769888b1ed8066.jpg"/><Relationship Id="rId283669888b1edc114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283669888b1edc114.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>