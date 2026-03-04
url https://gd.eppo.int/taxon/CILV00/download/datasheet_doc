--- v4 (2026-02-08)
+++ v5 (2026-03-04)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Viruses and viroids: Viruses (unclassified)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus leprosis, leprosis of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115069888b1ed1d68" w:history="1">
+            <w:hyperlink r:id="rId865269a7bf4d4bb57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500469888b1ed1dd4" w:history="1">
+            <w:hyperlink r:id="rId228869a7bf4d4bbc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CILV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72520618" name="name212869888b1ed23dd" descr="395.jpg"/>
+                  <wp:docPr id="52459327" name="name156669a7bf4d4c36f" descr="395.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="395.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId637869888b1ed23db" cstate="print"/>
+                          <a:blip r:embed="rId338269a7bf4d4c36d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId934669888b1ed251b" w:history="1">
+            <w:hyperlink r:id="rId614169a7bf4d4c49c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10295,63 +10295,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23712668" name="name277369888b1ed8069" descr="CILV00_distribution_map.jpg"/>
+            <wp:docPr id="42728276" name="name826069a7bf4d529e0" descr="CILV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CILV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId588769888b1ed8066" cstate="print"/>
+                    <a:blip r:embed="rId634069a7bf4d529dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11595,51 +11595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId743369888b1ed895d" w:history="1">
+      <w:hyperlink r:id="rId360869a7bf4d5341f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO, 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) or zonate chlorosis, which is associated with infestation by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -13218,51 +13218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592969888b1ed9428" w:history="1">
+      <w:hyperlink r:id="rId890669a7bf4d53eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13308,51 +13308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2351-2360. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986069888b1ed94bd" w:history="1">
+      <w:hyperlink r:id="rId388569a7bf4d53f56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-016-2880-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13398,51 +13398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 89-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131569888b1ed954f" w:history="1">
+      <w:hyperlink r:id="rId865769a7bf4d53fff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1519-566X2005000100013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13508,51 +13508,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1967-1980. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711269888b1ed9608" w:history="1">
+      <w:hyperlink r:id="rId825569a7bf4d540b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04247-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13578,51 +13578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821969888b1ed967e" w:history="1">
+      <w:hyperlink r:id="rId287469a7bf4d5412c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org /10.1007/s40858-022-00539-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13668,51 +13668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844469888b1ed970f" w:history="1">
+      <w:hyperlink r:id="rId472069a7bf4d541c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2020.104330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13738,51 +13738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411269888b1ed9781" w:history="1">
+      <w:hyperlink r:id="rId112269a7bf4d54234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2006.01457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13808,51 +13808,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 211-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932969888b1ed97f2" w:history="1">
+      <w:hyperlink r:id="rId208669a7bf4d542a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13878,51 +13878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307-312. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537969888b1ed9865" w:history="1">
+      <w:hyperlink r:id="rId454569a7bf4d54350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41998508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 284-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262369888b1ed98d6" w:history="1">
+      <w:hyperlink r:id="rId868869a7bf4d543ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0284</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3944</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320869888b1ed9967" w:history="1">
+      <w:hyperlink r:id="rId782869a7bf4d5445d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3944.1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14128,51 +14128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1576-1581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453269888b1ed9a05" w:history="1">
+      <w:hyperlink r:id="rId180169a7bf4d54503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14296,51 +14296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706369888b1ed9b15" w:history="1">
+      <w:hyperlink r:id="rId927369a7bf4d54616" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762013005000005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14366,51 +14366,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9, 839. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221269888b1ed9b87" w:history="1">
+      <w:hyperlink r:id="rId880769a7bf4d54689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11090839</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14436,51 +14436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 641252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469969888b1ed9bfa" w:history="1">
+      <w:hyperlink r:id="rId782969a7bf4d546fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.641252</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14526,51 +14526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339469888b1ed9c97" w:history="1">
+      <w:hyperlink r:id="rId743669a7bf4d5478e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-18-1617-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14616,51 +14616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1588-1598. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107669888b1ed9d2c" w:history="1">
+      <w:hyperlink r:id="rId717169a7bf4d54823" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-17-1425-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14726,51 +14726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184969888b1ed9ddd" w:history="1">
+      <w:hyperlink r:id="rId993369a7bf4d548d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12061371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14796,51 +14796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to young citrus plants under laboratory conditions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the Ninth IOCV Conference, 1983. Riverside, CA, USA: IOCV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 218-221. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430369888b1ed9e50" w:history="1">
+      <w:hyperlink r:id="rId721369a7bf4d54946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14886,51 +14886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 180-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371969888b1ed9ee3" w:history="1">
+      <w:hyperlink r:id="rId629769a7bf4d549de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zoosymposia.6.1.28</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14956,51 +14956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494469888b1ed9f57" w:history="1">
+      <w:hyperlink r:id="rId772569a7bf4d54a50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2014.06.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15026,51 +15026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 548-553. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826569888b1ed9fc9" w:history="1">
+      <w:hyperlink r:id="rId636369a7bf4d54ac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2013.07.035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15096,51 +15096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">243</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336269888b1eda03b" w:history="1">
+      <w:hyperlink r:id="rId821369a7bf4d54b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2017.02.012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15166,51 +15166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723769888b1eda0ad" w:history="1">
+      <w:hyperlink r:id="rId790269a7bf4d54bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.1016/j.jviromet.2015.08.022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15227,51 +15227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fitopatologia Brasileira </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 208-2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696469888b1eda113" w:history="1">
+      <w:hyperlink r:id="rId596269a7bf4d54c1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15297,51 +15297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1373-1379. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445469888b1eda190" w:history="1">
+      <w:hyperlink r:id="rId547369a7bf4d54c8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-019-01854-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15387,51 +15387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2602-2622. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623569888b1eda226" w:history="1">
+      <w:hyperlink r:id="rId964369a7bf4d54d21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v6072602</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15457,51 +15457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166269888b1eda299" w:history="1">
+      <w:hyperlink r:id="rId416269a7bf4d54d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/bs.aivir.2018.06.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15567,51 +15567,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 607-619. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582469888b1eda34c" w:history="1">
+      <w:hyperlink r:id="rId132569a7bf4d54e43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1834-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15679,51 +15679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">678, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168269888b1eda403" w:history="1">
+      <w:hyperlink r:id="rId342869a7bf4d54efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2008.678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15749,51 +15749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5110, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102969888b1eda474" w:history="1">
+      <w:hyperlink r:id="rId353269a7bf4d54f82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15819,51 +15819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,  383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690569888b1eda4e5" w:history="1">
+      <w:hyperlink r:id="rId973569a7bf4d54ffa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15887,51 +15887,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in press)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Consolidated text Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233669888b1eda55b" w:history="1">
+      <w:hyperlink r:id="rId946769a7bf4d55072" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16026,51 +16026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1628-1634. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174769888b1eda638" w:history="1">
+      <w:hyperlink r:id="rId952969a7bf4d55150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toaa070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16116,51 +16116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66-73. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355769888b1eda6ca" w:history="1">
+      <w:hyperlink r:id="rId880969a7bf4d551e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.coviro.2018.07.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16284,51 +16284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934369888b1eda7d9" w:history="1">
+      <w:hyperlink r:id="rId538169a7bf4d552f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-017-0195-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16354,51 +16354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352669888b1eda84b" w:history="1">
+      <w:hyperlink r:id="rId138069a7bf4d55369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014005000004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16444,51 +16444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1346-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465869888b1eda8db" w:history="1">
+      <w:hyperlink r:id="rId602069a7bf4d553fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-12-1143-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16534,51 +16534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135-160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779769888b1eda978" w:history="1">
+      <w:hyperlink r:id="rId431969a7bf4d5548b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006546.55305.e3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16604,51 +16604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">508</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184269888b1eda9ea" w:history="1">
+      <w:hyperlink r:id="rId864069a7bf4d554fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virol.2017.04.027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16694,51 +16694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663969888b1edaa79" w:history="1">
+      <w:hyperlink r:id="rId508969a7bf4d5558c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006550.88615.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16784,51 +16784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1364. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256169888b1edab09" w:history="1">
+      <w:hyperlink r:id="rId450769a7bf4d5561e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-92-9-1364C</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16854,51 +16854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1317-1321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697169888b1edab7a" w:history="1">
+      <w:hyperlink r:id="rId741969a7bf4d55698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.11.1317</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16944,51 +16944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 122-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393069888b1edac1c" w:history="1">
+      <w:hyperlink r:id="rId933169a7bf4d5572c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-11-0013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17034,51 +17034,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2421-2424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349469888b1edacb0" w:history="1">
+      <w:hyperlink r:id="rId991669a7bf4d557bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1745-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17104,51 +17104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2643-2656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId596769888b1edad31" w:history="1">
+      <w:hyperlink r:id="rId225369a7bf4d55830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ps.6894</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17194,51 +17194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 406-426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776069888b1edadca" w:history="1">
+      <w:hyperlink r:id="rId504969a7bf4d558c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/zsc.12013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17284,51 +17284,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046-1046. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211269888b1edae5f" w:history="1">
+      <w:hyperlink r:id="rId527969a7bf4d55953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-17-1000-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17374,81 +17374,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 968-972. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720969888b1edaef0" w:history="1">
+      <w:hyperlink r:id="rId879969a7bf4d559e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-06-11-0538</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Olmedo Velarde A, Larrea-Sarmiento A, Wang X, Hu JS &amp; Melzer MJ (2023) A breakthrough in kitavirids: genetic variability, reverse-genetics, Koch's postulates and transmission of hibiscus green spot virus 2. Phytopathology (early view). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604869888b1edaf25" w:history="1">
+      <w:hyperlink r:id="rId271169a7bf4d55a18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-23-0110-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17494,51 +17494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2539. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666169888b1edafb6" w:history="1">
+      <w:hyperlink r:id="rId256369a7bf4d55aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-21-2314-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17604,51 +17604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666469888b1edb066" w:history="1">
+      <w:hyperlink r:id="rId217869a7bf4d55b56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2736-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17674,51 +17674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 219-224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854469888b1edb0d9" w:history="1">
+      <w:hyperlink r:id="rId590469a7bf4d55bc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17744,51 +17744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1058847. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554069888b1edb14a" w:history="1">
+      <w:hyperlink r:id="rId991769a7bf4d55c3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1058847</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17814,51 +17814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521369888b1edb1bb" w:history="1">
+      <w:hyperlink r:id="rId820469a7bf4d55cad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v8060153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17904,51 +17904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838469888b1edb24a" w:history="1">
+      <w:hyperlink r:id="rId713969a7bf4d55d3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-02-17-0042-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17994,51 +17994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 165-175. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797269888b1edb2da" w:history="1">
+      <w:hyperlink r:id="rId975669a7bf4d55dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-012-9632-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18084,51 +18084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-179. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218369888b1edb36a" w:history="1">
+      <w:hyperlink r:id="rId230669a7bf4d55e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/b:appa.0000006547.76802.6e</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18192,51 +18192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 488-500. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355169888b1edb41c" w:history="1">
+      <w:hyperlink r:id="rId728069a7bf4d55f30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-12-0177-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18262,51 +18262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1013-1025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292269888b1edb48d" w:history="1">
+      <w:hyperlink r:id="rId711369a7bf4d55fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-14-0375-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18332,51 +18332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640669888b1edb4fc" w:history="1">
+      <w:hyperlink r:id="rId603669a7bf4d56018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-14-0117-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18402,51 +18402,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00519-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619369888b1edb7c5" w:history="1">
+      <w:hyperlink r:id="rId106769a7bf4d56327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00519-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18472,51 +18472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, S5.53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227669888b1edb838" w:history="1">
+      <w:hyperlink r:id="rId666369a7bf4d563a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18542,51 +18542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236369888b1edb8a9" w:history="1">
+      <w:hyperlink r:id="rId140569a7bf4d56429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-17-1699-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18612,51 +18612,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 106-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707669888b1edb93a" w:history="1">
+      <w:hyperlink r:id="rId862069a7bf4d564a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-19-0253-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18702,51 +18702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 564-575. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870569888b1edb9d0" w:history="1">
+      <w:hyperlink r:id="rId762269a7bf4d56539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-14-0245-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18772,51 +18772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 227-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449869888b1edba42" w:history="1">
+      <w:hyperlink r:id="rId930969a7bf4d565aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-017-0123-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18862,51 +18862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 836743. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586669888b1edbad3" w:history="1">
+      <w:hyperlink r:id="rId567369a7bf4d5663a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.836743</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18952,51 +18952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2429–2440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587269888b1edbb86" w:history="1">
+      <w:hyperlink r:id="rId910369a7bf4d566c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-022-05516-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19022,151 +19022,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lázaro E, Vanaclocha P, Vicent A, Vives MC &amp; Delbianco A (2023) Pest survey card on Citrus leprosis viruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting Publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-7804. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970469888b1edbc04" w:history="1">
+      <w:hyperlink r:id="rId109069a7bf4d56741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2023.EN-7804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis virus C (leprosis of citrus). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580469888b1edbc57" w:history="1">
+      <w:hyperlink r:id="rId396069a7bf4d56791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.13449</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Citrus leprosis N Dichorhavirus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717769888b1edbca9" w:history="1">
+      <w:hyperlink r:id="rId177669a7bf4d567e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.88562658</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19232,51 +19232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus leprosis disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360169888b1edbd65" w:history="1">
+      <w:hyperlink r:id="rId370269a7bf4d5689d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19351,63 +19351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62386490" name="name146469888b1edc116" descr="eu_funding_250.png"/>
+            <wp:docPr id="37743622" name="name797069a7bf4d56a08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId283669888b1edc114" cstate="print"/>
+                    <a:blip r:embed="rId230069a7bf4d56a07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -19505,137 +19505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21454782">
+  <w:abstractNum w:abstractNumId="92423034">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85586957">
+    <w:lvl w:ilvl="0" w:tplc="68934230">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85586957" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68934230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21454781">
+  <w:abstractNum w:abstractNumId="92423033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74977155">
+    <w:lvl w:ilvl="0" w:tplc="44458480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20387,55 +20387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21454781">
-    <w:abstractNumId w:val="21454781"/>
+  <w:num w:numId="92423033">
+    <w:abstractNumId w:val="92423033"/>
   </w:num>
-  <w:num w:numId="21454782">
-    <w:abstractNumId w:val="21454782"/>
+  <w:num w:numId="92423034">
+    <w:abstractNumId w:val="92423034"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -31985,51 +31985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId661721215" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId540692907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId115069888b1ed1d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId500469888b1ed1dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId934669888b1ed251b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId743369888b1ed895d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId592969888b1ed9428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId986069888b1ed94bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId131569888b1ed954f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId711269888b1ed9608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId821969888b1ed967e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId844469888b1ed970f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId411269888b1ed9781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId932969888b1ed97f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId537969888b1ed9865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId262369888b1ed98d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId320869888b1ed9967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId453269888b1ed9a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId706369888b1ed9b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId221269888b1ed9b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId469969888b1ed9bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId339469888b1ed9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId107669888b1ed9d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId184969888b1ed9ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId430369888b1ed9e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId371969888b1ed9ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId494469888b1ed9f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId826569888b1ed9fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId336269888b1eda03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId723769888b1eda0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId696469888b1eda113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId445469888b1eda190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId623569888b1eda226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId166269888b1eda299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId582469888b1eda34c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId168269888b1eda403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId102969888b1eda474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId690569888b1eda4e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId233669888b1eda55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId174769888b1eda638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId355769888b1eda6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId934369888b1eda7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId352669888b1eda84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId465869888b1eda8db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId779769888b1eda978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId184269888b1eda9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId663969888b1edaa79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId256169888b1edab09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId697169888b1edab7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId393069888b1edac1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId349469888b1edacb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId596769888b1edad31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId776069888b1edadca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId211269888b1edae5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId720969888b1edaef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId604869888b1edaf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId666169888b1edafb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId666469888b1edb066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId854469888b1edb0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId554069888b1edb14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId521369888b1edb1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId838469888b1edb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId797269888b1edb2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId218369888b1edb36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId355169888b1edb41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId292269888b1edb48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId640669888b1edb4fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId619369888b1edb7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId227669888b1edb838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId236369888b1edb8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId707669888b1edb93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId870569888b1edb9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId449869888b1edba42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId586669888b1edbad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId587269888b1edbb86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId970469888b1edbc04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId580469888b1edbc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId717769888b1edbca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId360169888b1edbd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637869888b1ed23db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637869888b1ed23db.jpg"/><Relationship Id="rId588769888b1ed8066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588769888b1ed8066.jpg"/><Relationship Id="rId283669888b1edc114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283669888b1edc114.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId202464737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId594612944" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId865269a7bf4d4bb57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/" TargetMode="External"/><Relationship Id="rId228869a7bf4d4bbc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/categorization" TargetMode="External"/><Relationship Id="rId614169a7bf4d4c49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CILV00/photos" TargetMode="External"/><Relationship Id="rId360869a7bf4d5341f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId890669a7bf4d53eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId388569a7bf4d53f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-016-2880-1" TargetMode="External"/><Relationship Id="rId865769a7bf4d53fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1519-566X2005000100013" TargetMode="External"/><Relationship Id="rId825569a7bf4d540b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04247-4" TargetMode="External"/><Relationship Id="rId287469a7bf4d5412c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s40858-022-00539-4" TargetMode="External"/><Relationship Id="rId472069a7bf4d541c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2020.104330" TargetMode="External"/><Relationship Id="rId112269a7bf4d54234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2006.01457.x" TargetMode="External"/><Relationship Id="rId208669a7bf4d542a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/sp/a/gdtT4FJyJ43td5bGSt84XYt/?format=pdf&amp;lang=en" TargetMode="External"/><Relationship Id="rId454569a7bf4d54350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41998508" TargetMode="External"/><Relationship Id="rId868869a7bf4d543ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0284" TargetMode="External"/><Relationship Id="rId782869a7bf4d5445d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3944.1.1" TargetMode="External"/><Relationship Id="rId180169a7bf4d54503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa007" TargetMode="External"/><Relationship Id="rId927369a7bf4d54616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762013005000005" TargetMode="External"/><Relationship Id="rId880769a7bf4d54689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11090839" TargetMode="External"/><Relationship Id="rId782969a7bf4d546fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.641252" TargetMode="External"/><Relationship Id="rId743669a7bf4d5478e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-18-1617-PDN" TargetMode="External"/><Relationship Id="rId717169a7bf4d54823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-17-1425-RE" TargetMode="External"/><Relationship Id="rId993369a7bf4d548d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12061371" TargetMode="External"/><Relationship Id="rId721369a7bf4d54946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://escholarship.org/content/qt37m0z5t2/qt37m0z5t2_noSplash_c53e95d71d3844619398ad52ac9b216b.pdf?t=p0w8fo" TargetMode="External"/><Relationship Id="rId629769a7bf4d549de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zoosymposia.6.1.28" TargetMode="External"/><Relationship Id="rId772569a7bf4d54a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2014.06.010" TargetMode="External"/><Relationship Id="rId636369a7bf4d54ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2013.07.035" TargetMode="External"/><Relationship Id="rId821369a7bf4d54b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2017.02.012" TargetMode="External"/><Relationship Id="rId790269a7bf4d54bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.jviromet.2015.08.022" TargetMode="External"/><Relationship Id="rId596269a7bf4d54c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/281200751_Mechanical_transmission_and_ultrastructural_aspects_of_citrus_leprosis_disease/link/575863e108ae9a9c954a773a/download" TargetMode="External"/><Relationship Id="rId547369a7bf4d54c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01854-4" TargetMode="External"/><Relationship Id="rId964369a7bf4d54d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v6072602" TargetMode="External"/><Relationship Id="rId416269a7bf4d54d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/bs.aivir.2018.06.001" TargetMode="External"/><Relationship Id="rId132569a7bf4d54e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1834-0" TargetMode="External"/><Relationship Id="rId342869a7bf4d54efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2008.678" TargetMode="External"/><Relationship Id="rId353269a7bf4d54f82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5110" TargetMode="External"/><Relationship Id="rId973569a7bf4d54ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId946769a7bf4d55072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-20230809" TargetMode="External"/><Relationship Id="rId952969a7bf4d55150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toaa070" TargetMode="External"/><Relationship Id="rId880969a7bf4d551e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.coviro.2018.07.010" TargetMode="External"/><Relationship Id="rId538169a7bf4d552f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-017-0195-8" TargetMode="External"/><Relationship Id="rId138069a7bf4d55369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014005000004" TargetMode="External"/><Relationship Id="rId602069a7bf4d553fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-12-1143-RE" TargetMode="External"/><Relationship Id="rId431969a7bf4d5548b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006546.55305.e3" TargetMode="External"/><Relationship Id="rId864069a7bf4d554fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virol.2017.04.027" TargetMode="External"/><Relationship Id="rId508969a7bf4d5558c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006550.88615.10" TargetMode="External"/><Relationship Id="rId450769a7bf4d5561e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-92-9-1364C" TargetMode="External"/><Relationship Id="rId741969a7bf4d55698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.11.1317" TargetMode="External"/><Relationship Id="rId933169a7bf4d5572c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-11-0013" TargetMode="External"/><Relationship Id="rId991669a7bf4d557bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1745-0" TargetMode="External"/><Relationship Id="rId225369a7bf4d55830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ps.6894" TargetMode="External"/><Relationship Id="rId504969a7bf4d558c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/zsc.12013" TargetMode="External"/><Relationship Id="rId527969a7bf4d55953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-17-1000-PDN" TargetMode="External"/><Relationship Id="rId879969a7bf4d559e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-06-11-0538" TargetMode="External"/><Relationship Id="rId271169a7bf4d55a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-23-0110-R" TargetMode="External"/><Relationship Id="rId256369a7bf4d55aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-21-2314-PDN" TargetMode="External"/><Relationship Id="rId217869a7bf4d55b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2736-PDN" TargetMode="External"/><Relationship Id="rId590469a7bf4d55bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12472" TargetMode="External"/><Relationship Id="rId991769a7bf4d55c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1058847" TargetMode="External"/><Relationship Id="rId820469a7bf4d55cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v8060153" TargetMode="External"/><Relationship Id="rId713969a7bf4d55d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-02-17-0042-R" TargetMode="External"/><Relationship Id="rId975669a7bf4d55dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-012-9632-z" TargetMode="External"/><Relationship Id="rId230669a7bf4d55e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/b:appa.0000006547.76802.6e" TargetMode="External"/><Relationship Id="rId728069a7bf4d55f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-12-0177-R" TargetMode="External"/><Relationship Id="rId711369a7bf4d55fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-14-0375-FI" TargetMode="External"/><Relationship Id="rId603669a7bf4d56018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-14-0117-PDN" TargetMode="External"/><Relationship Id="rId106769a7bf4d56327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00519-13" TargetMode="External"/><Relationship Id="rId666369a7bf4d563a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/epdf/10.1094/PHYTO-107-12-S5.1" TargetMode="External"/><Relationship Id="rId140569a7bf4d56429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-17-1699-PDN" TargetMode="External"/><Relationship Id="rId862069a7bf4d564a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-19-0253-FI" TargetMode="External"/><Relationship Id="rId762269a7bf4d56539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-14-0245-R" TargetMode="External"/><Relationship Id="rId930969a7bf4d565aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-017-0123-0" TargetMode="External"/><Relationship Id="rId567369a7bf4d5663a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.836743" TargetMode="External"/><Relationship Id="rId910369a7bf4d566c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-022-05516-5" TargetMode="External"/><Relationship Id="rId109069a7bf4d56741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2023.EN-7804" TargetMode="External"/><Relationship Id="rId396069a7bf4d56791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.13449" TargetMode="External"/><Relationship Id="rId177669a7bf4d567e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.88562658" TargetMode="External"/><Relationship Id="rId370269a7bf4d5689d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId338269a7bf4d4c36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId338269a7bf4d4c36d.jpg"/><Relationship Id="rId634069a7bf4d529dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634069a7bf4d529dd.jpg"/><Relationship Id="rId230069a7bf4d56a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId230069a7bf4d56a07.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>