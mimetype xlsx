--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIEAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
@@ -117,50 +117,59 @@
   <si>
     <t>Curtobacterium flaccumfaciens pv. flaccumfaciens</t>
   </si>
   <si>
     <t>* Osdaghi E, Taghavi SM, Fazliarab A, Elahifard E, Lamichhane JR (2015) Characterization, geographic distribution and host range of Curtobacterium flaccumfaciens: an emerging bacterial pathogen in Iran. Crop Protection 78, 185–192.</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Andaloussi FA, Bachikh J (2001) Studies on the host range of Ditylenchus dipsaci in Morocco. Nematologia Mediterranea 29, 51-57.
 * Behmand T, Berger J, Elekci̇oğlu İH, Aydogan A, Kahraman A (2022) Molecular identification and population dynamics of the stem and bulb nematode Ditylenchus dipsaci species on chickpea in Turkey. Phytoparasitica 50(4), 823-835.</t>
   </si>
   <si>
     <t>ERWIRH</t>
   </si>
   <si>
     <t>Erwinia rhapontici</t>
   </si>
   <si>
     <t>* Huang HC, Erickson RS, Yanke LJ, Hsieh TF, Morrall RAA (2003) First report of pink seed of lentil and chickpea caused by Erwinia rhapontici in Canada. Plant Disease 87(1), p 1398.
 * Huang HC, Hsieh TF, Erickson RS (2003) Biology and epidemiology of Erwinia rhapontici, causal agent of pink seed and crown rot of plants. Plant Pathology Bulletin 12, 69-76.</t>
+  </si>
+  <si>
+    <t>FUSAFO</t>
+  </si>
+  <si>
+    <t>Fusarium foetens</t>
+  </si>
+  <si>
+    <t>* Ben Romdhane S, Weinmann M, Babalola OO, Mrabet M (2025) Distribution and pathogenicity of Cicer arietinum infecting fungi in Tunisian agricultural lands. Botany 103,1-13.</t>
   </si>
   <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea</t>
   </si>
   <si>
     <t>* Blanco CA, Terán-Vargas AP, López Jr JD, Kauffman JV, Wei X (2007) Densities of Heliothis virescens and Helicoverpa zea (Lepidoptera: Noctuidae) in three plant hosts. Florida Entomologist 90(4), 742-750.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
@@ -648,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -965,133 +974,147 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
         <v>64</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s">
         <v>67</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s">
         <v>72</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s">
         <v>75</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
       <c r="C26" t="s">
         <v>78</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>81</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" t="s">
         <v>82</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>83</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>84</v>
       </c>
-      <c r="D28" t="s">
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>85</v>
+      </c>
+      <c r="B29" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">