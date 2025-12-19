--- v0 (2025-10-05)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="441">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -636,50 +636,58 @@
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Citrus)</t>
   </si>
   <si>
     <t>ERWIRH</t>
   </si>
   <si>
     <t>Erwinia rhapontici</t>
   </si>
   <si>
     <t>* Huang HC, Hsieh TF, Erickson RS (2003) Biology and epidemiology of Erwinia rhapontici, causal agent of pink seed and crown rot of plants. Plant Pathology Bulletin 12, 69-76.</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
     <t>* Yalçin K, Döker İ, Kazak C (2022) Impact of citrus species on the biological characteristics and life table parameters of Eutetranychus orientalis (Klein)(Acari: Tetranychidae). Systematic and Applied Acarology 27(1), 107-117.</t>
   </si>
   <si>
     <t>Eutetranychus orientalis (as Citrus)</t>
+  </si>
+  <si>
+    <t>* Afzal M, Ullah MI, Bashir MH, Mukhtar SN, Arshad M, Altaf N (2021) Diversity and abundance of mite species in citrus orchards of Sargodha, Pakistan. Punjab University Journal of Zoology 36(1), 37-46. https://dx.doi.org/10.17582/journal.pujz/2021.36.1.37.46
+* Chouikhi S, Cherif A, Sahraoui H, Grissa Lebdi K (2025) Effect of temperature on the biological and demographic parameters of two citrus pests: Eutetranychus orientalis (Klein) and Panonychus citri (McGregor) (Acarina: Tetranychidae). Acarologia 65(1), 255-264.
+* Gupta SK (1985) Plant mites of India. Zoological Survey of India: Calcutta. 520 pp.
+* Kamran M, Khan EM, Alatawi FJ (2018) The spider mites of the genus Eutetranychus Banks (Acari, Trombidiformes, Tetranychidae) from Saudi Arabia: two new species, a re-description, and a key to the world species. Zookeys 799, 47-88.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>EUWAPE</t>
   </si>
   <si>
     <t>Euwallacea perbrevis (as Citrus)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
@@ -2830,1508 +2838,1510 @@
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
         <v>192</v>
       </c>
       <c r="C78" t="s">
         <v>193</v>
       </c>
       <c r="D78" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
         <v>192</v>
       </c>
       <c r="C79" t="s">
         <v>195</v>
       </c>
-      <c r="D79"/>
+      <c r="D79" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C80" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D80" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
+        <v>200</v>
+      </c>
+      <c r="C81" t="s">
+        <v>201</v>
+      </c>
+      <c r="D81" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C82" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D82" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C86" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D86" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C87" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D87" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C88" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C89" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C90" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D90" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C91" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C92" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C93" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C94" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C95" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C96" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C97" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D97" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C98" t="s">
+        <v>238</v>
+      </c>
+      <c r="D98" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C99" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D99" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C100" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C101" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C102" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C103" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D103" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C104" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C105" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C106" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C107" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C108" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C109" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C110" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C111" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D111" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C112" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C113" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C114" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D114" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C115" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C116" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D116" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C117" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D117" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C118" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C119" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C120" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C121" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D121" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C122" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D122" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C123" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C124" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D124" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C125" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C126" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D126" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C127" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D127" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C128" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C129" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C130" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D130" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C131" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D131" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C132" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D132" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C133" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D133" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C134" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C135" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D135" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C136" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D136" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C137" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D137" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C138" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C139" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D139" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C140" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D140" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C141" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C142" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C143" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D143" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C144" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C145" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D145" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C146" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D146" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C147" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D147"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C148" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D148" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C149" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D149" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C150" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D150"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C151" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D151" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C152" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D152" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C153" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D153"/>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B154" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C154" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D154"/>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B155" t="s">
         <v>26</v>
       </c>
       <c r="C155" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D155" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B156" t="s">
         <v>28</v>
       </c>
       <c r="C156" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D156"/>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B157" t="s">
         <v>33</v>
       </c>
       <c r="C157" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D157" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B158" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C158" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D158" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B159" t="s">
         <v>44</v>
       </c>
       <c r="C159" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B160" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C160" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D160" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B161" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C161" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D161" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B162" t="s">
         <v>82</v>
       </c>
       <c r="C162" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D162" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B163" t="s">
         <v>84</v>
       </c>
       <c r="C163" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D163"/>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B164" t="s">
         <v>134</v>
       </c>
       <c r="C164" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D164" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B165" t="s">
         <v>137</v>
       </c>
       <c r="C165" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B166" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C166" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D166" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B167" t="s">
         <v>164</v>
       </c>
       <c r="C167" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B168" t="s">
         <v>166</v>
       </c>
       <c r="C168" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D168" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B169" t="s">
         <v>168</v>
       </c>
       <c r="C169" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B170" t="s">
         <v>181</v>
       </c>
       <c r="C170" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D170" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B171" t="s">
         <v>185</v>
       </c>
       <c r="C171" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D171" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B172" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C172" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D172" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B173" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C173" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D173" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B174" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C174" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D174"/>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B175" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C175" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D175"/>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B176" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C176" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D176"/>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B177" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C177" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D177" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B178" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C178" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D178"/>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B179" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C179" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D179"/>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B180" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C180" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B181" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C181" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D181" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B182" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C182" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D182" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B183" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C183" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D183"/>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B184" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C184" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D184" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C185" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D185" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B186" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C186" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D186" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B187" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C187" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D187" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B188" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C188" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D188" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B189" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C189" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D189"/>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B190" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C190" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B191" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C191" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D191" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">