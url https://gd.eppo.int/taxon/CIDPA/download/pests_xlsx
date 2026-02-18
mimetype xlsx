--- v1 (2025-12-19)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -965,50 +965,60 @@
     <t>Pochazia shantungensis (as Citrus)</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri (as Citrus)</t>
   </si>
   <si>
     <t>CSYV00</t>
   </si>
   <si>
     <t>Potexvirus citriflavivenae</t>
   </si>
   <si>
     <t>* Liu C, Liu H, Hurst J, Timko MP, Zhou C (2020) Recent advances on citrus yellow vein clearing virus in Citrus. Horticultural Plant Journal 6(4), 216-222. https://www.sciencedirect.com/science/article/pii/S2468014120300431</t>
   </si>
   <si>
     <t>PRAYEN</t>
   </si>
   <si>
     <t>Prays endocarpa (as Citrus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Citrus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>CERCAN</t>
   </si>
   <si>
     <t>Pseudocercospora angolensis (as Citrus)</t>
   </si>
   <si>
     <t>* Bella-Manga F, Dubois C, Kuate J, Mimbimi-Ngbwa M, Rey JY (1999) Sensibilité à Phaeoramularia angolensis de divers d’agrumes cultivés en zone forestière humide du Cameroun. Fruits 54, 167-176.
 * Ndo EGD, Bella-Manga F, Ndindeng SA Ndoumbe-Nkeng M, Fontem AD, Cilast C (2010) Altitude, tree species and soil type are the main factors influencing the severity of Phaeoramularia leaf and fruit spot disease of citrus in the humid zones of Cameroon. European Journal of Plant Pathology 128, 385-397.</t>
   </si>
   <si>
     <t>RADOCI</t>
   </si>
   <si>
     <t>Radopholus similis citrus race (as Citrus)</t>
   </si>
   <si>
     <t>* O'Bannon (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of Nematology 9, 16-25.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Citrus)</t>
@@ -1314,50 +1324,53 @@
   </si>
   <si>
     <t>* Al-Harthi SA, Al-Sadi AM, Al-Saady AA (2013) Potential of citrus budlings originating in the Middle East as sources of citrus viroids. Crop Protection 48, 13-15.
 ------- In Syria.
 * Hashemian SB, Taheri H, Alian YM, Bové JM, Durán-Vila N (2013) Complex mixtures of viroids identified in the two main citrus growing areas of Iran. Journal of Plant Pathology 95, 647-654.
 ------- In Iran (Caspian Sea).
 * Mohamed ME, Hashemian SB, Dafalla G, Bové JM, Duran-Vila N (2009) Occurrence and identification of citrus viroids from Sudan. Journal of Plant Pathology 91, 185-190.
 ------- In Sudan (Khartoum area and Kassala area).
 * Velázquez K, Soto M, Pérez R, Pérez JM, Rodríguez D, Duran-Vila N (2002) Biological and molecular characterization of two isolates of citrus viroids recovered from Cuban plantations. In Proceedings of the Fifteenth International Organization of Citrus Virologists Conference 15(15), 258-263.
 ------- In Cuba.</t>
   </si>
   <si>
     <t>Dialeurodes citri</t>
   </si>
   <si>
     <t>Diaphorina citri</t>
   </si>
   <si>
     <t>* Tsai JH, Liu YH (2000) Biology of Diaphorina citri (Homoptera: Psyllidae) on four host plants. Journal of Economic Entomology, 93(6), 1721-1725.
 ------- confirmed hos
 * Westbrook CJ, Hall DG, Stover E, Duan YP, Lee RF (2011) Colonization of Citrus and Citrus-related germplasm by Diaphorina citri (Hemiptera: Psyllidae). HortScience, 46(7), 997-1005.
 ------- confirmed host</t>
   </si>
   <si>
     <t>Diaporthe citri</t>
+  </si>
+  <si>
+    <t>* Chaisiri C, Liu X, Lin Y, Luo C (2022) Diaporthe citri: a fungal pathogen causing melanose disease. Plants 11(12), 1600. ttps://doi.org/10.3390/plants11121600</t>
   </si>
   <si>
     <t>Elsinoë fawcettii</t>
   </si>
   <si>
     <t>* Chung K-R (2011) Elsinoё fawcettii and Elsinoё australis: The fungal pathogens causing citrus scab. Molecular Plant Pathology 12(2), 123-135. 
 * Gopal K, Govindarajulu B, Ramana KTV, Kishore Kumar ChS, Gopi V, Gouri Sankar T, Mukunda Lakshmi L, Naga Lakshmi T, Sarada G (2014) Citrus scab (Elsinoe fawcettii): A review. Research and Reviews: Journal of Agriculture and Allied Sciences 3(3), 49-58.</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Doucette C (1962) The Lewis mite, Eotetranychus lewisi, on greenhouse poinsettia. Journal of Economic Entomology, 55: 139-140.</t>
   </si>
   <si>
     <t>Gymnandrosoma aurantianum</t>
   </si>
   <si>
     <t>* Lima AM da C (1945) Insetos do Brasil 5° Tomo Lepidópteros parte 1. Escola Nacional de Agronomia, Série Didática, (7), 470. Retrieved from http://www.acervodigital.ufrrj.br/insetos/insetos.htm
 ------- confirmed host</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
@@ -1794,51 +1807,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D191"/>
+  <dimension ref="A1:D192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3466,882 +3479,898 @@
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
         <v>304</v>
       </c>
       <c r="C127" t="s">
         <v>305</v>
       </c>
       <c r="D127" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
         <v>307</v>
       </c>
       <c r="C128" t="s">
         <v>308</v>
       </c>
-      <c r="D128"/>
+      <c r="D128" t="s">
+        <v>309</v>
+      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C129" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C130" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="D130" t="s">
         <v>313</v>
       </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C131" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D131" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C132" t="s">
         <v>317</v>
       </c>
       <c r="D132" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
         <v>319</v>
       </c>
       <c r="C133" t="s">
         <v>320</v>
       </c>
       <c r="D133" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C134" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D134"/>
+        <v>323</v>
+      </c>
+      <c r="D134" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C135" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D135" t="s">
         <v>325</v>
       </c>
+      <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
         <v>326</v>
       </c>
       <c r="C136" t="s">
         <v>327</v>
       </c>
       <c r="D136" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
         <v>329</v>
       </c>
       <c r="C137" t="s">
         <v>330</v>
       </c>
       <c r="D137" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
         <v>332</v>
       </c>
       <c r="C138" t="s">
         <v>333</v>
       </c>
-      <c r="D138"/>
+      <c r="D138" t="s">
+        <v>334</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C139" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D139" t="s">
         <v>336</v>
       </c>
+      <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C140" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D140" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C141" t="s">
         <v>340</v>
       </c>
-      <c r="D141"/>
+      <c r="D141" t="s">
+        <v>341</v>
+      </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C142" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C143" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="D143" t="s">
         <v>345</v>
       </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
         <v>346</v>
       </c>
       <c r="C144" t="s">
         <v>347</v>
       </c>
-      <c r="D144"/>
+      <c r="D144" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C145" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="D145" t="s">
         <v>350</v>
       </c>
+      <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
         <v>351</v>
       </c>
       <c r="C146" t="s">
         <v>352</v>
       </c>
       <c r="D146" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
         <v>354</v>
       </c>
       <c r="C147" t="s">
         <v>355</v>
       </c>
-      <c r="D147"/>
+      <c r="D147" t="s">
+        <v>356</v>
+      </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C148" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D148" t="s">
         <v>358</v>
       </c>
+      <c r="D148"/>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
         <v>359</v>
       </c>
       <c r="C149" t="s">
         <v>360</v>
       </c>
       <c r="D149" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
         <v>362</v>
       </c>
       <c r="C150" t="s">
         <v>363</v>
       </c>
-      <c r="D150"/>
+      <c r="D150" t="s">
+        <v>364</v>
+      </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C151" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="D151" t="s">
         <v>366</v>
       </c>
+      <c r="D151"/>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
         <v>367</v>
       </c>
       <c r="C152" t="s">
         <v>368</v>
       </c>
       <c r="D152" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
         <v>370</v>
       </c>
       <c r="C153" t="s">
         <v>371</v>
       </c>
-      <c r="D153"/>
+      <c r="D153" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>372</v>
+        <v>18</v>
       </c>
       <c r="B154" t="s">
         <v>373</v>
       </c>
       <c r="C154" t="s">
         <v>374</v>
       </c>
       <c r="D154"/>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B155" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
       <c r="C155" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="D155"/>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B156" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C156" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="D156"/>
+        <v>378</v>
+      </c>
+      <c r="D156" t="s">
+        <v>379</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B157" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C157" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="D157"/>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B158" t="s">
-        <v>380</v>
+        <v>33</v>
       </c>
       <c r="C158" t="s">
         <v>381</v>
       </c>
       <c r="D158" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B159" t="s">
-        <v>44</v>
+        <v>383</v>
       </c>
       <c r="C159" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>384</v>
+      </c>
+      <c r="D159" t="s">
+        <v>385</v>
+      </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B160" t="s">
-        <v>384</v>
+        <v>44</v>
       </c>
       <c r="C160" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="D160" t="s">
         <v>386</v>
       </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B161" t="s">
         <v>387</v>
       </c>
       <c r="C161" t="s">
         <v>388</v>
       </c>
       <c r="D161" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B162" t="s">
-        <v>82</v>
+        <v>390</v>
       </c>
       <c r="C162" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D162" t="s">
-        <v>88</v>
+        <v>392</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B163" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C163" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>393</v>
+      </c>
+      <c r="D163" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B164" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="C164" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="D164"/>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B165" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C165" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="D165"/>
+        <v>395</v>
+      </c>
+      <c r="D165" t="s">
+        <v>396</v>
+      </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B166" t="s">
-        <v>395</v>
+        <v>137</v>
       </c>
       <c r="C166" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="D166" t="s">
         <v>397</v>
       </c>
+      <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B167" t="s">
-        <v>164</v>
+        <v>398</v>
       </c>
       <c r="C167" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D167"/>
+        <v>399</v>
+      </c>
+      <c r="D167" t="s">
+        <v>400</v>
+      </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B168" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C168" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>401</v>
+      </c>
+      <c r="D168"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B169" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C169" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="D169"/>
+        <v>402</v>
+      </c>
+      <c r="D169" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B170" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C170" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D170" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B171" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C171" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D171" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B172" t="s">
-        <v>211</v>
+        <v>185</v>
       </c>
       <c r="C172" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D172" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B173" t="s">
-        <v>408</v>
+        <v>211</v>
       </c>
       <c r="C173" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D173" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B174" t="s">
-        <v>251</v>
+        <v>412</v>
       </c>
       <c r="C174" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="D174"/>
+        <v>413</v>
+      </c>
+      <c r="D174" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B175" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C175" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D175"/>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B176" t="s">
-        <v>413</v>
+        <v>259</v>
       </c>
       <c r="C176" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D176"/>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B177" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C177" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="D177"/>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B178" t="s">
-        <v>263</v>
+        <v>417</v>
       </c>
       <c r="C178" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D178"/>
+        <v>419</v>
+      </c>
+      <c r="D178" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B179" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="C179" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D179"/>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B180" t="s">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="C180" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B181" t="s">
-        <v>420</v>
+        <v>294</v>
       </c>
       <c r="C181" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="D181"/>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B182" t="s">
-        <v>301</v>
+        <v>424</v>
       </c>
       <c r="C182" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D182" t="s">
-        <v>303</v>
+        <v>426</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B183" t="s">
-        <v>424</v>
+        <v>304</v>
       </c>
       <c r="C183" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="D183"/>
+        <v>427</v>
+      </c>
+      <c r="D183" t="s">
+        <v>306</v>
+      </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B184" t="s">
-        <v>304</v>
+        <v>428</v>
       </c>
       <c r="C184" t="s">
-        <v>426</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="D184"/>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B185" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="C185" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D185" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B186" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="C186" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D186" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B187" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="C187" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D187" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B188" t="s">
-        <v>434</v>
+        <v>342</v>
       </c>
       <c r="C188" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D188" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B189" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C189" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="D189"/>
+        <v>439</v>
+      </c>
+      <c r="D189" t="s">
+        <v>440</v>
+      </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B190" t="s">
-        <v>362</v>
+        <v>438</v>
       </c>
       <c r="C190" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B191" t="s">
-        <v>439</v>
+        <v>365</v>
       </c>
       <c r="C191" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>442</v>
+      </c>
+      <c r="D191"/>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>375</v>
+      </c>
+      <c r="B192" t="s">
+        <v>443</v>
+      </c>
+      <c r="C192" t="s">
+        <v>444</v>
+      </c>
+      <c r="D192" t="s">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">