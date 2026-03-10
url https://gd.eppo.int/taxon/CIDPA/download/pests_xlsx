--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -12,85 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in the EPPO datasheet on Ceratitis rosa in CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).
 This record predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
+  </si>
+  <si>
+    <t>THRIPL</t>
+  </si>
+  <si>
+    <t>Thrips palmi (as Citrus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citrus was changed from Host to "doubtfult host" in 2026 because of insufficient evidence. 
+Childers and Beshear (1992) observed T. palmi feeding on Citrus flowers but there is no reference of citrus as a host that supports pest life cycle.
+* Childers CC, Beshear RJ (1992) Thrips (Thysanoptera) species associated with developing citrus flowers in Florida and a key to adult lerebrantian females. Journal of Entomological Science, 27(4):392-412
+* Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.
+------- list Citrus as host without sufficient reference. </t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CMBV00</t>
   </si>
   <si>
     <t>Badnavirus tessellocitri</t>
   </si>
   <si>
     <t xml:space="preserve">* Ahlawat YS, Pant RP, Lockhart BEL, Srivastava M, Chakraborty NK, Varma A (1996) Association of badnavirus with citrus mosaic disease in India. Plant Disease 80, 590-592.
 * Ahlawat YS, Varma A, Pant RP, Shukla A, Lockhard BEL (1996) Partial characterization of a badnavirus associated with citrus yellow mosaic disease in India. pp. 208-217. In: Proceedings of the 13th Conference of the International Organization of Citrus Virologists (eds da Graça JV, Moreno P, Yokomi R). Riverside. </t>
   </si>
   <si>
     <t>SDV000</t>
   </si>
   <si>
     <t>Sadwavirus citri</t>
   </si>
   <si>
     <t>* Tanaka H, Yamada S (1972) Evidence for a relationship among the viruses of Satsuma dwarf, Citrus mosaic, Navel-infectious-mottling, Natsudaidai dwarf, Citrus variegation, and Citrus crinkly leaf. Proceedings of IOCV Conference (1957-2010) 5(5). Available at https://escholarship.org/uc/item/06r075vn</t>
   </si>
   <si>
     <t>Host</t>
@@ -127,50 +140,57 @@
   </si>
   <si>
     <t>Alternaria citri (as Citrus)</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Caraballo CJ (1981) Las moscas de frutas del género Anastrepha Schiner, 1868 (Diptera: Tephritidae) de Venezuela. MSc Dissertation, Universidad Central de Venezuela, Maracay, 210 p.
 * Nasca AJ, Zamora JA, Vergara LE, Jaldo HE (1996) Hospederos de moscas de los frutos en el Valle de Antinaco-Los Colorados, Provincia de La Rioja, República Argentina. Revista de Investigación 10, 19–24.
 * Ovruski S, Schliserman P, Aluja M (2003) Native and introduced host plants of Anastrepha fraterculus and Ceratitis capitata (Diptera: Tephritidae) in northwestern Argentina. Journal of Economic Entomology 96, 1108–1118.
 * Putruele MTG (1996) Hosts for Ceratitis capitata and Anastrepha fraterculus in the northeastern Province of Entre Ríos, Argentina. In Fruit Fly Pests: A World Assessment of Their Biology and Management, BA McPheron &amp; GJ Steck (Eds.), pp. 343–345. St. Lucie Press, Delray Beach, FL.
 * Wille TJE (1952) Entomología Agrícola del Perú. Dirección General de Agricultura, Lima, 543 pp.</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens (as Citrus)</t>
   </si>
   <si>
     <t>ANSTOB</t>
+  </si>
+  <si>
+    <t>Anastrepha obliqua</t>
+  </si>
+  <si>
+    <t>* NAPPO (2026)
+----larvae detected in grapefruit in January 2026</t>
   </si>
   <si>
     <t>Anastrepha obliqua (as Citrus)</t>
   </si>
   <si>
     <t>ANSTSE</t>
   </si>
   <si>
     <t>Anastrepha serpentina (as Citrus)</t>
   </si>
   <si>
     <t>ANSTST</t>
   </si>
   <si>
     <t>Anastrepha striata (as Citrus)</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
     <t>* Anonymous (1966) [Host records for Tephritidae]. United States Department of Agriculture Cooperative Economic Insect Report, 16, 32, 83, 225, 469, 498, 525, 556, 589, 652, 683, 712, 738, 818, 888, 965, 980, 1034, 1118, 1158.
 * Anonymous (1968) [Host records for Tephritidae]. United States Department of Agriculture Cooperative Economic Insect Report, 18, 54, 153, 260, 365, 452, 926, 950.
@@ -913,51 +933,55 @@
   <si>
     <t>Phyllosticta citricarpa (as Citrus)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCO</t>
   </si>
   <si>
     <t>Phytophthora citrophthora (as Citrus)</t>
   </si>
   <si>
     <t>* Riley N, Förster H, Adaskaveg JE (2024) Diversity and clonality in populations of Phytophthora citrophthora and P. syringae causing brown rot of citrus in California. Phytopathology 114(4), 792-801.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica (as Citrus)</t>
+    <t>Phytophthora nicotianae (as Citrus)</t>
+  </si>
+  <si>
+    <t>* Chaudhary S, Laughlin DA, Setamou M, da Graça JV, Kunta M, Alabi OJ, Crosby KM, Ong KL, Ancona V (2020) Incidence, severity, and characterization of Phytophthora foot rot of citrus in Texas and implications for disease management. Plant disease 104(9), 2455-2461.
+* Panabieres F, Ali GS, Allagui MB, Dalio RJ, Gudmestad NC, Kuhn ML, Guha Roy S, Schena L, Zampounis A (2016) Phytophthora nicotianae diseases worldwide: new knowledge of a long-recognised pathogen. Phytopathologia Mediterranea 55(1), 20−40.</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Citrus)</t>
   </si>
   <si>
     <t>PLANLI</t>
   </si>
   <si>
     <t>Planococcus lilacinus (as Citrus)</t>
   </si>
   <si>
     <t>DEUTTR</t>
   </si>
   <si>
     <t>Plenodomus tracheiphilus</t>
   </si>
   <si>
     <t>* Nigro F, Ippolito A, Salerno MG (2011) Mal secco disease of citrus: A journey through a century of research. Journal of Plant Pathology 93, 523-560.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
@@ -1134,59 +1158,50 @@
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Citrus)</t>
   </si>
   <si>
     <t>THEBPI</t>
   </si>
   <si>
     <t>Theba pisana (as Citrus)</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Citrus)</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from citrus species in Java (Indonesia).</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis (as Citrus)</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus (as Citrus)</t>
   </si>
   <si>
     <t>* Lacasa A, Lorca M, Martinez MC, Bielza P, Guirao P (2019) Thrips parvispinus (Karny, 1922), un nuevo trips en cultivos de plantas ornamentales. Phytoma Espana 311, 62-69
 ------- reported on ornamental citrus</t>
   </si>
   <si>
     <t>TIRAPL</t>
   </si>
   <si>
     <t>Tiracola plagiata (as Citrus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Citrus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
@@ -1807,2570 +1822,2586 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D192"/>
+  <dimension ref="A1:D193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>32</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>43</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" t="s">
         <v>52</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" t="s">
         <v>55</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
         <v>58</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>59</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
         <v>66</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B26" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" t="s">
         <v>69</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>72</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>77</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B30" t="s">
         <v>78</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="C31" t="s">
         <v>81</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>88</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B35" t="s">
         <v>89</v>
       </c>
       <c r="C35" t="s">
         <v>90</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
         <v>92</v>
       </c>
       <c r="D36" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B37" t="s">
         <v>94</v>
       </c>
       <c r="C37" t="s">
         <v>95</v>
       </c>
       <c r="D37" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B38" t="s">
         <v>94</v>
       </c>
       <c r="C38" t="s">
         <v>97</v>
       </c>
       <c r="D38" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B39" t="s">
         <v>99</v>
       </c>
       <c r="C39" t="s">
         <v>100</v>
       </c>
       <c r="D39" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B40" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B41" t="s">
+        <v>104</v>
+      </c>
+      <c r="C41" t="s">
         <v>105</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>106</v>
       </c>
-      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B42" t="s">
         <v>107</v>
       </c>
       <c r="C42" t="s">
         <v>108</v>
       </c>
       <c r="D42" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B43" t="s">
         <v>110</v>
       </c>
       <c r="C43" t="s">
         <v>111</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" t="s">
         <v>113</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>8</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
         <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B46" t="s">
         <v>118</v>
       </c>
       <c r="C46" t="s">
         <v>119</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>121</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>128</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B51" t="s">
         <v>129</v>
       </c>
       <c r="C51" t="s">
         <v>130</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B52" t="s">
         <v>131</v>
       </c>
       <c r="C52" t="s">
         <v>132</v>
       </c>
       <c r="D52" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
-      <c r="D53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B54" t="s">
+        <v>136</v>
+      </c>
+      <c r="C54" t="s">
         <v>137</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>138</v>
       </c>
-      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>143</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B57" t="s">
         <v>144</v>
       </c>
       <c r="C57" t="s">
         <v>145</v>
       </c>
       <c r="D57" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>148</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B59" t="s">
         <v>149</v>
       </c>
       <c r="C59" t="s">
         <v>150</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
         <v>152</v>
       </c>
       <c r="D60" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B61" t="s">
         <v>154</v>
       </c>
       <c r="C61" t="s">
         <v>155</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C62" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B63" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C63" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
         <v>161</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>162</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C65" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C68" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C69" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D69" t="s">
         <v>172</v>
       </c>
+      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B70" t="s">
         <v>173</v>
       </c>
       <c r="C70" t="s">
         <v>174</v>
       </c>
-      <c r="D70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B71" t="s">
+        <v>175</v>
+      </c>
+      <c r="C71" t="s">
         <v>176</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>177</v>
       </c>
-      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B72" t="s">
         <v>178</v>
       </c>
       <c r="C72" t="s">
         <v>179</v>
       </c>
       <c r="D72" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B73" t="s">
         <v>181</v>
       </c>
       <c r="C73" t="s">
         <v>182</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B74" t="s">
         <v>183</v>
       </c>
       <c r="C74" t="s">
         <v>184</v>
       </c>
-      <c r="D74"/>
+      <c r="D74" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B75" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C75" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C76" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C77" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D77" t="s">
         <v>191</v>
       </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B78" t="s">
         <v>192</v>
       </c>
       <c r="C78" t="s">
         <v>193</v>
       </c>
-      <c r="D78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B79" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C79" t="s">
         <v>195</v>
       </c>
       <c r="D79" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B80" t="s">
         <v>197</v>
       </c>
       <c r="C80" t="s">
         <v>198</v>
       </c>
       <c r="D80" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B81" t="s">
+        <v>197</v>
+      </c>
+      <c r="C81" t="s">
         <v>200</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B82" t="s">
         <v>202</v>
       </c>
       <c r="C82" t="s">
         <v>203</v>
       </c>
       <c r="D82" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B83" t="s">
         <v>205</v>
       </c>
       <c r="C83" t="s">
         <v>206</v>
       </c>
-      <c r="D83"/>
+      <c r="D83" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B84" t="s">
         <v>207</v>
       </c>
       <c r="C84" t="s">
         <v>208</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B85" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C85" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C86" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D86" t="s">
         <v>213</v>
       </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B87" t="s">
         <v>214</v>
       </c>
       <c r="C87" t="s">
         <v>215</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B88" t="s">
+        <v>216</v>
+      </c>
+      <c r="C88" t="s">
         <v>217</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>218</v>
       </c>
-      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B89" t="s">
         <v>219</v>
       </c>
       <c r="C89" t="s">
         <v>220</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B90" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C90" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>223</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B91" t="s">
         <v>224</v>
       </c>
       <c r="C91" t="s">
         <v>225</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B92" t="s">
         <v>226</v>
       </c>
       <c r="C92" t="s">
         <v>227</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B93" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C93" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B94" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C94" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B95" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C95" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B96" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C96" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B97" t="s">
         <v>235</v>
       </c>
       <c r="C97" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D97" t="s">
         <v>237</v>
       </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B98" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C98" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B99" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C99" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D99" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C100" t="s">
         <v>243</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B101" t="s">
         <v>244</v>
       </c>
       <c r="C101" t="s">
         <v>245</v>
       </c>
-      <c r="D101"/>
+      <c r="D101" t="s">
+        <v>246</v>
+      </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C102" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C103" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="D103" t="s">
         <v>250</v>
       </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B104" t="s">
         <v>251</v>
       </c>
       <c r="C104" t="s">
         <v>252</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B105" t="s">
         <v>253</v>
       </c>
       <c r="C105" t="s">
         <v>254</v>
       </c>
-      <c r="D105"/>
+      <c r="D105" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C106" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C107" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C108" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C109" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B110" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C110" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C111" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D111" t="s">
         <v>267</v>
       </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B112" t="s">
         <v>268</v>
       </c>
       <c r="C112" t="s">
         <v>269</v>
       </c>
       <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B113" t="s">
         <v>270</v>
       </c>
       <c r="C113" t="s">
         <v>271</v>
       </c>
-      <c r="D113"/>
+      <c r="D113" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B114" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C114" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D114" t="s">
         <v>274</v>
       </c>
+      <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B115" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C115" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B116" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C116" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D116" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B117" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C117" t="s">
         <v>280</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B118" t="s">
+        <v>281</v>
+      </c>
+      <c r="C118" t="s">
         <v>282</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>283</v>
       </c>
-      <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B119" t="s">
         <v>284</v>
       </c>
       <c r="C119" t="s">
         <v>285</v>
       </c>
-      <c r="D119"/>
+      <c r="D119" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B120" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C120" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D120"/>
+        <v>288</v>
+      </c>
+      <c r="D120" t="s">
+        <v>289</v>
+      </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B121" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C121" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B122" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C122" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D122" t="s">
         <v>293</v>
       </c>
+      <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B123" t="s">
         <v>294</v>
       </c>
       <c r="C123" t="s">
         <v>295</v>
       </c>
-      <c r="D123"/>
+      <c r="D123" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C124" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D124" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C125" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C126" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D126" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C127" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="D127" t="s">
         <v>306</v>
       </c>
+      <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B128" t="s">
         <v>307</v>
       </c>
       <c r="C128" t="s">
         <v>308</v>
       </c>
       <c r="D128" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B129" t="s">
         <v>310</v>
       </c>
       <c r="C129" t="s">
         <v>311</v>
       </c>
-      <c r="D129"/>
+      <c r="D129" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C130" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="D130"/>
+        <v>314</v>
+      </c>
+      <c r="D130" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C131" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C132" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C133" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D133" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B134" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C134" t="s">
         <v>323</v>
       </c>
       <c r="D134" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B135" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C135" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="D135"/>
+        <v>326</v>
+      </c>
+      <c r="D135" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B136" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C136" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D136" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B137" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C137" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D137" t="s">
         <v>331</v>
       </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B138" t="s">
         <v>332</v>
       </c>
       <c r="C138" t="s">
         <v>333</v>
       </c>
       <c r="D138" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B139" t="s">
         <v>335</v>
       </c>
       <c r="C139" t="s">
         <v>336</v>
       </c>
-      <c r="D139"/>
+      <c r="D139" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B140" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C140" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D140" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C141" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B142" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C142" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>344</v>
+      </c>
+      <c r="D142" t="s">
+        <v>345</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B143" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C143" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="D143"/>
+        <v>346</v>
+      </c>
+      <c r="D143" t="s">
+        <v>347</v>
+      </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B144" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C144" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B145" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C145" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B146" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C146" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D146" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B147" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C147" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="D147" t="s">
         <v>356</v>
       </c>
+      <c r="D147"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B148" t="s">
         <v>357</v>
       </c>
       <c r="C148" t="s">
         <v>358</v>
       </c>
-      <c r="D148"/>
+      <c r="D148" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B149" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C149" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="D149" t="s">
         <v>361</v>
       </c>
+      <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B150" t="s">
         <v>362</v>
       </c>
       <c r="C150" t="s">
         <v>363</v>
       </c>
       <c r="D150" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B151" t="s">
         <v>365</v>
       </c>
       <c r="C151" t="s">
         <v>366</v>
       </c>
-      <c r="D151"/>
+      <c r="D151" t="s">
+        <v>367</v>
+      </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B152" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C152" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="D152" t="s">
         <v>369</v>
       </c>
+      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B153" t="s">
         <v>370</v>
       </c>
       <c r="C153" t="s">
         <v>371</v>
       </c>
       <c r="D153" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B154" t="s">
         <v>373</v>
       </c>
       <c r="C154" t="s">
         <v>374</v>
       </c>
-      <c r="D154"/>
+      <c r="D154" t="s">
+        <v>375</v>
+      </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>375</v>
+        <v>21</v>
       </c>
       <c r="B155" t="s">
         <v>376</v>
       </c>
       <c r="C155" t="s">
         <v>377</v>
       </c>
       <c r="D155"/>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B156" t="s">
-        <v>26</v>
+        <v>379</v>
       </c>
       <c r="C156" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="D156"/>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B157" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C157" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="D157"/>
+        <v>381</v>
+      </c>
+      <c r="D157" t="s">
+        <v>382</v>
+      </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B158" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C158" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B159" t="s">
-        <v>383</v>
+        <v>36</v>
       </c>
       <c r="C159" t="s">
         <v>384</v>
       </c>
       <c r="D159" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B160" t="s">
-        <v>44</v>
+        <v>386</v>
       </c>
       <c r="C160" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D160"/>
+        <v>387</v>
+      </c>
+      <c r="D160" t="s">
+        <v>388</v>
+      </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B161" t="s">
-        <v>387</v>
+        <v>49</v>
       </c>
       <c r="C161" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="D161" t="s">
         <v>389</v>
       </c>
+      <c r="D161"/>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B162" t="s">
         <v>390</v>
       </c>
       <c r="C162" t="s">
         <v>391</v>
       </c>
       <c r="D162" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B163" t="s">
-        <v>82</v>
+        <v>393</v>
       </c>
       <c r="C163" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D163" t="s">
-        <v>88</v>
+        <v>395</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B164" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C164" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="D164"/>
+        <v>396</v>
+      </c>
+      <c r="D164" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B165" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="C165" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B166" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C166" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="D166"/>
+        <v>398</v>
+      </c>
+      <c r="D166" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B167" t="s">
-        <v>398</v>
+        <v>142</v>
       </c>
       <c r="C167" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="D167" t="s">
         <v>400</v>
       </c>
+      <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B168" t="s">
-        <v>164</v>
+        <v>401</v>
       </c>
       <c r="C168" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="D168"/>
+        <v>402</v>
+      </c>
+      <c r="D168" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B169" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C169" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B170" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C170" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D170" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B171" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="C171" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D171" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B172" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C172" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D172" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B173" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="C173" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D173" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B174" t="s">
-        <v>412</v>
+        <v>216</v>
       </c>
       <c r="C174" t="s">
         <v>413</v>
       </c>
       <c r="D174" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B175" t="s">
-        <v>251</v>
+        <v>415</v>
       </c>
       <c r="C175" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="D175"/>
+        <v>416</v>
+      </c>
+      <c r="D175" t="s">
+        <v>417</v>
+      </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B176" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C176" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D176"/>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B177" t="s">
-        <v>417</v>
+        <v>264</v>
       </c>
       <c r="C177" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D177"/>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B178" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C178" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D178"/>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B179" t="s">
-        <v>263</v>
+        <v>420</v>
       </c>
       <c r="C179" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="D179"/>
+        <v>422</v>
+      </c>
+      <c r="D179" t="s">
+        <v>423</v>
+      </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B180" t="s">
         <v>268</v>
       </c>
       <c r="C180" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B181" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="C181" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D181"/>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B182" t="s">
-        <v>424</v>
+        <v>300</v>
       </c>
       <c r="C182" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="D182" t="s">
         <v>426</v>
       </c>
+      <c r="D182"/>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B183" t="s">
-        <v>304</v>
+        <v>427</v>
       </c>
       <c r="C183" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D183" t="s">
-        <v>306</v>
+        <v>429</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B184" t="s">
-        <v>428</v>
+        <v>310</v>
       </c>
       <c r="C184" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D184"/>
+        <v>430</v>
+      </c>
+      <c r="D184" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B185" t="s">
-        <v>307</v>
+        <v>431</v>
       </c>
       <c r="C185" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B186" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C186" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D186" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B187" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C187" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D187" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B188" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="C188" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D188" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B189" t="s">
-        <v>438</v>
+        <v>348</v>
       </c>
       <c r="C189" t="s">
         <v>439</v>
       </c>
       <c r="D189" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B190" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C190" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="D190"/>
+        <v>442</v>
+      </c>
+      <c r="D190" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B191" t="s">
-        <v>365</v>
+        <v>441</v>
       </c>
       <c r="C191" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D191"/>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B192" t="s">
-        <v>443</v>
+        <v>368</v>
       </c>
       <c r="C192" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="D192" t="s">
         <v>445</v>
+      </c>
+      <c r="D192"/>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>378</v>
+      </c>
+      <c r="B193" t="s">
+        <v>446</v>
+      </c>
+      <c r="C193" t="s">
+        <v>447</v>
+      </c>
+      <c r="D193" t="s">
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">