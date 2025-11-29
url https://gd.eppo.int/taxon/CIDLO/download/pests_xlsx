--- v0 (2025-10-18)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDLO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -459,50 +459,58 @@
     <t>Elsinoë fawcettii (as Citrus)</t>
   </si>
   <si>
     <t>CVEV00</t>
   </si>
   <si>
     <t>Enamovirus CVEV (as Citrus)</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Citrus)</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Citrus)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis (as Citrus)</t>
+  </si>
+  <si>
+    <t>* Afzal M, Ullah MI, Bashir MH, Mukhtar SN, Arshad M, Altaf N (2021) Diversity and abundance of mite species in citrus orchards of Sargodha, Pakistan. Punjab University Journal of Zoology 36(1), 37-46. https://dx.doi.org/10.17582/journal.pujz/2021.36.1.37.46
+* Chouikhi S, Cherif A, Sahraoui H, Grissa Lebdi K (2025) Effect of temperature on the biological and demographic parameters of two citrus pests: Eutetranychus orientalis (Klein) and Panonychus citri (McGregor) (Acarina: Tetranychidae). Acarologia 65(1), 255-264.
+* Gupta SK (1985) Plant mites of India. Zoological Survey of India: Calcutta. 520 pp.
+* Kamran M, Khan EM, Alatawi FJ (2018) The spider mites of the genus Eutetranychus Banks (Acari, Trombidiformes, Tetranychidae) from Saudi Arabia: two new species, a re-description, and a key to the world species. Zookeys 799, 47-88.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
   </si>
   <si>
     <t>EUWAPE</t>
   </si>
   <si>
     <t>Euwallacea perbrevis (as Citrus)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>EPHEVA</t>
   </si>
   <si>
     <t>Euzopherodes vapidella (as Citrus)</t>
   </si>
   <si>
     <t>GASDBR</t>
   </si>
   <si>
     <t>Gascardia brevicauda (as Citrus)</t>
   </si>
   <si>
     <t>ECDYAU</t>
   </si>
@@ -2108,921 +2116,923 @@
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
         <v>140</v>
       </c>
       <c r="C60" t="s">
         <v>141</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
         <v>142</v>
       </c>
       <c r="C61" t="s">
         <v>143</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C62" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D62" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C63" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C65" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D65" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C66" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C67" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>12</v>
       </c>
       <c r="B68" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C68" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D68" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>12</v>
       </c>
       <c r="B69" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C69" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>12</v>
       </c>
       <c r="B70" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C70" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C71" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>12</v>
       </c>
       <c r="B72" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C72" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>12</v>
       </c>
       <c r="B73" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C73" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>12</v>
       </c>
       <c r="B74" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C74" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D74" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C75" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D75" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>12</v>
       </c>
       <c r="B76" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C76" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>12</v>
       </c>
       <c r="B77" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C77" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>12</v>
       </c>
       <c r="B78" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C78" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>12</v>
       </c>
       <c r="B79" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C79" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D79" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>12</v>
       </c>
       <c r="B80" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C80" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>12</v>
       </c>
       <c r="B81" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C81" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>12</v>
       </c>
       <c r="B82" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C82" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>12</v>
       </c>
       <c r="B83" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C83" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>12</v>
       </c>
       <c r="B84" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C84" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>12</v>
       </c>
       <c r="B85" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C85" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>12</v>
       </c>
       <c r="B86" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C86" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>12</v>
       </c>
       <c r="B87" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C87" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>12</v>
       </c>
       <c r="B88" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C88" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>12</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C89" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D89" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>12</v>
       </c>
       <c r="B90" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C90" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>12</v>
       </c>
       <c r="B91" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C91" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D91" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>12</v>
       </c>
       <c r="B92" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C92" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>12</v>
       </c>
       <c r="B93" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C93" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>12</v>
       </c>
       <c r="B94" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C94" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>12</v>
       </c>
       <c r="B95" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C95" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D95" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>12</v>
       </c>
       <c r="B96" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C96" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D96" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>12</v>
       </c>
       <c r="B97" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C97" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>12</v>
       </c>
       <c r="B98" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C98" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D98" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>12</v>
       </c>
       <c r="B99" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C99" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>12</v>
       </c>
       <c r="B100" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C100" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D100" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>12</v>
       </c>
       <c r="B101" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C101" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D101" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C102" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D102" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>12</v>
       </c>
       <c r="B103" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C103" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C104" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>12</v>
       </c>
       <c r="B105" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C105" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D105" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>12</v>
       </c>
       <c r="B106" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C106" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D106" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>12</v>
       </c>
       <c r="B107" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C107" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>12</v>
       </c>
       <c r="B108" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C108" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D108" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>12</v>
       </c>
       <c r="B109" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C109" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>12</v>
       </c>
       <c r="B110" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C110" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D110" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>12</v>
       </c>
       <c r="B111" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C111" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>12</v>
       </c>
       <c r="B112" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C112" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D112" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>12</v>
       </c>
       <c r="B113" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C113" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>12</v>
       </c>
       <c r="B114" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C114" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>12</v>
       </c>
       <c r="B115" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C115" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D115" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>12</v>
       </c>
       <c r="B116" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C116" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>12</v>
       </c>
       <c r="B117" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C117" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D117" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>12</v>
       </c>
       <c r="B118" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C118" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D118" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>12</v>
       </c>
       <c r="B119" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C119" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>12</v>
       </c>
       <c r="B120" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C120" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D120" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>12</v>
       </c>
       <c r="B121" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C121" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D121" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>12</v>
       </c>
       <c r="B122" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C122" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>12</v>
       </c>
       <c r="B123" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C123" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D123" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>12</v>
       </c>
       <c r="B124" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C124" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D124" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>12</v>
       </c>
       <c r="B125" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C125" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B126" t="s">
         <v>35</v>
       </c>
       <c r="C126" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D126" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B127" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C127" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D127" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B128" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C128" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B129" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C129" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D129"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>