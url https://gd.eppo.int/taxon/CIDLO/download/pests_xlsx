--- v1 (2025-11-29)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDLO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -731,50 +731,60 @@
     <t>Pochazia shantungensis (as Citrus)</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri (as Citrus)</t>
   </si>
   <si>
     <t>CSYV00</t>
   </si>
   <si>
     <t>Potexvirus citriflavivenae</t>
   </si>
   <si>
     <t>* Zhou Y, Chen HM, Cao MJ, Wang XF, Jin X, Liu KH, Zhou CY (2017) Occurrence, distribution, and molecular characterization of Citrus yellow vein clearing virus in China. Plant Disease 101(1), 137-143.</t>
   </si>
   <si>
     <t>PRAYEN</t>
   </si>
   <si>
     <t>Prays endocarpa (as Citrus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Citrus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>CERCAN</t>
   </si>
   <si>
     <t>Pseudocercospora angolensis</t>
   </si>
   <si>
     <t>* EPPO (1996) Phaeoramularia angolensis. Data Sheets on Quarantine Pests. In Quarantine Pests for Europe (2nd edition) - Data Sheets on quarantine pests for the European Union and for the European and Mediterranean Plant Protection Organization. CABI, Wallingford (GB), 1425 pp.</t>
   </si>
   <si>
     <t>Pseudocercospora angolensis (as Citrus)</t>
   </si>
   <si>
     <t>* Bella-Manga F, Dubois C, Kuate J, Mimbimi-Ngbwa M, Rey JY (1999) Sensibilité à Phaeoramularia angolensis de divers d’agrumes cultivés en zone forestière humide du Cameroun. Fruits 54, 167-176.
 * Ndo EGD, Bella-Manga F, Ndindeng SA Ndoumbe-Nkeng M, Fontem AD, Cilast C (2010) Altitude, tree species and soil type are the main factors influencing the severity of Phaeoramularia leaf and fruit spot disease of citrus in the humid zones of Cameroon. European Journal of Plant Pathology 128, 385-397.</t>
   </si>
   <si>
     <t>RADOCI</t>
   </si>
   <si>
     <t>Radopholus similis citrus race (as Citrus)</t>
   </si>
   <si>
     <t>* O'Bannon (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of Nematology 9, 16-25.</t>
@@ -1320,51 +1330,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D129"/>
+  <dimension ref="A1:D130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2617,424 +2627,438 @@
       </c>
       <c r="C99" t="s">
         <v>230</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>12</v>
       </c>
       <c r="B100" t="s">
         <v>231</v>
       </c>
       <c r="C100" t="s">
         <v>232</v>
       </c>
       <c r="D100" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>12</v>
       </c>
       <c r="B101" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C101" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D101" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C102" t="s">
         <v>237</v>
       </c>
       <c r="D102" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>12</v>
       </c>
       <c r="B103" t="s">
         <v>239</v>
       </c>
       <c r="C103" t="s">
         <v>240</v>
       </c>
-      <c r="D103"/>
+      <c r="D103" t="s">
+        <v>241</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C104" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>12</v>
       </c>
       <c r="B105" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C105" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
         <v>245</v>
       </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>12</v>
       </c>
       <c r="B106" t="s">
         <v>246</v>
       </c>
       <c r="C106" t="s">
         <v>247</v>
       </c>
       <c r="D106" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>12</v>
       </c>
       <c r="B107" t="s">
         <v>249</v>
       </c>
       <c r="C107" t="s">
         <v>250</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>12</v>
       </c>
       <c r="B108" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C108" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D108" t="s">
         <v>253</v>
       </c>
+      <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>12</v>
       </c>
       <c r="B109" t="s">
         <v>254</v>
       </c>
       <c r="C109" t="s">
         <v>255</v>
       </c>
-      <c r="D109"/>
+      <c r="D109" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>12</v>
       </c>
       <c r="B110" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C110" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>12</v>
       </c>
       <c r="B111" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C111" t="s">
         <v>259</v>
       </c>
-      <c r="D111"/>
+      <c r="D111" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>12</v>
       </c>
       <c r="B112" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C112" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D112" t="s">
         <v>262</v>
       </c>
+      <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>12</v>
       </c>
       <c r="B113" t="s">
         <v>263</v>
       </c>
       <c r="C113" t="s">
         <v>264</v>
       </c>
-      <c r="D113"/>
+      <c r="D113" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>12</v>
       </c>
       <c r="B114" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C114" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>12</v>
       </c>
       <c r="B115" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C115" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D115" t="s">
         <v>269</v>
       </c>
+      <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>12</v>
       </c>
       <c r="B116" t="s">
         <v>270</v>
       </c>
       <c r="C116" t="s">
         <v>271</v>
       </c>
-      <c r="D116"/>
+      <c r="D116" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>12</v>
       </c>
       <c r="B117" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C117" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D117" t="s">
         <v>274</v>
       </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>12</v>
       </c>
       <c r="B118" t="s">
         <v>275</v>
       </c>
       <c r="C118" t="s">
         <v>276</v>
       </c>
       <c r="D118" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>12</v>
       </c>
       <c r="B119" t="s">
         <v>278</v>
       </c>
       <c r="C119" t="s">
         <v>279</v>
       </c>
-      <c r="D119"/>
+      <c r="D119" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>12</v>
       </c>
       <c r="B120" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C120" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D120" t="s">
         <v>282</v>
       </c>
+      <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>12</v>
       </c>
       <c r="B121" t="s">
         <v>283</v>
       </c>
       <c r="C121" t="s">
         <v>284</v>
       </c>
       <c r="D121" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>12</v>
       </c>
       <c r="B122" t="s">
         <v>286</v>
       </c>
       <c r="C122" t="s">
         <v>287</v>
       </c>
-      <c r="D122"/>
+      <c r="D122" t="s">
+        <v>288</v>
+      </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>12</v>
       </c>
       <c r="B123" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C123" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D123" t="s">
         <v>290</v>
       </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>12</v>
       </c>
       <c r="B124" t="s">
         <v>291</v>
       </c>
       <c r="C124" t="s">
         <v>292</v>
       </c>
       <c r="D124" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>12</v>
       </c>
       <c r="B125" t="s">
         <v>294</v>
       </c>
       <c r="C125" t="s">
         <v>295</v>
       </c>
-      <c r="D125"/>
+      <c r="D125" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>296</v>
+        <v>12</v>
       </c>
       <c r="B126" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
       <c r="C126" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="D126" t="s">
         <v>298</v>
       </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B127" t="s">
-        <v>299</v>
+        <v>35</v>
       </c>
       <c r="C127" t="s">
         <v>300</v>
       </c>
       <c r="D127" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B128" t="s">
         <v>302</v>
       </c>
       <c r="C128" t="s">
         <v>303</v>
       </c>
-      <c r="D128"/>
+      <c r="D128" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B129" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C129" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D129"/>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>299</v>
+      </c>
+      <c r="B130" t="s">
+        <v>307</v>
+      </c>
+      <c r="C130" t="s">
+        <v>308</v>
+      </c>
+      <c r="D130"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>