--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -12,75 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDLO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
+  </si>
+  <si>
+    <t>THRIPL</t>
+  </si>
+  <si>
+    <t>Thrips palmi (as Citrus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citrus was changed from Host to "doubtfult host" in 2026 because of insufficient evidence. 
+Childers and Beshear (1992) observed T. palmi feeding on Citrus flowers but there is no reference of citrus as a host that supports pest life cycle.
+* Childers CC, Beshear RJ (1992) Thrips (Thysanoptera) species associated with developing citrus flowers in Florida and a key to adult lerebrantian females. Journal of Entomological Science, 27(4):392-412
+* Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.
+------- list Citrus as host without sufficient reference. </t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>XANTCI</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. citri</t>
   </si>
   <si>
     <t>* Licciardello G, Caruso P, Bella P, Boyer C, Smith MW, Pruvost O, Robene I, Cubero J, Catara V (2022) Pathotyping citrus ornamental relatives with Xanthomonas citri pv. citri and X. citri pv. aurantifolii refines our understanding of their susceptibility to these pathogens. Microorganisms 10, 986. https://doi.org/10.3390/microorganisms10050986
 ------- Artificial inoculations studies.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Citrus)</t>
   </si>
   <si>
     <t>ALEDDU</t>
@@ -679,51 +692,55 @@
     <t>GUIGCI</t>
   </si>
   <si>
     <t>Phyllosticta citricarpa</t>
   </si>
   <si>
     <t>* Glienke C, Pereira OL, Stringari D, Fabris J, Kava-Cordeiro V, Galli-Terasawa L, Cunnington J, Shivas RG, Groenewald JZ, Crous PW (2011) Endophytic and pathogenic Phyllosticta species, with reference to those associated with Citrus Black Spot. Persoonia 26, 47.
 ----- Isolates from Brazil (Parana), on leaves.</t>
   </si>
   <si>
     <t>Phyllosticta citricarpa (as Citrus)</t>
   </si>
   <si>
     <t>PHYTCO</t>
   </si>
   <si>
     <t>Phytophthora citrophthora (as Citrus)</t>
   </si>
   <si>
     <t>* Riley N, Förster H, Adaskaveg JE (2024) Diversity and clonality in populations of Phytophthora citrophthora and P. syringae causing brown rot of citrus in California. Phytopathology 114(4), 792-801.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica (as Citrus)</t>
+    <t>Phytophthora nicotianae (as Citrus)</t>
+  </si>
+  <si>
+    <t>* Chaudhary S, Laughlin DA, Setamou M, da Graça JV, Kunta M, Alabi OJ, Crosby KM, Ong KL, Ancona V (2020) Incidence, severity, and characterization of Phytophthora foot rot of citrus in Texas and implications for disease management. Plant disease 104(9), 2455-2461.
+* Panabieres F, Ali GS, Allagui MB, Dalio RJ, Gudmestad NC, Kuhn ML, Guha Roy S, Schena L, Zampounis A (2016) Phytophthora nicotianae diseases worldwide: new knowledge of a long-recognised pathogen. Phytopathologia Mediterranea 55(1), 20−40.</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Citrus)</t>
   </si>
   <si>
     <t>PLANLI</t>
   </si>
   <si>
     <t>Planococcus lilacinus (as Citrus)</t>
   </si>
   <si>
     <t>DEUTTR</t>
   </si>
   <si>
     <t>Plenodomus tracheiphilus</t>
   </si>
   <si>
     <t>* Nigro F, Ippolito A, Salerno MG (2011) Mal secco disease of citrus: A journey through a century of research. Journal of Plant Pathology 93, 523-560.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
@@ -877,59 +894,50 @@
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Citrus)</t>
   </si>
   <si>
     <t>THEBPI</t>
   </si>
   <si>
     <t>Theba pisana (as Citrus)</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Citrus)</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from citrus species in Java (Indonesia).</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis (as Citrus)</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus (as Citrus)</t>
   </si>
   <si>
     <t>* Lacasa A, Lorca M, Martinez MC, Bielza P, Guirao P (2019) Thrips parvispinus (Karny, 1922), un nuevo trips en cultivos de plantas ornamentales. Phytoma Espana 311, 62-69
 ------- reported on ornamental citrus</t>
   </si>
   <si>
     <t>TIRAPL</t>
   </si>
   <si>
     <t>Tiracola plagiata (as Citrus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Citrus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
@@ -1340,1723 +1348,1725 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>23</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>34</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>42</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>52</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
         <v>68</v>
       </c>
       <c r="D28" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
       <c r="D30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>75</v>
       </c>
       <c r="C31" t="s">
         <v>76</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>85</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
         <v>86</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>90</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
         <v>94</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C43" t="s">
         <v>103</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C44" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>106</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>107</v>
       </c>
       <c r="C45" t="s">
         <v>108</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C46" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C48" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>115</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>116</v>
       </c>
       <c r="C49" t="s">
         <v>117</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>120</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C51" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D51"/>
+        <v>122</v>
+      </c>
+      <c r="D51" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C52" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>126</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>127</v>
       </c>
       <c r="C54" t="s">
         <v>128</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C55" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D55" t="s">
         <v>131</v>
       </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B56" t="s">
         <v>132</v>
       </c>
       <c r="C56" t="s">
         <v>133</v>
       </c>
       <c r="D56" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C57" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>136</v>
+      </c>
+      <c r="D57" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C58" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C59" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C60" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B61" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C61" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>144</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B62" t="s">
         <v>145</v>
       </c>
       <c r="C62" t="s">
         <v>146</v>
       </c>
       <c r="D62" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B63" t="s">
         <v>148</v>
       </c>
       <c r="C63" t="s">
         <v>149</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>150</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C64" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>154</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B66" t="s">
         <v>155</v>
       </c>
       <c r="C66" t="s">
         <v>156</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>157</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C67" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C68" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D68" t="s">
         <v>161</v>
       </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B69" t="s">
         <v>162</v>
       </c>
       <c r="C69" t="s">
         <v>163</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B70" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C70" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B71" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C71" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B72" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C72" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B73" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C73" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B74" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C74" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>174</v>
       </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B75" t="s">
         <v>175</v>
       </c>
       <c r="C75" t="s">
         <v>176</v>
       </c>
       <c r="D75" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B76" t="s">
         <v>178</v>
       </c>
       <c r="C76" t="s">
         <v>179</v>
       </c>
-      <c r="D76"/>
+      <c r="D76" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B77" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C77" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B78" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C78" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B79" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C79" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D79" t="s">
         <v>186</v>
       </c>
+      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B80" t="s">
         <v>187</v>
       </c>
       <c r="C80" t="s">
         <v>188</v>
       </c>
-      <c r="D80"/>
+      <c r="D80" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B81" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C81" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B82" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C82" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B83" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C83" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B84" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C84" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B85" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C85" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B86" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C86" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B87" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C87" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B88" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B89" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D89" t="s">
         <v>207</v>
       </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B90" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>209</v>
+      </c>
+      <c r="D90" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B91" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C91" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>211</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B92" t="s">
         <v>212</v>
       </c>
       <c r="C92" t="s">
         <v>213</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B93" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C93" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D93"/>
+        <v>216</v>
+      </c>
+      <c r="D93" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B94" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C94" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B95" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C95" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B96" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C96" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D96" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B97" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C97" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>226</v>
+      </c>
+      <c r="D97" t="s">
+        <v>227</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B98" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C98" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B99" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C99" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>231</v>
+      </c>
+      <c r="D99" t="s">
+        <v>232</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B100" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C100" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B101" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C101" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D101" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B102" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C102" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D102" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B103" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C103" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D103" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B104" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C104" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D104"/>
+        <v>244</v>
+      </c>
+      <c r="D104" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B105" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C105" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B106" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C106" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B107" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C107" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D107" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B108" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C108" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D108"/>
+        <v>254</v>
+      </c>
+      <c r="D108" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B109" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C109" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B110" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C110" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>259</v>
+      </c>
+      <c r="D110" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B111" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C111" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B112" t="s">
         <v>261</v>
       </c>
       <c r="C112" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="D112"/>
+        <v>263</v>
+      </c>
+      <c r="D112" t="s">
+        <v>264</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B113" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C113" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B114" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C114" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D114"/>
+        <v>268</v>
+      </c>
+      <c r="D114" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B115" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C115" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B116" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C116" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B117" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C117" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>275</v>
+      </c>
+      <c r="D117" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B118" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C118" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B119" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C119" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D119" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B120" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C120" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B121" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C121" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D121" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B122" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C122" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D122" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B123" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C123" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B124" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C124" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D124" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B125" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C125" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D125" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B126" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C126" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B127" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C127" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D127" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B128" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C128" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D128" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B129" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C129" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B130" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C130" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D130"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>