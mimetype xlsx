--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDAK" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -343,50 +343,58 @@
     <t>Elsinoë fawcettii (as Citrus)</t>
   </si>
   <si>
     <t>CVEV00</t>
   </si>
   <si>
     <t>Enamovirus CVEV (as Citrus)</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi (as Citrus)</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Citrus)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis (as Citrus)</t>
+  </si>
+  <si>
+    <t>* Afzal M, Ullah MI, Bashir MH, Mukhtar SN, Arshad M, Altaf N (2021) Diversity and abundance of mite species in citrus orchards of Sargodha, Pakistan. Punjab University Journal of Zoology 36(1), 37-46. https://dx.doi.org/10.17582/journal.pujz/2021.36.1.37.46
+* Chouikhi S, Cherif A, Sahraoui H, Grissa Lebdi K (2025) Effect of temperature on the biological and demographic parameters of two citrus pests: Eutetranychus orientalis (Klein) and Panonychus citri (McGregor) (Acarina: Tetranychidae). Acarologia 65(1), 255-264.
+* Gupta SK (1985) Plant mites of India. Zoological Survey of India: Calcutta. 520 pp.
+* Kamran M, Khan EM, Alatawi FJ (2018) The spider mites of the genus Eutetranychus Banks (Acari, Trombidiformes, Tetranychidae) from Saudi Arabia: two new species, a re-description, and a key to the world species. Zookeys 799, 47-88.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
   </si>
   <si>
     <t>EUWAPE</t>
   </si>
   <si>
     <t>Euwallacea perbrevis (as Citrus)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>EPHEVA</t>
   </si>
   <si>
     <t>Euzopherodes vapidella (as Citrus)</t>
   </si>
   <si>
     <t>GASDBR</t>
   </si>
   <si>
     <t>Gascardia brevicauda (as Citrus)</t>
   </si>
   <si>
     <t>ECDYAU</t>
   </si>
@@ -1752,853 +1760,855 @@
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>12</v>
       </c>
       <c r="B45" t="s">
         <v>104</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>12</v>
       </c>
       <c r="B46" t="s">
         <v>106</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C47" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D47" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C48" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>12</v>
       </c>
       <c r="B49" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C49" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>12</v>
       </c>
       <c r="B50" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C50" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D50" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>12</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>12</v>
       </c>
       <c r="B53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C54" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>12</v>
       </c>
       <c r="B55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>12</v>
       </c>
       <c r="B56" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>12</v>
       </c>
       <c r="B57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C57" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C58" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C59" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D60" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C61" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C63" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C64" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D64" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C65" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C66" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C67" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>12</v>
       </c>
       <c r="B68" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C68" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>12</v>
       </c>
       <c r="B69" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C69" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>12</v>
       </c>
       <c r="B70" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C70" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C71" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>12</v>
       </c>
       <c r="B72" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C72" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>12</v>
       </c>
       <c r="B73" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C73" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>12</v>
       </c>
       <c r="B74" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C74" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C75" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D75" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>12</v>
       </c>
       <c r="B76" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C76" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>12</v>
       </c>
       <c r="B77" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C77" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>12</v>
       </c>
       <c r="B78" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C78" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>12</v>
       </c>
       <c r="B79" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C79" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D79" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>12</v>
       </c>
       <c r="B80" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C80" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D80" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>12</v>
       </c>
       <c r="B81" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C81" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>12</v>
       </c>
       <c r="B82" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C82" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>12</v>
       </c>
       <c r="B83" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C83" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D83" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>12</v>
       </c>
       <c r="B84" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C84" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D84" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>12</v>
       </c>
       <c r="B85" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C85" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>12</v>
       </c>
       <c r="B86" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C86" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>12</v>
       </c>
       <c r="B87" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C87" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D87" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>12</v>
       </c>
       <c r="B88" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C88" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>12</v>
       </c>
       <c r="B89" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>12</v>
       </c>
       <c r="B90" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D90" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>12</v>
       </c>
       <c r="B91" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C91" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D91" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>12</v>
       </c>
       <c r="B92" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C92" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>12</v>
       </c>
       <c r="B93" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C93" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D93" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>12</v>
       </c>
       <c r="B94" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C94" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>12</v>
       </c>
       <c r="B95" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C95" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>12</v>
       </c>
       <c r="B96" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C96" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D96" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>12</v>
       </c>
       <c r="B97" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C97" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>12</v>
       </c>
       <c r="B98" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C98" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D98" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>12</v>
       </c>
       <c r="B99" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C99" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D99" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>12</v>
       </c>
       <c r="B100" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C100" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>12</v>
       </c>
       <c r="B101" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C101" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D101" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C102" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D102" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>12</v>
       </c>
       <c r="B103" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C103" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C104" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B105" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C105" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D105" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B106" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C106" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D106" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B107" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C107" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D107" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B108" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C108" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B109" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C109" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D109"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>