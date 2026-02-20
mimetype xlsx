--- v1 (2025-11-18)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIDAK" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTQU</t>
   </si>
   <si>
     <t>Ceratitis quinaria (as Citrus)</t>
   </si>
   <si>
     <t>* Manrakhan A, Grout TG, Grove T, Daneel JH, Stephen PR, Weldon CW, De Meyer M, Carstens E, Hattingh V (2020) A survey of Ceratitis quinaria (Bezzi)(Diptera: Tephritidae) in citrus production areas in South Africa. African Entomology 28(1), 35-43.
 ------- no confirmed rearing of C. quinaria on Citrus.</t>
   </si>
@@ -599,50 +599,60 @@
     <t>Plenodomus tracheiphilus</t>
   </si>
   <si>
     <t>* Nigro F, Ippolito A, Salerno MG (2011) Mal secco disease of citrus: A journey through a century of research. Journal of Plant Pathology 93, 523-560.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis (as Citrus)</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri (as Citrus)</t>
   </si>
   <si>
     <t>PRAYEN</t>
   </si>
   <si>
     <t>Prays endocarpa (as Citrus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Citrus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>CERCAN</t>
   </si>
   <si>
     <t>Pseudocercospora angolensis (as Citrus)</t>
   </si>
   <si>
     <t>* Bella-Manga F, Dubois C, Kuate J, Mimbimi-Ngbwa M, Rey JY (1999) Sensibilité à Phaeoramularia angolensis de divers d’agrumes cultivés en zone forestière humide du Cameroun. Fruits 54, 167-176.
 * Ndo EGD, Bella-Manga F, Ndindeng SA Ndoumbe-Nkeng M, Fontem AD, Cilast C (2010) Altitude, tree species and soil type are the main factors influencing the severity of Phaeoramularia leaf and fruit spot disease of citrus in the humid zones of Cameroon. European Journal of Plant Pathology 128, 385-397.</t>
   </si>
   <si>
     <t>RADOCI</t>
   </si>
   <si>
     <t>Radopholus similis citrus race (as Citrus)</t>
   </si>
   <si>
     <t>* O'Bannon (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of Nematology 9, 16-25.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Citrus)</t>
@@ -1172,51 +1182,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D109"/>
+  <dimension ref="A1:D110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="432.894" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2252,365 +2262,379 @@
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>12</v>
       </c>
       <c r="B84" t="s">
         <v>193</v>
       </c>
       <c r="C84" t="s">
         <v>194</v>
       </c>
       <c r="D84" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>12</v>
       </c>
       <c r="B85" t="s">
         <v>196</v>
       </c>
       <c r="C85" t="s">
         <v>197</v>
       </c>
-      <c r="D85"/>
+      <c r="D85" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>12</v>
       </c>
       <c r="B86" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C86" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>12</v>
       </c>
       <c r="B87" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C87" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>202</v>
       </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>12</v>
       </c>
       <c r="B88" t="s">
         <v>203</v>
       </c>
       <c r="C88" t="s">
         <v>204</v>
       </c>
       <c r="D88" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>12</v>
       </c>
       <c r="B89" t="s">
         <v>206</v>
       </c>
       <c r="C89" t="s">
         <v>207</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>12</v>
       </c>
       <c r="B90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C90" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>210</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>12</v>
       </c>
       <c r="B91" t="s">
         <v>211</v>
       </c>
       <c r="C91" t="s">
         <v>212</v>
       </c>
       <c r="D91" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>12</v>
       </c>
       <c r="B92" t="s">
         <v>214</v>
       </c>
       <c r="C92" t="s">
         <v>215</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>12</v>
       </c>
       <c r="B93" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C93" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D93" t="s">
         <v>218</v>
       </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>12</v>
       </c>
       <c r="B94" t="s">
         <v>219</v>
       </c>
       <c r="C94" t="s">
         <v>220</v>
       </c>
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>12</v>
       </c>
       <c r="B95" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C95" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>12</v>
       </c>
       <c r="B96" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C96" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>225</v>
       </c>
+      <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>12</v>
       </c>
       <c r="B97" t="s">
         <v>226</v>
       </c>
       <c r="C97" t="s">
         <v>227</v>
       </c>
-      <c r="D97"/>
+      <c r="D97" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>12</v>
       </c>
       <c r="B98" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C98" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>230</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>12</v>
       </c>
       <c r="B99" t="s">
         <v>231</v>
       </c>
       <c r="C99" t="s">
         <v>232</v>
       </c>
       <c r="D99" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>12</v>
       </c>
       <c r="B100" t="s">
         <v>234</v>
       </c>
       <c r="C100" t="s">
         <v>235</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>12</v>
       </c>
       <c r="B101" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C101" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D101" t="s">
         <v>238</v>
       </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
         <v>239</v>
       </c>
       <c r="C102" t="s">
         <v>240</v>
       </c>
       <c r="D102" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>12</v>
       </c>
       <c r="B103" t="s">
         <v>242</v>
       </c>
       <c r="C103" t="s">
         <v>243</v>
       </c>
-      <c r="D103"/>
+      <c r="D103" t="s">
+        <v>244</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C104" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>246</v>
+        <v>12</v>
       </c>
       <c r="B105" t="s">
         <v>247</v>
       </c>
       <c r="C105" t="s">
         <v>248</v>
       </c>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B106" t="s">
         <v>250</v>
       </c>
       <c r="C106" t="s">
         <v>251</v>
       </c>
       <c r="D106" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B107" t="s">
         <v>253</v>
       </c>
       <c r="C107" t="s">
         <v>254</v>
       </c>
       <c r="D107" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B108" t="s">
         <v>256</v>
       </c>
       <c r="C108" t="s">
         <v>257</v>
       </c>
-      <c r="D108"/>
+      <c r="D108" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B109" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C109" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D109"/>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>249</v>
+      </c>
+      <c r="B110" t="s">
+        <v>261</v>
+      </c>
+      <c r="C110" t="s">
+        <v>262</v>
+      </c>
+      <c r="D110"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>