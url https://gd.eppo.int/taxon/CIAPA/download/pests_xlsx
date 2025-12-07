--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -380,51 +380,53 @@
   </si>
   <si>
     <t>* Abato-Zárate M, Villanueva-Jimenez JA, Otero-Colina G, Avila C (2014) Acarofauna associated to papaya orchards in Veracruz, Mexico Acta Zoologica Mexicana (N.S.), 30: 595-609.
 * Andrews KL, Poe SL (1980) Spider mites of El Salvador, Central America (Acari: Tetranychidae), Florida Entomologist, 63: 502-505.
 * Baker EW, Pritchard AE (1962) Arañas rojas de América Central (Acarina : Tetranychidae). Revista de la Sociedad Mexicana de Historia Natural, 23: 309-340.
 * Berry P (1959) Entomologia economica de El Salvador. Boletin Técnico, 24: 1-256.
 * Flechtmann CHW, Kreiter S, Etienne J, Moraes GJd (1999) Plant mites (Acari) of the French Antilles. 1. Tetranychoidea (Prostigmata). Acarologia, 40: 137-144.
 * Ochoa R, Agular H, Sanabria C (1991) Acaros fitofagos de America Central: guia ilustrada, 251 pp. CATIE, Turrialba, Costa Rica.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Drabo E, Waongo A, Traoré F, Sanon A, Auger P (2023) First discovery of Tetranychus truncatus in Africa and new records of spider mites (Prostigmata, Tetranychidae) in Burkina Faso. Acarologia 63(3), 969-977. https://doi.org/10.24349/5105-aj8l</t>
+    <t>* Drabo E, Waongo A, Traoré F, Sanon A, Auger P (2023) First discovery of Tetranychus truncatus in Africa and new records of spider mites (Prostigmata, Tetranychidae) in Burkina Faso. Acarologia 63(3), 969-977. https://doi.org/10.24349/5105-aj8l
+* Ehara S (1999) Revision of the Spider Mite Family Tetranychidae of Japan (Acari, Prostigmata). Species Diversity 4(1), 63-141.
+* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
   </si>
   <si>
     <t>ACHAFU</t>
   </si>
   <si>
     <t>Lissachatina fulica</t>
   </si>
   <si>
     <t>* Thiengo SC, Faraco FA, Salgado NC, Cowie RH, Fernandez MA (2007) Rapid spread of an invasive snail in South America: the giant African snail, Achatina fulica, in Brasil. Biological Invasions 9, 693-702.</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>