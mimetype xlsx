--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIAPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Past records for C. rosa sensu lato, now attributed to C. quilicii</t>
   </si>
   <si>
@@ -196,50 +196,63 @@
   </si>
   <si>
     <t>BCTROC</t>
   </si>
   <si>
     <t>Bactrocera occipitalis</t>
   </si>
   <si>
     <t>* Liquido NJ, Lee KLK,  Santamaria J (2019) Host plant records of Bactrocera occipitalis (Bezzi) (Diptera : Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). https://coffhi.cphst.org/ (accessed 16/05/2020)
 * White IM, Elson-Harris MM (1992) Fruit flies of economic significance: their identification and bionomics. Commonwealth Agricultural Bureau International (CABI), Wallingford, U.K. 601p.</t>
   </si>
   <si>
     <t>DACUZO</t>
   </si>
   <si>
     <t>Bactrocera zonata</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.</t>
   </si>
   <si>
     <t>BAGRHI</t>
   </si>
   <si>
     <t>Bagrada hilaris</t>
+  </si>
+  <si>
+    <t>CHILCU</t>
+  </si>
+  <si>
+    <t>Begomovirus chillicapsici</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Brown JK, Zerbini FM, Navas-Castillo J, Moriones E, Ramos-Sobrinho R, Silva JCF, Fiallo-Olive E, Briddon RW, Hernández-Zepeda C, Idris A, Malathi VG, Martin DP, Rivera-Bustamante R, Ueda S, Varsani A (2015) Revision of Begomovirus taxonomy based on pairwise sequence comparisons. Archives of Virology 160, 1593-1619. https://doi.org/10.1007/s00705-015-2398-y
+------- isolate from Carica papaya
+* Udavatha P, Mesta RK, Basavarajappa MP, Venkataravanappa V, Devappa V, Narasimha Reddy LRC, Shankarappa KS (2023) Identification of Novel Begomoviruses Associated with Leaf Curl Disease of Papaya (Carica papaya L.) in India. Agronomy 13(1), 3. https://doi.org/10.3390/agronomy13010003
+------- several isolates from different districts of Karnataka. See also supplementary material
+</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Haq QMI, Sohrab SS, Brown JK, Al-Harrasi A (2022) Association of tomato yellow leaf curl virus - Oman strain with the leaf curl and yellow mosaic symptoms on papaya and wild poinsettia in Oman. Canadian Journal of Plant Pathology 44(3), 465-472.</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Khan AJ, Akhtar S, Al-Shihi AA, Al-Hinai FM, Briddon RW (2012) Identification of Cotton leaf curl Gezira virus in papaya in Oman. Plant Disease 96(11), 1704. https://doi.org/10.1094/PDIS-05-12-0438-PDN</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
@@ -1052,51 +1065,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D76"/>
+  <dimension ref="A1:D77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1378,65 +1391,65 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s">
         <v>68</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>71</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
@@ -1474,169 +1487,169 @@
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
         <v>88</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>93</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" t="s">
         <v>95</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
         <v>103</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>110</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="s">
         <v>112</v>
       </c>
       <c r="D40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
@@ -1674,131 +1687,131 @@
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
       <c r="C44" t="s">
         <v>124</v>
       </c>
       <c r="D44" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>126</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>130</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
         <v>131</v>
       </c>
       <c r="C47" t="s">
         <v>132</v>
       </c>
       <c r="D47" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="s">
         <v>135</v>
       </c>
       <c r="D48" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C51" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>143</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
         <v>144</v>
       </c>
       <c r="C52" t="s">
         <v>145</v>
       </c>
       <c r="D52" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53" t="s">
         <v>148</v>
       </c>
@@ -1808,77 +1821,77 @@
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>150</v>
       </c>
       <c r="C54" t="s">
         <v>151</v>
       </c>
       <c r="D54" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>154</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>155</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C57" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>159</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
         <v>160</v>
       </c>
       <c r="C58" t="s">
         <v>161</v>
       </c>
       <c r="D58" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
         <v>163</v>
       </c>
       <c r="C59" t="s">
         <v>164</v>
       </c>
@@ -1916,65 +1929,65 @@
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
         <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>173</v>
       </c>
       <c r="D62" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63" t="s">
         <v>175</v>
       </c>
       <c r="C63" t="s">
         <v>176</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C64" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>179</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
         <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
         <v>183</v>
       </c>
       <c r="C66" t="s">
         <v>184</v>
       </c>
@@ -2004,139 +2017,153 @@
         <v>189</v>
       </c>
       <c r="C68" t="s">
         <v>190</v>
       </c>
       <c r="D68" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69" t="s">
         <v>192</v>
       </c>
       <c r="C69" t="s">
         <v>193</v>
       </c>
       <c r="D69" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>15</v>
+      </c>
+      <c r="B70" t="s">
         <v>195</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>196</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B71" t="s">
         <v>199</v>
       </c>
       <c r="C71" t="s">
         <v>200</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C72" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>203</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B73" t="s">
         <v>204</v>
       </c>
       <c r="C73" t="s">
         <v>205</v>
       </c>
       <c r="D73" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B74" t="s">
         <v>207</v>
       </c>
       <c r="C74" t="s">
         <v>208</v>
       </c>
       <c r="D74" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B75" t="s">
         <v>210</v>
       </c>
       <c r="C75" t="s">
         <v>211</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>212</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D76"/>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>198</v>
+      </c>
+      <c r="B77" t="s">
+        <v>215</v>
+      </c>
+      <c r="C77" t="s">
+        <v>216</v>
+      </c>
+      <c r="D77"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>