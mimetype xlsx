--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIAPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Past records for C. rosa sensu lato, now attributed to C. quilicii</t>
   </si>
   <si>
@@ -171,50 +171,59 @@
   </si>
   <si>
     <t>Bactrocera curvipennis</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>BCTRKA</t>
   </si>
   <si>
     <t>Bactrocera kandiensis</t>
   </si>
   <si>
     <t>* Tsuruta K, White IM, Bandara HMJ, Rajapakse H, Sundaraperuma SAH, Kahawatta SBMUC, Rajapakse GBJP (1997) A preliminary notes on the host-plants of fruit flies of the tribe Dacini (Diptera, Tephritidae) in Sri Lanka. Esakia 37, 149-160.</t>
+  </si>
+  <si>
+    <t>DACUMU</t>
+  </si>
+  <si>
+    <t>Bactrocera musae</t>
+  </si>
+  <si>
+    <t>* Leblanc L, Vueti ET, Allwood AJ (2012) Host plant records for fruit flies (Diptera: Tephritidae: Dacini) in the Pacific Islands. Proceedings of the Hawaiian Entomological Society 44, 11–53.</t>
   </si>
   <si>
     <t>BCTROC</t>
   </si>
   <si>
     <t>Bactrocera occipitalis</t>
   </si>
   <si>
     <t>* Liquido NJ, Lee KLK,  Santamaria J (2019) Host plant records of Bactrocera occipitalis (Bezzi) (Diptera : Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). https://coffhi.cphst.org/ (accessed 16/05/2020)
 * White IM, Elson-Harris MM (1992) Fruit flies of economic significance: their identification and bionomics. Commonwealth Agricultural Bureau International (CABI), Wallingford, U.K. 601p.</t>
   </si>
   <si>
     <t>DACUZO</t>
   </si>
   <si>
     <t>Bactrocera zonata</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.</t>
   </si>
   <si>
     <t>BAGRHI</t>
   </si>
   <si>
     <t>Bagrada hilaris</t>
@@ -514,50 +523,57 @@
   <si>
     <t>Potyvirus cucurbitaflavitesselati</t>
   </si>
   <si>
     <t>* Ferwerda-Licha M (2002) Mixed infection of papaya ringspot virus, zucchini yellow mosaic virus and papaya bunchy top affecting papaya (Carica papaya L.) in Puerto Rico. Phytopathology 92(6), S25.
 * Tripathi S, Verma A, Kushwah SS, Verma R (2024) First report of zucchini yellow mosaic virus infecting papaya in India. Journal of Plant Pathology 106, 745.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t xml:space="preserve">* Matsunaga JN, Howarth FG, Kumashiro BR (2019) New state records and additions to the alien terrestrial arthropod fauna in the Hawaiian Islands. Proceedings of the Hawaiian Entomological Society 51(1), 1-71. https://scholarspace.manoa.hawaii.edu/server/api/core/bitstreams/f57fe030-c574-4cb9-91d3-548c993b5b3d/content
 </t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Carica)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SPPHOB</t>
   </si>
   <si>
     <t>Rhabdoscelus obscurus</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Scott-Brown AS, Hodgetts J, Hall J, Simmonds MJS, Collins DW (2018) Potential role of botanic garden collections in predicting hosts at risk globally from invasive pests: a case study using Scirtothrips dorsalis. Journal of Pest Science 91(2), 601-611.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>SLENRU</t>
@@ -677,50 +693,53 @@
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>TOXTCU</t>
   </si>
   <si>
     <t>Anastrepha curvicauda</t>
   </si>
   <si>
     <t>* Knab F, Yothers WW (1914) Papaya fruit fly. Journal of Agricultural Research 2(6), 447-453.
 * Pena JE, Baranowski RM, Litz RE (1986) Oviposition of the papaya fruit fly Toxotrypana curvicauda Gerstaecker as affected by fruit maturity. Florida Entomologist 69(2), 344-348.</t>
   </si>
   <si>
     <t>ASPRCA</t>
   </si>
   <si>
     <t>Asperisporium caricae</t>
+  </si>
+  <si>
+    <t>* Saldaña MI, Márquez M, Ruíz P (1985) Identification of fungus diseases of pawpaw (Carica papaya L.) in Tabasco State. Revista Mexicana de Fitopatología 3(1), 14-17.</t>
   </si>
   <si>
     <t>BCTRJA</t>
   </si>
   <si>
     <t>Bactrocera jarvisi</t>
   </si>
   <si>
     <t>* Welty Peachey AM, Moses ER, Johnson AJ, Lehman MG, Yoder JM, De Faveri SG, Cheesman J, Manoukis NC, Siderhurst MS (2025) Wind effects on individual male and female Bactrocera jarvisi (Diptera: Tephritidae) tracked using harmonic radar. Environmental Entomology 54(1), 1-14. https://doi.org/10.1093/ee/nvae108</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.
 * Leblanc L, Vueti ET, Drew AI, Allwood AJ (2012) Host plant records for fruit flies (Diptera: Tephritidae: Dacini) in the Pacific islands. Proceedings of the Hawaiian Society 44, 11-53.</t>
   </si>
   <si>
     <t>PHYPAU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma australiense'</t>
@@ -1065,51 +1084,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1337,65 +1356,65 @@
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
       <c r="C19" t="s">
         <v>57</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>60</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>65</v>
       </c>
@@ -1405,65 +1424,65 @@
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>74</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" t="s">
         <v>79</v>
       </c>
@@ -1501,169 +1520,169 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
         <v>88</v>
       </c>
       <c r="D30" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>91</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>96</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="s">
         <v>101</v>
       </c>
       <c r="D35" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="s">
         <v>106</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>113</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s">
         <v>118</v>
       </c>
@@ -1701,131 +1720,131 @@
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45" t="s">
         <v>126</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
       <c r="D45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
         <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>130</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>133</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="s">
         <v>135</v>
       </c>
       <c r="D48" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s">
         <v>141</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C52" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>146</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53" t="s">
         <v>148</v>
       </c>
       <c r="D53" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>150</v>
       </c>
       <c r="C54" t="s">
         <v>151</v>
       </c>
@@ -1835,335 +1854,365 @@
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>154</v>
       </c>
       <c r="D55" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
         <v>156</v>
       </c>
       <c r="C56" t="s">
         <v>157</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s">
         <v>159</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C58" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>162</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
         <v>163</v>
       </c>
       <c r="C59" t="s">
         <v>164</v>
       </c>
-      <c r="D59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60" t="s">
+        <v>165</v>
+      </c>
+      <c r="C60" t="s">
         <v>166</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61" t="s">
+        <v>168</v>
+      </c>
+      <c r="C61" t="s">
         <v>169</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
+        <v>171</v>
+      </c>
+      <c r="C62" t="s">
         <v>172</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63" t="s">
+        <v>174</v>
+      </c>
+      <c r="C63" t="s">
         <v>175</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64" t="s">
+        <v>177</v>
+      </c>
+      <c r="C64" t="s">
         <v>178</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>179</v>
       </c>
-      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
         <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
         <v>183</v>
       </c>
       <c r="C66" t="s">
         <v>184</v>
       </c>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
+        <v>185</v>
+      </c>
+      <c r="C67" t="s">
         <v>186</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68" t="s">
+        <v>188</v>
+      </c>
+      <c r="C68" t="s">
         <v>189</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69" t="s">
+        <v>191</v>
+      </c>
+      <c r="C69" t="s">
         <v>192</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70" t="s">
+        <v>194</v>
+      </c>
+      <c r="C70" t="s">
         <v>195</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>15</v>
+      </c>
+      <c r="B71" t="s">
+        <v>197</v>
+      </c>
+      <c r="C71" t="s">
         <v>198</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>198</v>
+        <v>15</v>
       </c>
       <c r="B72" t="s">
+        <v>200</v>
+      </c>
+      <c r="C72" t="s">
+        <v>201</v>
+      </c>
+      <c r="D72" t="s">
         <v>202</v>
       </c>
-      <c r="C72" t="s">
-[...2 lines deleted...]
-      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B73" t="s">
         <v>204</v>
       </c>
       <c r="C73" t="s">
         <v>205</v>
       </c>
       <c r="D73" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B74" t="s">
         <v>207</v>
       </c>
       <c r="C74" t="s">
         <v>208</v>
       </c>
       <c r="D74" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B75" t="s">
         <v>210</v>
       </c>
       <c r="C75" t="s">
         <v>211</v>
       </c>
       <c r="D75" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B76" t="s">
         <v>213</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
-      <c r="D76"/>
+      <c r="D76" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B77" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C77" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>217</v>
+      </c>
+      <c r="D77" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>203</v>
+      </c>
+      <c r="B78" t="s">
+        <v>219</v>
+      </c>
+      <c r="C78" t="s">
+        <v>220</v>
+      </c>
+      <c r="D78"/>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>203</v>
+      </c>
+      <c r="B79" t="s">
+        <v>221</v>
+      </c>
+      <c r="C79" t="s">
+        <v>222</v>
+      </c>
+      <c r="D79"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>