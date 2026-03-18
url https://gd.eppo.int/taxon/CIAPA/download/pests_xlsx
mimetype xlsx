--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CIAPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Past records for C. rosa sensu lato, now attributed to C. quilicii</t>
   </si>
   <si>
@@ -405,50 +405,59 @@
 * Andrews KL, Poe SL (1980) Spider mites of El Salvador, Central America (Acari: Tetranychidae), Florida Entomologist, 63: 502-505.
 * Baker EW, Pritchard AE (1962) Arañas rojas de América Central (Acarina : Tetranychidae). Revista de la Sociedad Mexicana de Historia Natural, 23: 309-340.
 * Berry P (1959) Entomologia economica de El Salvador. Boletin Técnico, 24: 1-256.
 * Flechtmann CHW, Kreiter S, Etienne J, Moraes GJd (1999) Plant mites (Acari) of the French Antilles. 1. Tetranychoidea (Prostigmata). Acarologia, 40: 137-144.
 * Ochoa R, Agular H, Sanabria C (1991) Acaros fitofagos de America Central: guia ilustrada, 251 pp. CATIE, Turrialba, Costa Rica.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
     <t>* Drabo E, Waongo A, Traoré F, Sanon A, Auger P (2023) First discovery of Tetranychus truncatus in Africa and new records of spider mites (Prostigmata, Tetranychidae) in Burkina Faso. Acarologia 63(3), 969-977. https://doi.org/10.24349/5105-aj8l
 * Ehara S (1999) Revision of the Spider Mite Family Tetranychidae of Japan (Acari, Prostigmata). Species Diversity 4(1), 63-141.
 * Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis</t>
+  </si>
+  <si>
+    <t>* Zanuncio-Junior JS, dos Santos Martins D, Fornazier MJ, Ventura JA, Queiroz RB, Pinent SM, Zanuncio JC (2016) Thrips species (Thysanoptera: Thripidae) in Brazilian papaya (Brassicales: Caricaceae) orchards as potential virus vectors. Florida Entomologist 99(2), 314-317. https://doi.org/10.1653/024.099.0228</t>
   </si>
   <si>
     <t>ACHAFU</t>
   </si>
   <si>
     <t>Lissachatina fulica</t>
   </si>
   <si>
     <t>* Thiengo SC, Faraco FA, Salgado NC, Cowie RH, Fernandez MA (2007) Rapid spread of an invasive snail in South America: the giant African snail, Achatina fulica, in Brasil. Biological Invasions 9, 693-702.</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
@@ -1084,51 +1093,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1734,225 +1743,225 @@
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46" t="s">
         <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>130</v>
       </c>
       <c r="D46" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" t="s">
         <v>133</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>136</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s">
         <v>141</v>
       </c>
       <c r="D50" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s">
         <v>144</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>145</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C53" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>149</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54" t="s">
         <v>150</v>
       </c>
       <c r="C54" t="s">
         <v>151</v>
       </c>
       <c r="D54" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>154</v>
       </c>
       <c r="D55" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56" t="s">
         <v>156</v>
       </c>
       <c r="C56" t="s">
         <v>157</v>
       </c>
       <c r="D56" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C58" t="s">
         <v>162</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C60" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>167</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61" t="s">
         <v>168</v>
       </c>
       <c r="C61" t="s">
         <v>169</v>
       </c>
       <c r="D61" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62" t="s">
         <v>171</v>
       </c>
       <c r="C62" t="s">
         <v>172</v>
       </c>
@@ -1990,65 +1999,65 @@
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65" t="s">
         <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66" t="s">
         <v>183</v>
       </c>
       <c r="C66" t="s">
         <v>184</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C67" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>187</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68" t="s">
         <v>188</v>
       </c>
       <c r="C68" t="s">
         <v>189</v>
       </c>
       <c r="D68" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69" t="s">
         <v>191</v>
       </c>
       <c r="C69" t="s">
         <v>192</v>
       </c>
@@ -2078,141 +2087,155 @@
         <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>198</v>
       </c>
       <c r="D71" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72" t="s">
         <v>200</v>
       </c>
       <c r="C72" t="s">
         <v>201</v>
       </c>
       <c r="D72" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>15</v>
+      </c>
+      <c r="B73" t="s">
         <v>203</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>204</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B74" t="s">
         <v>207</v>
       </c>
       <c r="C74" t="s">
         <v>208</v>
       </c>
       <c r="D74" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B75" t="s">
         <v>210</v>
       </c>
       <c r="C75" t="s">
         <v>211</v>
       </c>
       <c r="D75" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B76" t="s">
         <v>213</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
       <c r="D76" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B77" t="s">
         <v>216</v>
       </c>
       <c r="C77" t="s">
         <v>217</v>
       </c>
       <c r="D77" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B78" t="s">
         <v>219</v>
       </c>
       <c r="C78" t="s">
         <v>220</v>
       </c>
-      <c r="D78"/>
+      <c r="D78" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D79"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>206</v>
+      </c>
+      <c r="B80" t="s">
+        <v>224</v>
+      </c>
+      <c r="C80" t="s">
+        <v>225</v>
+      </c>
+      <c r="D80"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>