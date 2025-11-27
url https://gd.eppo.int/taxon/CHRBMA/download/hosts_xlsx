--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -595,51 +595,52 @@
     <t>* Rudolph EA, Wiman NG (2023) Insights from specimen data for two economic Chrysobothris species (Coleoptera: Buprestidae) in the western United States. Annals of the Entomological Society of America (early view). https://doi.org/10.1093/aesa/saad009
 ------- Study on museum specimen labels (collected on logs of this species).
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- conifers are not attacked. Therefore the record in Rudolph &amp; Wiman (2023) was added under doubtful hosts.</t>
   </si>
   <si>
     <t>PURST</t>
   </si>
   <si>
     <t>Purshia stansburiana</t>
   </si>
   <si>
     <t>* Rudolph EA, Wiman NG (2023) Insights from specimen data for two economic Chrysobothris species (Coleoptera: Buprestidae) in the western United States. Annals of the Entomological Society of America (early view). https://doi.org/10.1093/aesa/saad009
 ------- Study on museum specimen labels (no details on the association type). As Purshia mexicana var. stansburyana.</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- confirmed true host of Chrysobothis mali
 * Homan HW (2020) Pacific Flathead Borer. Retrieved from treefruit.wsu.edu/crop-protection/opm/pacific-flathead-borer/
-</t>
+* Kron CR, Murillo AD, Gonçalves CG, Zoller BG, Addesso K, Klingeman WE, Moulton JK (2025) DNA barcoding helps establish a novel host-plant association for Chrysobothris mali Horn, 1886 (Coleoptera: Buprestidae) larvae found infesting Pyrus communis L.‘Bartlett’(Rosaceae) fruit in Lake County, California orchards. The Pan-Pacific Entomologist 101(3), 262-272. 
+------- fruit as larval host. </t>
   </si>
   <si>
     <t>QUEAG</t>
   </si>
   <si>
     <t>Quercus agrifolia</t>
   </si>
   <si>
     <t>* Burke HE (1919) Biological notes on the flatheaded apple tree borer (Chrysobothris Femorata Fab.) and the Pacific flatheaded apple tree borer (Chrysobothris Mali Horn). Journal of Economic Entomology 12(4), 326–333.
 ------- reared from this species
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- confirmed true host of Chrysobothis mali (based on Burke, 1919)
 * Rudolph EA, Wiman NG (2023) Insights from specimen data for two economic Chrysobothris species (Coleoptera: Buprestidae) in the western United States. Annals of the Entomological Society of America (early view). https://doi.org/10.1093/aesa/saad009
 ------- Study on museum specimen labels (no details on the association type).</t>
   </si>
   <si>
     <t>QUEGA</t>
   </si>
   <si>
     <t>Quercus gambelii</t>
   </si>
   <si>
     <t>RIBER</t>
   </si>
   <si>
@@ -1375,51 +1376,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="330.205" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="428.181" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>