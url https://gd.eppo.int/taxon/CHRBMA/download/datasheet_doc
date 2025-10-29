--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId792468e707ec9154c" w:history="1">
+            <w:hyperlink r:id="rId46116901fe5e89b0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257668e707ec91596" w:history="1">
+            <w:hyperlink r:id="rId61576901fe5e89bb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73852329" name="name545468e707ec933f8" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="19964978" name="name60626901fe5e8bbf6" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId547768e707ec933f4" cstate="print"/>
+                    <a:blip r:embed="rId22976901fe5e8bbf4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522968e707ec94ab1" w:history="1">
+      <w:hyperlink r:id="rId83346901fe5e8d344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287168e707ec94bb2" w:history="1">
+      <w:hyperlink r:id="rId34946901fe5e8d409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234368e707ec94c58" w:history="1">
+      <w:hyperlink r:id="rId92606901fe5e8d46a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560068e707ec94cbe" w:history="1">
+      <w:hyperlink r:id="rId84626901fe5e8d4ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199368e707ec94cff" w:history="1">
+      <w:hyperlink r:id="rId73076901fe5e8d50a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607468e707ec94d6c" w:history="1">
+      <w:hyperlink r:id="rId42966901fe5e8d549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295868e707ec94daf" w:history="1">
+      <w:hyperlink r:id="rId96876901fe5e8d586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813268e707ec94df0" w:history="1">
+      <w:hyperlink r:id="rId35016901fe5e8d5c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102768e707ec94e10" w:history="1"/>
+      <w:hyperlink r:id="rId24816901fe5e8d5e4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758068e707ec94e5b" w:history="1"/>
+      <w:hyperlink r:id="rId45496901fe5e8d62f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402368e707ec94ee5" w:history="1">
+      <w:hyperlink r:id="rId46396901fe5e8d6b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776668e707ec94f44" w:history="1">
+      <w:hyperlink r:id="rId61756901fe5e8d717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861068e707ec94f85" w:history="1">
+      <w:hyperlink r:id="rId45576901fe5e8d757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361668e707ec95003" w:history="1"/>
+      <w:hyperlink r:id="rId27896901fe5e8d7d5" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821568e707ec95069" w:history="1">
+      <w:hyperlink r:id="rId83546901fe5e8d83a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220668e707ec951df" w:history="1">
+      <w:hyperlink r:id="rId13226901fe5e8d91e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455668e707ec952c5" w:history="1">
+      <w:hyperlink r:id="rId72396901fe5e8da14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33930355">
+  <w:abstractNum w:abstractNumId="26996296">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98594130">
+    <w:lvl w:ilvl="0" w:tplc="32586760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98594130" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32586760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33930354">
+  <w:abstractNum w:abstractNumId="26996295">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15464625">
+    <w:lvl w:ilvl="0" w:tplc="79158205">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33930354">
-    <w:abstractNumId w:val="33930354"/>
+  <w:num w:numId="26996295">
+    <w:abstractNumId w:val="26996295"/>
   </w:num>
-  <w:num w:numId="33930355">
-    <w:abstractNumId w:val="33930355"/>
+  <w:num w:numId="26996296">
+    <w:abstractNumId w:val="26996296"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243349150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId881752478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792468e707ec9154c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId257668e707ec91596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId522968e707ec94ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId287168e707ec94bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId234368e707ec94c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId560068e707ec94cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId199368e707ec94cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId607468e707ec94d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId295868e707ec94daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId813268e707ec94df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId102768e707ec94e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId758068e707ec94e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId402368e707ec94ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId776668e707ec94f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId861068e707ec94f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId361668e707ec95003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId821568e707ec95069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId220668e707ec951df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId455668e707ec952c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId547768e707ec933f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547768e707ec933f4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId108520818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890346200" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46116901fe5e89b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId61576901fe5e89bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId83346901fe5e8d344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId34946901fe5e8d409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId92606901fe5e8d46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId84626901fe5e8d4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId73076901fe5e8d50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId42966901fe5e8d549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId96876901fe5e8d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId35016901fe5e8d5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId24816901fe5e8d5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId45496901fe5e8d62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId46396901fe5e8d6b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId61756901fe5e8d717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId45576901fe5e8d757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId27896901fe5e8d7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId83546901fe5e8d83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId13226901fe5e8d91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72396901fe5e8da14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId22976901fe5e8bbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22976901fe5e8bbf4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>