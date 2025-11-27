--- v1 (2025-10-29)
+++ v2 (2025-11-27)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46116901fe5e89b0c" w:history="1">
+            <w:hyperlink r:id="rId50356927ca4baaf9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61576901fe5e89bb8" w:history="1">
+            <w:hyperlink r:id="rId93926927ca4baafe0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19964978" name="name60626901fe5e8bbf6" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="52366343" name="name70026927ca4bac6ba" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22976901fe5e8bbf4" cstate="print"/>
+                    <a:blip r:embed="rId13196927ca4bac6b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83346901fe5e8d344" w:history="1">
+      <w:hyperlink r:id="rId90506927ca4bad686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34946901fe5e8d409" w:history="1">
+      <w:hyperlink r:id="rId54166927ca4bad745" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92606901fe5e8d46a" w:history="1">
+      <w:hyperlink r:id="rId65126927ca4bad7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84626901fe5e8d4ca" w:history="1">
+      <w:hyperlink r:id="rId69396927ca4bad803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73076901fe5e8d50a" w:history="1">
+      <w:hyperlink r:id="rId14946927ca4bad841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42966901fe5e8d549" w:history="1">
+      <w:hyperlink r:id="rId47786927ca4bad87f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96876901fe5e8d586" w:history="1">
+      <w:hyperlink r:id="rId69766927ca4bad8bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35016901fe5e8d5c5" w:history="1">
+      <w:hyperlink r:id="rId19446927ca4bad8fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24816901fe5e8d5e4" w:history="1"/>
+      <w:hyperlink r:id="rId80216927ca4bad919" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45496901fe5e8d62f" w:history="1"/>
+      <w:hyperlink r:id="rId31726927ca4bad963" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46396901fe5e8d6b8" w:history="1">
+      <w:hyperlink r:id="rId85576927ca4bad9eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61756901fe5e8d717" w:history="1">
+      <w:hyperlink r:id="rId55786927ca4bada47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45576901fe5e8d757" w:history="1">
+      <w:hyperlink r:id="rId81096927ca4bada86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27896901fe5e8d7d5" w:history="1"/>
+      <w:hyperlink r:id="rId76696927ca4badb02" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83546901fe5e8d83a" w:history="1">
+      <w:hyperlink r:id="rId14606927ca4badb66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13226901fe5e8d91e" w:history="1">
+      <w:hyperlink r:id="rId75506927ca4badc47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72396901fe5e8da14" w:history="1">
+      <w:hyperlink r:id="rId51156927ca4badd2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26996296">
+  <w:abstractNum w:abstractNumId="98602084">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32586760">
+    <w:lvl w:ilvl="0" w:tplc="58362180">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32586760" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58362180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26996295">
+  <w:abstractNum w:abstractNumId="98602083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79158205">
+    <w:lvl w:ilvl="0" w:tplc="60803953">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26996295">
-    <w:abstractNumId w:val="26996295"/>
+  <w:num w:numId="98602083">
+    <w:abstractNumId w:val="98602083"/>
   </w:num>
-  <w:num w:numId="26996296">
-    <w:abstractNumId w:val="26996296"/>
+  <w:num w:numId="98602084">
+    <w:abstractNumId w:val="98602084"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId108520818" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890346200" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46116901fe5e89b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId61576901fe5e89bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId83346901fe5e8d344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId34946901fe5e8d409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId92606901fe5e8d46a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId84626901fe5e8d4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId73076901fe5e8d50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId42966901fe5e8d549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId96876901fe5e8d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId35016901fe5e8d5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId24816901fe5e8d5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId45496901fe5e8d62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId46396901fe5e8d6b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId61756901fe5e8d717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId45576901fe5e8d757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId27896901fe5e8d7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId83546901fe5e8d83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId13226901fe5e8d91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72396901fe5e8da14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId22976901fe5e8bbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22976901fe5e8bbf4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728854472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId218575154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50356927ca4baaf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId93926927ca4baafe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId90506927ca4bad686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId54166927ca4bad745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId65126927ca4bad7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId69396927ca4bad803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId14946927ca4bad841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId47786927ca4bad87f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId69766927ca4bad8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId19446927ca4bad8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId80216927ca4bad919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId31726927ca4bad963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId85576927ca4bad9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId55786927ca4bada47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId81096927ca4bada86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId76696927ca4badb02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId14606927ca4badb66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId75506927ca4badc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51156927ca4badd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId13196927ca4bac6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13196927ca4bac6b7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>