--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50356927ca4baaf9d" w:history="1">
+            <w:hyperlink r:id="rId150969428d051cdbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93926927ca4baafe0" w:history="1">
+            <w:hyperlink r:id="rId627869428d051ce04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52366343" name="name70026927ca4bac6ba" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="60051593" name="name142469428d051e85a" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13196927ca4bac6b7" cstate="print"/>
+                    <a:blip r:embed="rId206969428d051e857" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90506927ca4bad686" w:history="1">
+      <w:hyperlink r:id="rId457269428d051f8b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54166927ca4bad745" w:history="1">
+      <w:hyperlink r:id="rId543169428d051f97a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65126927ca4bad7a4" w:history="1">
+      <w:hyperlink r:id="rId452769428d051f9d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69396927ca4bad803" w:history="1">
+      <w:hyperlink r:id="rId592969428d051fa35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14946927ca4bad841" w:history="1">
+      <w:hyperlink r:id="rId746269428d051fa73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47786927ca4bad87f" w:history="1">
+      <w:hyperlink r:id="rId718469428d051fab0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69766927ca4bad8bc" w:history="1">
+      <w:hyperlink r:id="rId282369428d051faee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19446927ca4bad8fa" w:history="1">
+      <w:hyperlink r:id="rId742269428d051fb2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80216927ca4bad919" w:history="1"/>
+      <w:hyperlink r:id="rId542769428d051fb4b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31726927ca4bad963" w:history="1"/>
+      <w:hyperlink r:id="rId803269428d051fb95" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85576927ca4bad9eb" w:history="1">
+      <w:hyperlink r:id="rId217169428d051fc29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55786927ca4bada47" w:history="1">
+      <w:hyperlink r:id="rId473269428d051fc87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81096927ca4bada86" w:history="1">
+      <w:hyperlink r:id="rId564369428d051fcc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76696927ca4badb02" w:history="1"/>
+      <w:hyperlink r:id="rId464169428d051fd43" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14606927ca4badb66" w:history="1">
+      <w:hyperlink r:id="rId485469428d051fda8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75506927ca4badc47" w:history="1">
+      <w:hyperlink r:id="rId471269428d051fe8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51156927ca4badd2b" w:history="1">
+      <w:hyperlink r:id="rId632569428d051ff5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98602084">
+  <w:abstractNum w:abstractNumId="56755210">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58362180">
+    <w:lvl w:ilvl="0" w:tplc="58477546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58362180" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58477546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98602083">
+  <w:abstractNum w:abstractNumId="56755209">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60803953">
+    <w:lvl w:ilvl="0" w:tplc="46607456">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98602083">
-    <w:abstractNumId w:val="98602083"/>
+  <w:num w:numId="56755209">
+    <w:abstractNumId w:val="56755209"/>
   </w:num>
-  <w:num w:numId="98602084">
-    <w:abstractNumId w:val="98602084"/>
+  <w:num w:numId="56755210">
+    <w:abstractNumId w:val="56755210"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728854472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId218575154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50356927ca4baaf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId93926927ca4baafe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId90506927ca4bad686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId54166927ca4bad745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId65126927ca4bad7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId69396927ca4bad803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId14946927ca4bad841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId47786927ca4bad87f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId69766927ca4bad8bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId19446927ca4bad8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId80216927ca4bad919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId31726927ca4bad963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId85576927ca4bad9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId55786927ca4bada47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId81096927ca4bada86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId76696927ca4badb02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId14606927ca4badb66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId75506927ca4badc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51156927ca4badd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId13196927ca4bac6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13196927ca4bac6b7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902150999" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889512773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId150969428d051cdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId627869428d051ce04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId457269428d051f8b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId543169428d051f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId452769428d051f9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId592969428d051fa35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId746269428d051fa73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId718469428d051fab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId282369428d051faee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId742269428d051fb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId542769428d051fb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId803269428d051fb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId217169428d051fc29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId473269428d051fc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId564369428d051fcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId464169428d051fd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId485469428d051fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId471269428d051fe8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632569428d051ff5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId206969428d051e857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId206969428d051e857.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>