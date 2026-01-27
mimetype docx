--- v3 (2025-12-17)
+++ v4 (2026-01-27)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150969428d051cdbf" w:history="1">
+            <w:hyperlink r:id="rId5950697870661ca63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627869428d051ce04" w:history="1">
+            <w:hyperlink r:id="rId4989697870661caa9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60051593" name="name142469428d051e85a" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="38462012" name="name2834697870661e7c5" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId206969428d051e857" cstate="print"/>
+                    <a:blip r:embed="rId3227697870661e7c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457269428d051f8b8" w:history="1">
+      <w:hyperlink r:id="rId2988697870661f876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543169428d051f97a" w:history="1">
+      <w:hyperlink r:id="rId9419697870661f93d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452769428d051f9d8" w:history="1">
+      <w:hyperlink r:id="rId3258697870661f99b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592969428d051fa35" w:history="1">
+      <w:hyperlink r:id="rId1509697870661f9fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746269428d051fa73" w:history="1">
+      <w:hyperlink r:id="rId6902697870661fa3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718469428d051fab0" w:history="1">
+      <w:hyperlink r:id="rId5883697870661fa77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId282369428d051faee" w:history="1">
+      <w:hyperlink r:id="rId6062697870661fab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742269428d051fb2b" w:history="1">
+      <w:hyperlink r:id="rId1476697870661faf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542769428d051fb4b" w:history="1"/>
+      <w:hyperlink r:id="rId8242697870661fb12" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803269428d051fb95" w:history="1"/>
+      <w:hyperlink r:id="rId2844697870661fb5d" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217169428d051fc29" w:history="1">
+      <w:hyperlink r:id="rId2377697870661fbe5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473269428d051fc87" w:history="1">
+      <w:hyperlink r:id="rId7161697870661fc43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564369428d051fcc7" w:history="1">
+      <w:hyperlink r:id="rId1851697870661fc82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464169428d051fd43" w:history="1"/>
+      <w:hyperlink r:id="rId8141697870661fcfe" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485469428d051fda8" w:history="1">
+      <w:hyperlink r:id="rId8064697870661fd64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5112,73 +5112,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471269428d051fe8b" w:history="1">
+      <w:hyperlink r:id="rId5655697870661fe53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632569428d051ff5d" w:history="1">
+      <w:hyperlink r:id="rId1447697870661ff24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56755210">
+  <w:abstractNum w:abstractNumId="12551056">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58477546">
+    <w:lvl w:ilvl="0" w:tplc="48190419">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58477546" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48190419" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56755209">
+  <w:abstractNum w:abstractNumId="12551055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46607456">
+    <w:lvl w:ilvl="0" w:tplc="14288895">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56755209">
-    <w:abstractNumId w:val="56755209"/>
+  <w:num w:numId="12551055">
+    <w:abstractNumId w:val="12551055"/>
   </w:num>
-  <w:num w:numId="56755210">
-    <w:abstractNumId w:val="56755210"/>
+  <w:num w:numId="12551056">
+    <w:abstractNumId w:val="12551056"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902150999" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889512773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId150969428d051cdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId627869428d051ce04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId457269428d051f8b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId543169428d051f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId452769428d051f9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId592969428d051fa35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId746269428d051fa73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId718469428d051fab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId282369428d051faee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId742269428d051fb2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId542769428d051fb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId803269428d051fb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId217169428d051fc29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId473269428d051fc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId564369428d051fcc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId464169428d051fd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId485469428d051fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId471269428d051fe8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632569428d051ff5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId206969428d051e857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId206969428d051e857.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895959176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333152881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5950697870661ca63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId4989697870661caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId2988697870661f876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId9419697870661f93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId3258697870661f99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId1509697870661f9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId6902697870661fa3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId5883697870661fa77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId6062697870661fab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId1476697870661faf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId8242697870661fb12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2844697870661fb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2377697870661fbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId7161697870661fc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId1851697870661fc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId8141697870661fcfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8064697870661fd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId5655697870661fe53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1447697870661ff24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId3227697870661e7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3227697870661e7c2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>