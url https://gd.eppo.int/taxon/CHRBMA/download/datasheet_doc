--- v4 (2026-01-27)
+++ v5 (2026-02-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5950697870661ca63" w:history="1">
+            <w:hyperlink r:id="rId23526993647718dfa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4989697870661caa9" w:history="1">
+            <w:hyperlink r:id="rId40166993647718e3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38462012" name="name2834697870661e7c5" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="31607863" name="name4544699364771a81b" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3227697870661e7c2" cstate="print"/>
+                    <a:blip r:embed="rId3590699364771a818" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2988697870661f876" w:history="1">
+      <w:hyperlink r:id="rId6067699364771b86e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9419697870661f93d" w:history="1">
+      <w:hyperlink r:id="rId7157699364771b931" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3258697870661f99b" w:history="1">
+      <w:hyperlink r:id="rId5476699364771b98f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1509697870661f9fb" w:history="1">
+      <w:hyperlink r:id="rId7175699364771b9ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6902697870661fa3a" w:history="1">
+      <w:hyperlink r:id="rId1599699364771ba2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5883697870661fa77" w:history="1">
+      <w:hyperlink r:id="rId8880699364771ba67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6062697870661fab5" w:history="1">
+      <w:hyperlink r:id="rId2415699364771baa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1476697870661faf3" w:history="1">
+      <w:hyperlink r:id="rId8557699364771bae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8242697870661fb12" w:history="1"/>
+      <w:hyperlink r:id="rId7428699364771bb01" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2844697870661fb5d" w:history="1"/>
+      <w:hyperlink r:id="rId3247699364771bb4a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2377697870661fbe5" w:history="1">
+      <w:hyperlink r:id="rId5717699364771bbd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7161697870661fc43" w:history="1">
+      <w:hyperlink r:id="rId6315699364771bc2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1851697870661fc82" w:history="1">
+      <w:hyperlink r:id="rId8392699364771bc6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8141697870661fcfe" w:history="1"/>
+      <w:hyperlink r:id="rId4262699364771bce6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8064697870661fd64" w:history="1">
+      <w:hyperlink r:id="rId8295699364771bd4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5655697870661fe53" w:history="1">
+      <w:hyperlink r:id="rId5591699364771be2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1447697870661ff24" w:history="1">
+      <w:hyperlink r:id="rId2741699364771befc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12551056">
+  <w:abstractNum w:abstractNumId="12269246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48190419">
+    <w:lvl w:ilvl="0" w:tplc="71533433">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48190419" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71533433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12551055">
+  <w:abstractNum w:abstractNumId="12269245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14288895">
+    <w:lvl w:ilvl="0" w:tplc="90632949">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12551055">
-    <w:abstractNumId w:val="12551055"/>
+  <w:num w:numId="12269245">
+    <w:abstractNumId w:val="12269245"/>
   </w:num>
-  <w:num w:numId="12551056">
-    <w:abstractNumId w:val="12551056"/>
+  <w:num w:numId="12269246">
+    <w:abstractNumId w:val="12269246"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895959176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333152881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5950697870661ca63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId4989697870661caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId2988697870661f876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId9419697870661f93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId3258697870661f99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId1509697870661f9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId6902697870661fa3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId5883697870661fa77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId6062697870661fab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId1476697870661faf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId8242697870661fb12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2844697870661fb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2377697870661fbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId7161697870661fc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId1851697870661fc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId8141697870661fcfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8064697870661fd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId5655697870661fe53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1447697870661ff24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId3227697870661e7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3227697870661e7c2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId131662235" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786497632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23526993647718dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId40166993647718e3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId6067699364771b86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId7157699364771b931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId5476699364771b98f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7175699364771b9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId1599699364771ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId8880699364771ba67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId2415699364771baa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId8557699364771bae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId7428699364771bb01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3247699364771bb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId5717699364771bbd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId6315699364771bc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId8392699364771bc6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId4262699364771bce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8295699364771bd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId5591699364771be2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2741699364771befc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId3590699364771a818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3590699364771a818.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>