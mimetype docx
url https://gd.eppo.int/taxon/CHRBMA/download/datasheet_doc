--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23526993647718dfa" w:history="1">
+            <w:hyperlink r:id="rId684069aeab95be055" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40166993647718e3d" w:history="1">
+            <w:hyperlink r:id="rId620469aeab95be0a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31607863" name="name4544699364771a81b" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="32124040" name="name273269aeab95bfc71" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3590699364771a818" cstate="print"/>
+                    <a:blip r:embed="rId557469aeab95bfc6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6067699364771b86e" w:history="1">
+      <w:hyperlink r:id="rId794569aeab95c0d2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7157699364771b931" w:history="1">
+      <w:hyperlink r:id="rId653469aeab95c0df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5476699364771b98f" w:history="1">
+      <w:hyperlink r:id="rId129469aeab95c0e70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7175699364771b9ed" w:history="1">
+      <w:hyperlink r:id="rId757069aeab95c0ed4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1599699364771ba2a" w:history="1">
+      <w:hyperlink r:id="rId711069aeab95c0f12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8880699364771ba67" w:history="1">
+      <w:hyperlink r:id="rId387169aeab95c0f51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2415699364771baa4" w:history="1">
+      <w:hyperlink r:id="rId775769aeab95c0f8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8557699364771bae2" w:history="1">
+      <w:hyperlink r:id="rId829869aeab95c0fcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7428699364771bb01" w:history="1"/>
+      <w:hyperlink r:id="rId667169aeab95c0feb" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3247699364771bb4a" w:history="1"/>
+      <w:hyperlink r:id="rId866569aeab95c1048" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5717699364771bbd2" w:history="1">
+      <w:hyperlink r:id="rId280769aeab95c10d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6315699364771bc2e" w:history="1">
+      <w:hyperlink r:id="rId633069aeab95c114a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8392699364771bc6c" w:history="1">
+      <w:hyperlink r:id="rId345869aeab95c118c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4262699364771bce6" w:history="1"/>
+      <w:hyperlink r:id="rId200869aeab95c120a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8295699364771bd4a" w:history="1">
+      <w:hyperlink r:id="rId132469aeab95c1270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5591699364771be2c" w:history="1">
+      <w:hyperlink r:id="rId357169aeab95c1366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2741699364771befc" w:history="1">
+      <w:hyperlink r:id="rId244269aeab95c1459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12269246">
+  <w:abstractNum w:abstractNumId="40977647">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71533433">
+    <w:lvl w:ilvl="0" w:tplc="19807771">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71533433" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19807771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12269245">
+  <w:abstractNum w:abstractNumId="40977646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90632949">
+    <w:lvl w:ilvl="0" w:tplc="68753969">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12269245">
-    <w:abstractNumId w:val="12269245"/>
+  <w:num w:numId="40977646">
+    <w:abstractNumId w:val="40977646"/>
   </w:num>
-  <w:num w:numId="12269246">
-    <w:abstractNumId w:val="12269246"/>
+  <w:num w:numId="40977647">
+    <w:abstractNumId w:val="40977647"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId131662235" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786497632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23526993647718dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId40166993647718e3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId6067699364771b86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId7157699364771b931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId5476699364771b98f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7175699364771b9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId1599699364771ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId8880699364771ba67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId2415699364771baa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId8557699364771bae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId7428699364771bb01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3247699364771bb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId5717699364771bbd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId6315699364771bc2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId8392699364771bc6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId4262699364771bce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8295699364771bd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId5591699364771be2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2741699364771befc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId3590699364771a818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3590699364771a818.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296364237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568940930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId684069aeab95be055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId620469aeab95be0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId794569aeab95c0d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId653469aeab95c0df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId129469aeab95c0e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId757069aeab95c0ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId711069aeab95c0f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId387169aeab95c0f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId775769aeab95c0f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId829869aeab95c0fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId667169aeab95c0feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId866569aeab95c1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId280769aeab95c10d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId633069aeab95c114a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId345869aeab95c118c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId200869aeab95c120a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId132469aeab95c1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId357169aeab95c1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId244269aeab95c1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId557469aeab95bfc6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557469aeab95bfc6d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>