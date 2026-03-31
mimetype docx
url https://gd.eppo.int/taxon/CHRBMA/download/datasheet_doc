--- v6 (2026-03-09)
+++ v7 (2026-03-31)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Buprestidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pacific flat-headed borer, Pacific flatheaded borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId684069aeab95be055" w:history="1">
+            <w:hyperlink r:id="rId679969cb3fd29eacf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620469aeab95be0a4" w:history="1">
+            <w:hyperlink r:id="rId480769cb3fd29eb12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2069,63 +2069,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from British Colombia to Manitoba, and its northernmost record is at approximately 50° N latitude. A few records in the literature (Minnesota, Indiana, Mexico) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32124040" name="name273269aeab95bfc71" descr="CHRBMA_distribution_map.jpg"/>
+            <wp:docPr id="33895125" name="name978969cb3fd2a05db" descr="CHRBMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId557469aeab95bfc6d" cstate="print"/>
+                    <a:blip r:embed="rId774169cb3fd2a05d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4247,51 +4247,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C. 83. 36 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cahill D (2020) Controlling Pacific Flathead Borer in Agricultural Crops. Organic Farmer. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794569aeab95c0d2f" w:history="1">
+      <w:hyperlink r:id="rId842469cb3fd2a16a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4364,51 +4364,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653469aeab95c0df2" w:history="1">
+      <w:hyperlink r:id="rId622269cb3fd2a1766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4423,51 +4423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129469aeab95c0e70" w:history="1">
+      <w:hyperlink r:id="rId821869cb3fd2a17d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4480,267 +4480,267 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. PhD Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999a) Crop Profile for apples in California. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757069aeab95c0ed4" w:history="1">
+      <w:hyperlink r:id="rId100169cb3fd2a183f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999b) Crop Profile for pears in Oregon. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711069aeab95c0f12" w:history="1">
+      <w:hyperlink r:id="rId502069cb3fd2a187f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999c) Crop Profile for almonds in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387169aeab95c0f51" w:history="1">
+      <w:hyperlink r:id="rId879369cb3fd2a18be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (1999d) Crop Profile for prunes in California. Prepared: October 26, 1999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775769aeab95c0f8e" w:history="1">
+      <w:hyperlink r:id="rId826969cb3fd2a18fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPM Centers Crop Profiles (2018) A pest management strategic plan for California prune production </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829869aeab95c0fcc" w:history="1">
+      <w:hyperlink r:id="rId754269cb3fd2a193b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667169aeab95c0feb" w:history="1"/>
+      <w:hyperlink r:id="rId543869cb3fd2a195b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Keyes T, Andrews H, Rudolph E, Mugica A &amp; Wiman N (2020) Biology and Morphometrics of the Pacific Flatheaded Borer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94th Annual Orchard Pest &amp; Disease Management Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 44. Hilton Portland, Portland, Oregon January 8-10. OPDMC. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866569aeab95c1048" w:history="1"/>
+      <w:hyperlink r:id="rId642169cb3fd2a19a6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Löbl I &amp; Smetana A (2006) Catalogue of Palaearctic Coleoptera, Volume 3: Scarabaeoidea - Scirtoidea - Dascilloidea - Buprestoidea - Byrrhoidea. Apollo Books.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4771,51 +4771,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Portland, Oregon January 8-10, OPDMC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Northwest Extension (2023) Pacific Northwest Handbooks. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280769aeab95c10d5" w:history="1">
+      <w:hyperlink r:id="rId613369cb3fd2a1a31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4828,90 +4828,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J (2019) Increasing Evidence of Pacific Flatheaded Borer Attack in Walnut Orchards in California. West Coast Nut. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633069aeab95c114a" w:history="1">
+      <w:hyperlink r:id="rId811369cb3fd2a1a91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22-11-2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rijal J &amp; Seybold S (2019a) Biology and control of Pacific flatheaded borer in walnuts. 10 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345869aeab95c118c" w:history="1">
+      <w:hyperlink r:id="rId127069cb3fd2a1ad3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ucanr.edu/sites/cawalnut/files/319307.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosetta R (2019) Important Flatheaded Borer Species Impacting Ornamental Trees and Shrubs in Oregon. In Flatheaded Borer Workshop, p. 31. Tennessee State University, McMinnville, USA, July 1-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200869aeab95c120a" w:history="1"/>
+      <w:hyperlink r:id="rId389269cb3fd2a1b51" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4997,51 +4997,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strand L &amp; Ohlendorf B (2002) Integrated Pest Management for Almonds, 2nd Edition. University of California Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2020) Statewide Integrated Pest Management Program, University of California Agriculture and Natural Resources. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132469aeab95c1270" w:history="1">
+      <w:hyperlink r:id="rId707069cb3fd2a1bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed September 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5134,51 +5134,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357169aeab95c1366" w:history="1">
+      <w:hyperlink r:id="rId308469cb3fd2a1c9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5263,51 +5263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244269aeab95c1459" w:history="1">
+      <w:hyperlink r:id="rId772569cb3fd2a1d6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12992</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5394,137 +5394,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40977647">
+  <w:abstractNum w:abstractNumId="12177828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19807771">
+    <w:lvl w:ilvl="0" w:tplc="66284609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19807771" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66284609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40977646">
+  <w:abstractNum w:abstractNumId="12177827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68753969">
+    <w:lvl w:ilvl="0" w:tplc="70384383">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6276,55 +6276,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40977646">
-    <w:abstractNumId w:val="40977646"/>
+  <w:num w:numId="12177827">
+    <w:abstractNumId w:val="12177827"/>
   </w:num>
-  <w:num w:numId="40977647">
-    <w:abstractNumId w:val="40977647"/>
+  <w:num w:numId="12177828">
+    <w:abstractNumId w:val="12177828"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17874,51 +17874,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296364237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568940930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId684069aeab95be055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId620469aeab95be0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId794569aeab95c0d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId653469aeab95c0df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId129469aeab95c0e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId757069aeab95c0ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId711069aeab95c0f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId387169aeab95c0f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId775769aeab95c0f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId829869aeab95c0fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId667169aeab95c0feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId866569aeab95c1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId280769aeab95c10d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId633069aeab95c114a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId345869aeab95c118c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId200869aeab95c120a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId132469aeab95c1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId357169aeab95c1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId244269aeab95c1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId557469aeab95bfc6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557469aeab95bfc6d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340364932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219871767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId679969cb3fd29eacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/" TargetMode="External"/><Relationship Id="rId480769cb3fd29eb12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBMA/categorization" TargetMode="External"/><Relationship Id="rId842469cb3fd2a16a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicfarmermag.com/2020/07/controlling-pacific-flathead-borer-in-agricultural-crops/" TargetMode="External"/><Relationship Id="rId622269cb3fd2a1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId821869cb3fd2a17d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId100169cb3fd2a183f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAapples.pdf" TargetMode="External"/><Relationship Id="rId502069cb3fd2a187f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/ORpears.pdf" TargetMode="External"/><Relationship Id="rId879369cb3fd2a18be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAalmonds.pdf" TargetMode="External"/><Relationship Id="rId826969cb3fd2a18fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/cropprofiles/CAprunes.pdf" TargetMode="External"/><Relationship Id="rId754269cb3fd2a193b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipmdata.ipmcenters.org/documents/pmsps/2018PRUNEPMSP.pdf" TargetMode="External"/><Relationship Id="rId543869cb3fd2a195b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3D%2BIPM%2BCenters%2BCrop%2BProfiles%2B%25282018%2529%2BA%2Bpest%2Bmanagement%2Bstrategic%2Bplan%2Bfor%2BCalifornia%2Bprune%2Bproduction%2Bhttps%253A%252F%252Fipmdata.ipmcenters.org%252Fdocuments%252Fpmsps%252F2018PRUNEPMSP.pdf&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId642169cb3fd2a19a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DKeyes%2BT%252C%2BAndrews%2BH%252C%2BRudolph%2BE%252C%2BMugica%2BA%2B%2526%2BWiman%2BN%2B%25282020%2529%2BBiology%2Band%2BMorphometrics%2Bof%2Bthe%2BPacific%2BFlatheaded%2BBorer.%2BIn%2B94th%2BAnnual%2BOrchard%2BPest%2B%2526%2BDisease%2BManagement%2BConference%252C%2Bp.%2B44.%2BHilton%2BPortland%252C%2BPortland%252C%2BOregon%2BJanuary%2B8%25E2%2580%259010.%2BOPDMC.&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId613369cb3fd2a1a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/" TargetMode="External"/><Relationship Id="rId811369cb3fd2a1a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcngg.com/2019/11/04/increasing-evidence-of-pacific-flatheaded-borer-attack-in-walnut-orchards-in-california" TargetMode="External"/><Relationship Id="rId127069cb3fd2a1ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucanr.edu/sites/cawalnut/files/319307.pdf" TargetMode="External"/><Relationship Id="rId389269cb3fd2a1b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12992&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId707069cb3fd2a1bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/" TargetMode="External"/><Relationship Id="rId308469cb3fd2a1c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId772569cb3fd2a1d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12992" TargetMode="External"/><Relationship Id="rId774169cb3fd2a05d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774169cb3fd2a05d7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>