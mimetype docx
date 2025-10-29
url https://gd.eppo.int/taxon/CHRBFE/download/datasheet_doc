--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId935668e6e21561898" w:history="1">
+            <w:hyperlink r:id="rId30416901e7e700b75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919168e6e215618dd" w:history="1">
+            <w:hyperlink r:id="rId60736901e7e700bb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81578069" name="name984068e6e215619d0" descr="9973.jpg"/>
+                  <wp:docPr id="23677847" name="name94396901e7e700c7d" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId299268e6e215619cf" cstate="print"/>
+                          <a:blip r:embed="rId43486901e7e700c7c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId785268e6e21561b11" w:history="1">
+            <w:hyperlink r:id="rId40376901e7e700d46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77803709" name="name892568e6e21562768" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="72428371" name="name24506901e7e7024ee" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId856768e6e21562765" cstate="print"/>
+                    <a:blip r:embed="rId66866901e7e7024ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768568e6e21563e1b" w:history="1"/>
+      <w:hyperlink r:id="rId73816901e7e703f7f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692468e6e21563e8d" w:history="1"/>
+      <w:hyperlink r:id="rId23716901e7e703ff8" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644368e6e21563eb7" w:history="1">
+      <w:hyperlink r:id="rId69556901e7e704024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192568e6e21563ef6" w:history="1">
+      <w:hyperlink r:id="rId53496901e7e704067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369168e6e21563f53" w:history="1"/>
+      <w:hyperlink r:id="rId36296901e7e704169" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656668e6e21564052" w:history="1"/>
+      <w:hyperlink r:id="rId61296901e7e704279" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494368e6e215640d9" w:history="1">
+      <w:hyperlink r:id="rId71796901e7e70432e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511468e6e21564155" w:history="1">
+      <w:hyperlink r:id="rId66726901e7e7043bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541668e6e215641b3" w:history="1">
+      <w:hyperlink r:id="rId88006901e7e704420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570268e6e2156422d" w:history="1"/>
+      <w:hyperlink r:id="rId83846901e7e70449e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460768e6e215642d0" w:history="1">
+      <w:hyperlink r:id="rId67866901e7e704547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208468e6e215642ef" w:history="1"/>
+      <w:hyperlink r:id="rId31676901e7e704568" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315168e6e2156442e" w:history="1"/>
+      <w:hyperlink r:id="rId57946901e7e7046c3" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663068e6e2156457a" w:history="1"/>
+      <w:hyperlink r:id="rId69926901e7e704898" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886768e6e21564601" w:history="1"/>
+      <w:hyperlink r:id="rId74456901e7e704952" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164268e6e21564615" w:history="1"/>
+      <w:hyperlink r:id="rId60986901e7e704969" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317568e6e2156465e" w:history="1"/>
+      <w:hyperlink r:id="rId59346901e7e7049b9" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872868e6e215646c3" w:history="1"/>
+      <w:hyperlink r:id="rId38566901e7e704a21" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610668e6e215646e9" w:history="1"/>
+      <w:hyperlink r:id="rId65086901e7e704a49" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325368e6e21564712" w:history="1">
+      <w:hyperlink r:id="rId97526901e7e704a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630368e6e21564770" w:history="1"/>
+      <w:hyperlink r:id="rId74796901e7e704af4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132668e6e21564876" w:history="1">
+      <w:hyperlink r:id="rId59626901e7e704c07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558468e6e21564952" w:history="1">
+      <w:hyperlink r:id="rId39766901e7e704d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44633485">
+  <w:abstractNum w:abstractNumId="74888947">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18588580">
+    <w:lvl w:ilvl="0" w:tplc="75113132">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18588580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75113132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44633484">
+  <w:abstractNum w:abstractNumId="74888946">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77945764">
+    <w:lvl w:ilvl="0" w:tplc="82304410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44633484">
-    <w:abstractNumId w:val="44633484"/>
+  <w:num w:numId="74888946">
+    <w:abstractNumId w:val="74888946"/>
   </w:num>
-  <w:num w:numId="44633485">
-    <w:abstractNumId w:val="44633485"/>
+  <w:num w:numId="74888947">
+    <w:abstractNumId w:val="74888947"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId260282454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103887068" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId935668e6e21561898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId919168e6e215618dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId785268e6e21561b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId768568e6e21563e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId692468e6e21563e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId644368e6e21563eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId192568e6e21563ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId369168e6e21563f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId656668e6e21564052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId494368e6e215640d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId511468e6e21564155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId541668e6e215641b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId570268e6e2156422d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId460768e6e215642d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId208468e6e215642ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId315168e6e2156442e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId663068e6e2156457a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId886768e6e21564601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId164268e6e21564615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId317568e6e2156465e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId872868e6e215646c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId610668e6e215646e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId325368e6e21564712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId630368e6e21564770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId132668e6e21564876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId558468e6e21564952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId299268e6e215619cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299268e6e215619cf.jpg"/><Relationship Id="rId856768e6e21562765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856768e6e21562765.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781411051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId361166286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30416901e7e700b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId60736901e7e700bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId40376901e7e700d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId73816901e7e703f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId23716901e7e703ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69556901e7e704024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId53496901e7e704067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId36296901e7e704169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId61296901e7e704279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId71796901e7e70432e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId66726901e7e7043bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId88006901e7e704420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId83846901e7e70449e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId67866901e7e704547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId31676901e7e704568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId57946901e7e7046c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69926901e7e704898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId74456901e7e704952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId60986901e7e704969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId59346901e7e7049b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId38566901e7e704a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId65086901e7e704a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId97526901e7e704a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId74796901e7e704af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId59626901e7e704c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39766901e7e704d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId43486901e7e700c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43486901e7e700c7c.jpg"/><Relationship Id="rId66866901e7e7024ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66866901e7e7024ec.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>