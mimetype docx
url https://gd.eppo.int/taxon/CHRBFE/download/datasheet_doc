--- v1 (2025-10-29)
+++ v2 (2025-11-27)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30416901e7e700b75" w:history="1">
+            <w:hyperlink r:id="rId21206927ad65c6085" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60736901e7e700bb9" w:history="1">
+            <w:hyperlink r:id="rId91706927ad65c60ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23677847" name="name94396901e7e700c7d" descr="9973.jpg"/>
+                  <wp:docPr id="4943029" name="name64806927ad65c619b" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43486901e7e700c7c" cstate="print"/>
+                          <a:blip r:embed="rId36766927ad65c619a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40376901e7e700d46" w:history="1">
+            <w:hyperlink r:id="rId52636927ad65c62bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72428371" name="name24506901e7e7024ee" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="6300377" name="name96236927ad65c6dd1" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66866901e7e7024ec" cstate="print"/>
+                    <a:blip r:embed="rId81576927ad65c6dd0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73816901e7e703f7f" w:history="1"/>
+      <w:hyperlink r:id="rId55356927ad65c849f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23716901e7e703ff8" w:history="1"/>
+      <w:hyperlink r:id="rId32876927ad65c8512" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69556901e7e704024" w:history="1">
+      <w:hyperlink r:id="rId75866927ad65c853c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53496901e7e704067" w:history="1">
+      <w:hyperlink r:id="rId35696927ad65c857e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36296901e7e704169" w:history="1"/>
+      <w:hyperlink r:id="rId13896927ad65c85dd" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61296901e7e704279" w:history="1"/>
+      <w:hyperlink r:id="rId49196927ad65c86e6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71796901e7e70432e" w:history="1">
+      <w:hyperlink r:id="rId37116927ad65c8770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66726901e7e7043bc" w:history="1">
+      <w:hyperlink r:id="rId84816927ad65c87ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88006901e7e704420" w:history="1">
+      <w:hyperlink r:id="rId74476927ad65c884f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83846901e7e70449e" w:history="1"/>
+      <w:hyperlink r:id="rId16946927ad65c88cd" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67866901e7e704547" w:history="1">
+      <w:hyperlink r:id="rId46496927ad65c8975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31676901e7e704568" w:history="1"/>
+      <w:hyperlink r:id="rId48706927ad65c8995" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57946901e7e7046c3" w:history="1"/>
+      <w:hyperlink r:id="rId98396927ad65c8ade" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69926901e7e704898" w:history="1"/>
+      <w:hyperlink r:id="rId69986927ad65c8c26" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74456901e7e704952" w:history="1"/>
+      <w:hyperlink r:id="rId70856927ad65c8cab" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60986901e7e704969" w:history="1"/>
+      <w:hyperlink r:id="rId68016927ad65c8cbf" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59346901e7e7049b9" w:history="1"/>
+      <w:hyperlink r:id="rId72766927ad65c8d0b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38566901e7e704a21" w:history="1"/>
+      <w:hyperlink r:id="rId37626927ad65c8d70" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65086901e7e704a49" w:history="1"/>
+      <w:hyperlink r:id="rId76276927ad65c8d97" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97526901e7e704a72" w:history="1">
+      <w:hyperlink r:id="rId10136927ad65c8dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74796901e7e704af4" w:history="1"/>
+      <w:hyperlink r:id="rId84706927ad65c8e1f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59626901e7e704c07" w:history="1">
+      <w:hyperlink r:id="rId53976927ad65c8f45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39766901e7e704d17" w:history="1">
+      <w:hyperlink r:id="rId90676927ad65c901d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74888947">
+  <w:abstractNum w:abstractNumId="94577503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75113132">
+    <w:lvl w:ilvl="0" w:tplc="64317529">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75113132" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64317529" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74888946">
+  <w:abstractNum w:abstractNumId="94577502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82304410">
+    <w:lvl w:ilvl="0" w:tplc="93777480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74888946">
-    <w:abstractNumId w:val="74888946"/>
+  <w:num w:numId="94577502">
+    <w:abstractNumId w:val="94577502"/>
   </w:num>
-  <w:num w:numId="74888947">
-    <w:abstractNumId w:val="74888947"/>
+  <w:num w:numId="94577503">
+    <w:abstractNumId w:val="94577503"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId781411051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId361166286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30416901e7e700b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId60736901e7e700bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId40376901e7e700d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId73816901e7e703f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId23716901e7e703ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69556901e7e704024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId53496901e7e704067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId36296901e7e704169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId61296901e7e704279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId71796901e7e70432e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId66726901e7e7043bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId88006901e7e704420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId83846901e7e70449e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId67866901e7e704547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId31676901e7e704568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId57946901e7e7046c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69926901e7e704898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId74456901e7e704952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId60986901e7e704969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId59346901e7e7049b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId38566901e7e704a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId65086901e7e704a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId97526901e7e704a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId74796901e7e704af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId59626901e7e704c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39766901e7e704d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId43486901e7e700c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43486901e7e700c7c.jpg"/><Relationship Id="rId66866901e7e7024ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66866901e7e7024ec.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356063528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId920654800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21206927ad65c6085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId91706927ad65c60ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId52636927ad65c62bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId55356927ad65c849f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId32876927ad65c8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId75866927ad65c853c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId35696927ad65c857e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId13896927ad65c85dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId49196927ad65c86e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId37116927ad65c8770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId84816927ad65c87ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId74476927ad65c884f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId16946927ad65c88cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId46496927ad65c8975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId48706927ad65c8995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId98396927ad65c8ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69986927ad65c8c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId70856927ad65c8cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId68016927ad65c8cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId72766927ad65c8d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId37626927ad65c8d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId76276927ad65c8d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId10136927ad65c8dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId84706927ad65c8e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId53976927ad65c8f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90676927ad65c901d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId36766927ad65c619a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36766927ad65c619a.jpg"/><Relationship Id="rId81576927ad65c6dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576927ad65c6dd0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>