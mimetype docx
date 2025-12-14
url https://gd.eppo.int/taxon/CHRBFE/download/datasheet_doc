--- v2 (2025-11-27)
+++ v3 (2025-12-14)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21206927ad65c6085" w:history="1">
+            <w:hyperlink r:id="rId1239693ed56d377a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91706927ad65c60ca" w:history="1">
+            <w:hyperlink r:id="rId9896693ed56d377eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4943029" name="name64806927ad65c619b" descr="9973.jpg"/>
+                  <wp:docPr id="82480906" name="name6578693ed56d37f92" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36766927ad65c619a" cstate="print"/>
+                          <a:blip r:embed="rId5303693ed56d37f90" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52636927ad65c62bf" w:history="1">
+            <w:hyperlink r:id="rId8909693ed56d38455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6300377" name="name96236927ad65c6dd1" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="59184538" name="name8331693ed56d39d7d" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81576927ad65c6dd0" cstate="print"/>
+                    <a:blip r:embed="rId2436693ed56d39d78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55356927ad65c849f" w:history="1"/>
+      <w:hyperlink r:id="rId7424693ed56d3b3ab" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32876927ad65c8512" w:history="1"/>
+      <w:hyperlink r:id="rId3425693ed56d3b41c" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75866927ad65c853c" w:history="1">
+      <w:hyperlink r:id="rId1769693ed56d3b445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35696927ad65c857e" w:history="1">
+      <w:hyperlink r:id="rId3113693ed56d3b485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13896927ad65c85dd" w:history="1"/>
+      <w:hyperlink r:id="rId3130693ed56d3b4e4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49196927ad65c86e6" w:history="1"/>
+      <w:hyperlink r:id="rId6826693ed56d3b62f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37116927ad65c8770" w:history="1">
+      <w:hyperlink r:id="rId7856693ed56d3b6bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84816927ad65c87ef" w:history="1">
+      <w:hyperlink r:id="rId4623693ed56d3b73b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74476927ad65c884f" w:history="1">
+      <w:hyperlink r:id="rId7603693ed56d3b79b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16946927ad65c88cd" w:history="1"/>
+      <w:hyperlink r:id="rId3615693ed56d3b817" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46496927ad65c8975" w:history="1">
+      <w:hyperlink r:id="rId4364693ed56d3b8bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48706927ad65c8995" w:history="1"/>
+      <w:hyperlink r:id="rId3753693ed56d3b8dd" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98396927ad65c8ade" w:history="1"/>
+      <w:hyperlink r:id="rId4721693ed56d3ba3a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69986927ad65c8c26" w:history="1"/>
+      <w:hyperlink r:id="rId2224693ed56d3bb7b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70856927ad65c8cab" w:history="1"/>
+      <w:hyperlink r:id="rId6133693ed56d3bc01" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68016927ad65c8cbf" w:history="1"/>
+      <w:hyperlink r:id="rId7643693ed56d3bc15" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72766927ad65c8d0b" w:history="1"/>
+      <w:hyperlink r:id="rId1820693ed56d3bc5f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37626927ad65c8d70" w:history="1"/>
+      <w:hyperlink r:id="rId1505693ed56d3bcc4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76276927ad65c8d97" w:history="1"/>
+      <w:hyperlink r:id="rId8832693ed56d3bceb" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10136927ad65c8dbf" w:history="1">
+      <w:hyperlink r:id="rId3048693ed56d3bd13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84706927ad65c8e1f" w:history="1"/>
+      <w:hyperlink r:id="rId9467693ed56d3bd72" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53976927ad65c8f45" w:history="1">
+      <w:hyperlink r:id="rId1092693ed56d3be7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90676927ad65c901d" w:history="1">
+      <w:hyperlink r:id="rId4064693ed56d3bf5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94577503">
+  <w:abstractNum w:abstractNumId="52119109">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64317529">
+    <w:lvl w:ilvl="0" w:tplc="89882486">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64317529" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89882486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94577502">
+  <w:abstractNum w:abstractNumId="52119108">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93777480">
+    <w:lvl w:ilvl="0" w:tplc="38672706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94577502">
-    <w:abstractNumId w:val="94577502"/>
+  <w:num w:numId="52119108">
+    <w:abstractNumId w:val="52119108"/>
   </w:num>
-  <w:num w:numId="94577503">
-    <w:abstractNumId w:val="94577503"/>
+  <w:num w:numId="52119109">
+    <w:abstractNumId w:val="52119109"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356063528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId920654800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21206927ad65c6085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId91706927ad65c60ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId52636927ad65c62bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId55356927ad65c849f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId32876927ad65c8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId75866927ad65c853c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId35696927ad65c857e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId13896927ad65c85dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId49196927ad65c86e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId37116927ad65c8770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId84816927ad65c87ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId74476927ad65c884f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId16946927ad65c88cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId46496927ad65c8975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId48706927ad65c8995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId98396927ad65c8ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId69986927ad65c8c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId70856927ad65c8cab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId68016927ad65c8cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId72766927ad65c8d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId37626927ad65c8d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId76276927ad65c8d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId10136927ad65c8dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId84706927ad65c8e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId53976927ad65c8f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90676927ad65c901d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId36766927ad65c619a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36766927ad65c619a.jpg"/><Relationship Id="rId81576927ad65c6dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576927ad65c6dd0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679729824" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686061556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1239693ed56d377a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId9896693ed56d377eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId8909693ed56d38455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId7424693ed56d3b3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3425693ed56d3b41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1769693ed56d3b445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId3113693ed56d3b485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId3130693ed56d3b4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId6826693ed56d3b62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId7856693ed56d3b6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId4623693ed56d3b73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId7603693ed56d3b79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId3615693ed56d3b817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId4364693ed56d3b8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId3753693ed56d3b8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId4721693ed56d3ba3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2224693ed56d3bb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId6133693ed56d3bc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId7643693ed56d3bc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1820693ed56d3bc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId1505693ed56d3bcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8832693ed56d3bceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3048693ed56d3bd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId9467693ed56d3bd72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1092693ed56d3be7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4064693ed56d3bf5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId5303693ed56d37f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5303693ed56d37f90.jpg"/><Relationship Id="rId2436693ed56d39d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2436693ed56d39d78.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>