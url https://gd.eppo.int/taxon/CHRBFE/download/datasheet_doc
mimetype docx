--- v3 (2025-12-14)
+++ v4 (2026-01-22)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1239693ed56d377a0" w:history="1">
+            <w:hyperlink r:id="rId919469726d9410392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9896693ed56d377eb" w:history="1">
+            <w:hyperlink r:id="rId552069726d94103d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82480906" name="name6578693ed56d37f92" descr="9973.jpg"/>
+                  <wp:docPr id="25395140" name="name847669726d94109ce" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5303693ed56d37f90" cstate="print"/>
+                          <a:blip r:embed="rId451769726d94109cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8909693ed56d38455" w:history="1">
+            <w:hyperlink r:id="rId480969726d9410ad7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59184538" name="name8331693ed56d39d7d" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="36539504" name="name639269726d9412374" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2436693ed56d39d78" cstate="print"/>
+                    <a:blip r:embed="rId537269726d9412370" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7424693ed56d3b3ab" w:history="1"/>
+      <w:hyperlink r:id="rId979369726d9413a50" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3425693ed56d3b41c" w:history="1"/>
+      <w:hyperlink r:id="rId187869726d9413ac2" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1769693ed56d3b445" w:history="1">
+      <w:hyperlink r:id="rId279869726d9413aed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3113693ed56d3b485" w:history="1">
+      <w:hyperlink r:id="rId735269726d9413b2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3130693ed56d3b4e4" w:history="1"/>
+      <w:hyperlink r:id="rId470669726d9413b8e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6826693ed56d3b62f" w:history="1"/>
+      <w:hyperlink r:id="rId471369726d9413c92" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7856693ed56d3b6bd" w:history="1">
+      <w:hyperlink r:id="rId447369726d9413d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4623693ed56d3b73b" w:history="1">
+      <w:hyperlink r:id="rId504969726d9413d99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7603693ed56d3b79b" w:history="1">
+      <w:hyperlink r:id="rId864669726d9413df7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3615693ed56d3b817" w:history="1"/>
+      <w:hyperlink r:id="rId877869726d9413e74" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4364693ed56d3b8bd" w:history="1">
+      <w:hyperlink r:id="rId718569726d9413f1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3753693ed56d3b8dd" w:history="1"/>
+      <w:hyperlink r:id="rId419769726d9413f3a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4721693ed56d3ba3a" w:history="1"/>
+      <w:hyperlink r:id="rId493269726d9414082" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2224693ed56d3bb7b" w:history="1"/>
+      <w:hyperlink r:id="rId584869726d94141c6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6133693ed56d3bc01" w:history="1"/>
+      <w:hyperlink r:id="rId397669726d941424b" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7643693ed56d3bc15" w:history="1"/>
+      <w:hyperlink r:id="rId835969726d941425f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1820693ed56d3bc5f" w:history="1"/>
+      <w:hyperlink r:id="rId369369726d94142a9" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1505693ed56d3bcc4" w:history="1"/>
+      <w:hyperlink r:id="rId965869726d941430e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8832693ed56d3bceb" w:history="1"/>
+      <w:hyperlink r:id="rId960969726d9414335" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3048693ed56d3bd13" w:history="1">
+      <w:hyperlink r:id="rId201869726d941435d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9467693ed56d3bd72" w:history="1"/>
+      <w:hyperlink r:id="rId116869726d94143c7" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6731,73 +6731,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1092693ed56d3be7d" w:history="1">
+      <w:hyperlink r:id="rId589669726d94144e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4064693ed56d3bf5a" w:history="1">
+      <w:hyperlink r:id="rId711069726d94145b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52119109">
+  <w:abstractNum w:abstractNumId="58719976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89882486">
+    <w:lvl w:ilvl="0" w:tplc="69965650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89882486" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69965650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52119108">
+  <w:abstractNum w:abstractNumId="58719975">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38672706">
+    <w:lvl w:ilvl="0" w:tplc="58646202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52119108">
-    <w:abstractNumId w:val="52119108"/>
+  <w:num w:numId="58719975">
+    <w:abstractNumId w:val="58719975"/>
   </w:num>
-  <w:num w:numId="52119109">
-    <w:abstractNumId w:val="52119109"/>
+  <w:num w:numId="58719976">
+    <w:abstractNumId w:val="58719976"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679729824" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686061556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1239693ed56d377a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId9896693ed56d377eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId8909693ed56d38455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId7424693ed56d3b3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3425693ed56d3b41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1769693ed56d3b445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId3113693ed56d3b485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId3130693ed56d3b4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId6826693ed56d3b62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId7856693ed56d3b6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId4623693ed56d3b73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId7603693ed56d3b79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId3615693ed56d3b817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId4364693ed56d3b8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId3753693ed56d3b8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId4721693ed56d3ba3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId2224693ed56d3bb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId6133693ed56d3bc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId7643693ed56d3bc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1820693ed56d3bc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId1505693ed56d3bcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId8832693ed56d3bceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId3048693ed56d3bd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId9467693ed56d3bd72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId1092693ed56d3be7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4064693ed56d3bf5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId5303693ed56d37f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5303693ed56d37f90.jpg"/><Relationship Id="rId2436693ed56d39d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2436693ed56d39d78.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345474859" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId552794047" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919469726d9410392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId552069726d94103d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId480969726d9410ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId979369726d9413a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId187869726d9413ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId279869726d9413aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId735269726d9413b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId470669726d9413b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId471369726d9413c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId447369726d9413d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId504969726d9413d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId864669726d9413df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId877869726d9413e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId718569726d9413f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId419769726d9413f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId493269726d9414082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId584869726d94141c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId397669726d941424b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId835969726d941425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId369369726d94142a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId965869726d941430e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId960969726d9414335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId201869726d941435d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId116869726d94143c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId589669726d94144e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId711069726d94145b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId451769726d94109cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451769726d94109cc.jpg"/><Relationship Id="rId537269726d9412370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537269726d9412370.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>