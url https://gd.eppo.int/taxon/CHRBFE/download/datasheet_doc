--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId919469726d9410392" w:history="1">
+            <w:hyperlink r:id="rId76376991af2cafe67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552069726d94103d5" w:history="1">
+            <w:hyperlink r:id="rId99976991af2cafeaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25395140" name="name847669726d94109ce" descr="9973.jpg"/>
+                  <wp:docPr id="69692022" name="name82886991af2cb0381" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId451769726d94109cc" cstate="print"/>
+                          <a:blip r:embed="rId50126991af2cb0380" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId480969726d9410ad7" w:history="1">
+            <w:hyperlink r:id="rId14466991af2cb0464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36539504" name="name639269726d9412374" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="4282131" name="name30606991af2cb18c0" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId537269726d9412370" cstate="print"/>
+                    <a:blip r:embed="rId69376991af2cb18bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979369726d9413a50" w:history="1"/>
+      <w:hyperlink r:id="rId33626991af2cb307e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187869726d9413ac2" w:history="1"/>
+      <w:hyperlink r:id="rId40886991af2cb30ec" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279869726d9413aed" w:history="1">
+      <w:hyperlink r:id="rId77026991af2cb3115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735269726d9413b2f" w:history="1">
+      <w:hyperlink r:id="rId51976991af2cb3155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470669726d9413b8e" w:history="1"/>
+      <w:hyperlink r:id="rId53556991af2cb31b1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471369726d9413c92" w:history="1"/>
+      <w:hyperlink r:id="rId30476991af2cb32ad" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447369726d9413d1b" w:history="1">
+      <w:hyperlink r:id="rId54646991af2cb3333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504969726d9413d99" w:history="1">
+      <w:hyperlink r:id="rId35386991af2cb33ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864669726d9413df7" w:history="1">
+      <w:hyperlink r:id="rId14666991af2cb340a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877869726d9413e74" w:history="1"/>
+      <w:hyperlink r:id="rId88426991af2cb3484" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718569726d9413f1b" w:history="1">
+      <w:hyperlink r:id="rId77906991af2cb3532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419769726d9413f3a" w:history="1"/>
+      <w:hyperlink r:id="rId20426991af2cb3552" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493269726d9414082" w:history="1"/>
+      <w:hyperlink r:id="rId94516991af2cb368e" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584869726d94141c6" w:history="1"/>
+      <w:hyperlink r:id="rId74536991af2cb37c7" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397669726d941424b" w:history="1"/>
+      <w:hyperlink r:id="rId91816991af2cb3852" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835969726d941425f" w:history="1"/>
+      <w:hyperlink r:id="rId58676991af2cb3866" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369369726d94142a9" w:history="1"/>
+      <w:hyperlink r:id="rId23196991af2cb38b1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965869726d941430e" w:history="1"/>
+      <w:hyperlink r:id="rId70456991af2cb3916" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960969726d9414335" w:history="1"/>
+      <w:hyperlink r:id="rId76466991af2cb393c" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201869726d941435d" w:history="1">
+      <w:hyperlink r:id="rId91836991af2cb3964" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116869726d94143c7" w:history="1"/>
+      <w:hyperlink r:id="rId31566991af2cb39c2" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589669726d94144e1" w:history="1">
+      <w:hyperlink r:id="rId52146991af2cb3ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711069726d94145b7" w:history="1">
+      <w:hyperlink r:id="rId18256991af2cb3bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58719976">
+  <w:abstractNum w:abstractNumId="86505297">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69965650">
+    <w:lvl w:ilvl="0" w:tplc="36582058">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69965650" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36582058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58719975">
+  <w:abstractNum w:abstractNumId="86505296">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58646202">
+    <w:lvl w:ilvl="0" w:tplc="55308630">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58719975">
-    <w:abstractNumId w:val="58719975"/>
+  <w:num w:numId="86505296">
+    <w:abstractNumId w:val="86505296"/>
   </w:num>
-  <w:num w:numId="58719976">
-    <w:abstractNumId w:val="58719976"/>
+  <w:num w:numId="86505297">
+    <w:abstractNumId w:val="86505297"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345474859" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId552794047" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId919469726d9410392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId552069726d94103d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId480969726d9410ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId979369726d9413a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId187869726d9413ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId279869726d9413aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId735269726d9413b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId470669726d9413b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId471369726d9413c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId447369726d9413d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId504969726d9413d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId864669726d9413df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId877869726d9413e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId718569726d9413f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId419769726d9413f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId493269726d9414082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId584869726d94141c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId397669726d941424b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId835969726d941425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId369369726d94142a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId965869726d941430e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId960969726d9414335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId201869726d941435d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId116869726d94143c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId589669726d94144e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId711069726d94145b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId451769726d94109cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451769726d94109cc.jpg"/><Relationship Id="rId537269726d9412370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537269726d9412370.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId222030456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId915323983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76376991af2cafe67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId99976991af2cafeaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId14466991af2cb0464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId33626991af2cb307e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId40886991af2cb30ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId77026991af2cb3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId51976991af2cb3155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId53556991af2cb31b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId30476991af2cb32ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId54646991af2cb3333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId35386991af2cb33ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId14666991af2cb340a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId88426991af2cb3484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId77906991af2cb3532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId20426991af2cb3552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId94516991af2cb368e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId74536991af2cb37c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId91816991af2cb3852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId58676991af2cb3866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId23196991af2cb38b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId70456991af2cb3916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId76466991af2cb393c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId91836991af2cb3964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId31566991af2cb39c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId52146991af2cb3ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18256991af2cb3bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId50126991af2cb0380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50126991af2cb0380.jpg"/><Relationship Id="rId69376991af2cb18bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69376991af2cb18bd.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>