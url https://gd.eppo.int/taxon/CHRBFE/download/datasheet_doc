--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76376991af2cafe67" w:history="1">
+            <w:hyperlink r:id="rId498069ac77289d0e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99976991af2cafeaa" w:history="1">
+            <w:hyperlink r:id="rId344169ac77289d127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69692022" name="name82886991af2cb0381" descr="9973.jpg"/>
+                  <wp:docPr id="3521159" name="name863869ac77289d7f5" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50126991af2cb0380" cstate="print"/>
+                          <a:blip r:embed="rId633169ac77289d7f2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId14466991af2cb0464" w:history="1">
+            <w:hyperlink r:id="rId283769ac77289d969" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4282131" name="name30606991af2cb18c0" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="19587114" name="name261469ac77289f26b" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69376991af2cb18bd" cstate="print"/>
+                    <a:blip r:embed="rId310369ac77289f266" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33626991af2cb307e" w:history="1"/>
+      <w:hyperlink r:id="rId855169ac7728a09c1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40886991af2cb30ec" w:history="1"/>
+      <w:hyperlink r:id="rId595469ac7728a0a33" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77026991af2cb3115" w:history="1">
+      <w:hyperlink r:id="rId801769ac7728a0a5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51976991af2cb3155" w:history="1">
+      <w:hyperlink r:id="rId825869ac7728a0a9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53556991af2cb31b1" w:history="1"/>
+      <w:hyperlink r:id="rId218769ac7728a0afa" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30476991af2cb32ad" w:history="1"/>
+      <w:hyperlink r:id="rId643869ac7728a0bfb" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54646991af2cb3333" w:history="1">
+      <w:hyperlink r:id="rId266769ac7728a0c85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35386991af2cb33ae" w:history="1">
+      <w:hyperlink r:id="rId516769ac7728a0d0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14666991af2cb340a" w:history="1">
+      <w:hyperlink r:id="rId239669ac7728a0d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88426991af2cb3484" w:history="1"/>
+      <w:hyperlink r:id="rId926869ac7728a0e00" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77906991af2cb3532" w:history="1">
+      <w:hyperlink r:id="rId514569ac7728a0ea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20426991af2cb3552" w:history="1"/>
+      <w:hyperlink r:id="rId160869ac7728a0ec7" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94516991af2cb368e" w:history="1"/>
+      <w:hyperlink r:id="rId652769ac7728a1009" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74536991af2cb37c7" w:history="1"/>
+      <w:hyperlink r:id="rId781369ac7728a1148" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91816991af2cb3852" w:history="1"/>
+      <w:hyperlink r:id="rId996769ac7728a11cc" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58676991af2cb3866" w:history="1"/>
+      <w:hyperlink r:id="rId839169ac7728a11ec" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23196991af2cb38b1" w:history="1"/>
+      <w:hyperlink r:id="rId903169ac7728a123a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70456991af2cb3916" w:history="1"/>
+      <w:hyperlink r:id="rId769769ac7728a129f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76466991af2cb393c" w:history="1"/>
+      <w:hyperlink r:id="rId465469ac7728a12c6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91836991af2cb3964" w:history="1">
+      <w:hyperlink r:id="rId546269ac7728a12ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31566991af2cb39c2" w:history="1"/>
+      <w:hyperlink r:id="rId592569ac7728a134d" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52146991af2cb3ad7" w:history="1">
+      <w:hyperlink r:id="rId643969ac7728a1456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18256991af2cb3bac" w:history="1">
+      <w:hyperlink r:id="rId469869ac7728a1525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86505297">
+  <w:abstractNum w:abstractNumId="92086282">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36582058">
+    <w:lvl w:ilvl="0" w:tplc="62378940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36582058" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62378940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86505296">
+  <w:abstractNum w:abstractNumId="92086281">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55308630">
+    <w:lvl w:ilvl="0" w:tplc="68251306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86505296">
-    <w:abstractNumId w:val="86505296"/>
+  <w:num w:numId="92086281">
+    <w:abstractNumId w:val="92086281"/>
   </w:num>
-  <w:num w:numId="86505297">
-    <w:abstractNumId w:val="86505297"/>
+  <w:num w:numId="92086282">
+    <w:abstractNumId w:val="92086282"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId222030456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId915323983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76376991af2cafe67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId99976991af2cafeaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId14466991af2cb0464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId33626991af2cb307e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId40886991af2cb30ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId77026991af2cb3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId51976991af2cb3155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId53556991af2cb31b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId30476991af2cb32ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId54646991af2cb3333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId35386991af2cb33ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId14666991af2cb340a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId88426991af2cb3484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId77906991af2cb3532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId20426991af2cb3552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId94516991af2cb368e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId74536991af2cb37c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId91816991af2cb3852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId58676991af2cb3866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId23196991af2cb38b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId70456991af2cb3916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId76466991af2cb393c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId91836991af2cb3964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId31566991af2cb39c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId52146991af2cb3ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18256991af2cb3bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId50126991af2cb0380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50126991af2cb0380.jpg"/><Relationship Id="rId69376991af2cb18bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69376991af2cb18bd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694268893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409718144" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId498069ac77289d0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId344169ac77289d127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId283769ac77289d969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId855169ac7728a09c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId595469ac7728a0a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId801769ac7728a0a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId825869ac7728a0a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId218769ac7728a0afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId643869ac7728a0bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId266769ac7728a0c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId516769ac7728a0d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId239669ac7728a0d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId926869ac7728a0e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId514569ac7728a0ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId160869ac7728a0ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId652769ac7728a1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId781369ac7728a1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId996769ac7728a11cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId839169ac7728a11ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId903169ac7728a123a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId769769ac7728a129f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId465469ac7728a12c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId546269ac7728a12ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId592569ac7728a134d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId643969ac7728a1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId469869ac7728a1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId633169ac77289d7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633169ac77289d7f2.jpg"/><Relationship Id="rId310369ac77289f266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId310369ac77289f266.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>