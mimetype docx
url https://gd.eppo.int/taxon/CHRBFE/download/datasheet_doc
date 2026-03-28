--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flat-headed apple tree borer, flatheaded appletree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498069ac77289d0e0" w:history="1">
+            <w:hyperlink r:id="rId386269c74c7fd5d90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344169ac77289d127" w:history="1">
+            <w:hyperlink r:id="rId638369c74c7fd5de3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHRBFE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3521159" name="name863869ac77289d7f5" descr="9973.jpg"/>
+                  <wp:docPr id="44198242" name="name785569c74c7fd6439" descr="9973.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9973.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId633169ac77289d7f2" cstate="print"/>
+                          <a:blip r:embed="rId554069c74c7fd6437" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId283769ac77289d969" w:history="1">
+            <w:hyperlink r:id="rId906769c74c7fd6565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1978,63 +1978,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported in most of the southern provinces, and its northernmost records are at approximately 52° N latitude. A number of records in the literature for the rest of the Americas (e.g. Mexico, Costa Rica, Ecuador) and Asia (e.g. India, Thailand) were considered doubtful or invalid in the EPPO PRA (EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19587114" name="name261469ac77289f26b" descr="CHRBFE_distribution_map.jpg"/>
+            <wp:docPr id="67055397" name="name766169c74c7fd7de5" descr="CHRBFE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHRBFE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId310369ac77289f266" cstate="print"/>
+                    <a:blip r:embed="rId203969c74c7fd7de1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5199,51 +5199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Gonzalez A, Oliver J &amp; O'Neal P (2019) Management of Flatheaded Appletree Borer in Nursery Production with Cover Crops. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flatheaded Borer Workshop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p. 43. Tennessee State University, McMinnville, USA, July 1-2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855169ac7728a09c1" w:history="1"/>
+      <w:hyperlink r:id="rId901869c74c7fd9466" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Dawadi S, Oliver JB, Fare D &amp; Witcher A (2018) Managing Flatheaded Appletree Borer with Cover Crops. SNA Research Conference 62, 13-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5256,109 +5256,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Addesso K, Oliver J, Youssef N &amp; Fare D (2020) Evaluation of systemic imidacloprid and herbicide treatments on flatheaded borer (Coleoptera: Buprestidae) management in field nursery production. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113, 2808-2819. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595469ac7728a0a33" w:history="1"/>
+      <w:hyperlink r:id="rId622869c74c7fd94d7" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ames G (2018) Battling Borers in Organic Apple Production - The National Center for Appropriate Technology. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801769ac7728a0a5c" w:history="1">
+      <w:hyperlink r:id="rId977269c74c7fd9501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncat.org/battling-borers-in-organic-apple-production/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed in September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baker (2019) Flatheaded appletree borer. North Carolina State Extension Publication. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825869ac7728a0a9d" w:history="1">
+      <w:hyperlink r:id="rId898669c74c7fd9542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/flatheaded-appletree-borer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5371,51 +5371,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beddes T &amp; Caron M (2014) Pacific Flatheaded Borer and Flatheaded Appletree Borer. Utah Pests Fact Sheet, ENT-170-14PR. 4 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218769ac7728a0afa" w:history="1"/>
+      <w:hyperlink r:id="rId627169c74c7fd95a0" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5526,51 +5526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coyle DR, Nebeker TE, Hart ER &amp; Mattson WJ (2005) Biology and management of insect pests in North American intensively managed hardwood forest systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Review of Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50, 1-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643869ac7728a0bfb" w:history="1"/>
+      <w:hyperlink r:id="rId317269c74c7fd96b2" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dawadi S, Oliver JB, O'Neal P &amp; Addesso KM (2019) Management of flatheaded appletree borer (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5603,51 +5603,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 75, 1971-1978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eaton AT (2011) Borers in New Hampshire Apple Trees. University of New Hampshire Cooperative Extension. 8 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266769ac7728a0c85" w:history="1">
+      <w:hyperlink r:id="rId256569c74c7fd973a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516769ac7728a0d0d" w:history="1">
+      <w:hyperlink r:id="rId859369c74c7fd97b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CHRBFE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5741,51 +5741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2018) ISPM 15 Regulation of wood packaging material in international trade. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International standards for phytosanitary measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239669ac7728a0d81" w:history="1">
+      <w:hyperlink r:id="rId200669c74c7fd9813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5820,51 +5820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oliver)). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oklahoma Agricultural Experiment Station Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vol. B-259. 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926869ac7728a0e00" w:history="1"/>
+      <w:hyperlink r:id="rId229369c74c7fd988f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fenton FA &amp; Maxwell JM (1937) Flat-headed Apple Tree Borer in Oklahoma. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5915,72 +5915,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4(1), 1-14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulcher A (2012) Scouting and Monitoring Pests of Deciduous Trees during Nursery Production. UT Extension. W142. 13 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514569ac7728a0ea7" w:history="1">
+      <w:hyperlink r:id="rId920369c74c7fd9933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://trace.tennessee.edu/utk_agexcomhort/55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21-11-2023]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160869ac7728a0ec7" w:history="1"/>
+      <w:hyperlink r:id="rId772669c74c7fd9953" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen JA (2010) Identification and Phylogenetic Characterization of Select Species of Buprestidae (Coleoptera) and Sesiidae (Lepidoptera) Wood Boring Insect Families Occuring Across the Southeastern United States. University of Tennessee. Ph. D. Thesis. 205 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6127,51 +6127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klingeman WE, Hansen JA, Basham JP, Oliver JB, Youssef NN, Swink W, Nalepa CA, Fare DC &amp; Moulton JK (2015) Seasonal Flight Activity and Distribution of Metallic Woodboring Beetles (Coleoptera: Buprestidae) Collected in North Carolina and Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Florida Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 98, 579-587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652769ac7728a1009" w:history="1"/>
+      <w:hyperlink r:id="rId809669c74c7fd9a94" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krischik &amp; Davidson (2013) Flatheaded appletree borer. IPM of Midwest Landscapes - Pest of Trees and Shrubs, 135-136.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oliver JB, Fare DC, Youssef N, Scholl SS, Reding ME, Ranger CM, Moyseenko JJ &amp; Halcomb MA (2010) Evaluation of a Single Application of Neonicotinoid and Multi-Application Contact Insecticides for Flatheaded Borer Management in Field Grown Red Maple Cultivars. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 135-149. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781369ac7728a1148" w:history="1"/>
+      <w:hyperlink r:id="rId335269c74c7fd9bd1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD &amp; Marshall SA (2012) Field Guide to the jewel beetles (Coleoptera: Buprestidae) of Northeastern North America. Canadian Food Inspection Agency. 411 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -6393,100 +6393,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Coleoptera: Buprestidae) and other buprestids to sticky traps of various colors and shapes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Great Lakes Entomologist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46, 13-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996769ac7728a11cc" w:history="1"/>
+      <w:hyperlink r:id="rId802069c74c7fd9c6e" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839169ac7728a11ec" w:history="1"/>
+      <w:hyperlink r:id="rId313769c74c7fd9c82" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potter DA, Timmons GM &amp; Gordon FC (1988) Flatheaded Apple Tree Borer (Coleoptera: Buprestidae) in Nursery-Grown Red Maples: Phenology of Emergence, Treatment Timing, and Response to Stressed Trees. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Environmental Horticulture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 18-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903169ac7728a123a" w:history="1"/>
+      <w:hyperlink r:id="rId917269c74c7fd9ccf" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seagraves BL, Redmond CT &amp; Potter DA (2013) Relative resistance or susceptibility of maple (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6501,89 +6501,89 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) species, hybrids and cultivars to six arthropod pests of production nurseries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Management Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69, 112-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769769ac7728a129f" w:history="1"/>
+      <w:hyperlink r:id="rId257269c74c7fd9d35" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Order Coleoptera – Beetles. In Guide to Insect Borers in North American Broadleaf Trees and Shrubs, pp. 213-584. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465469ac7728a12c6" w:history="1"/>
+      <w:hyperlink r:id="rId340569c74c7fd9d5c" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD &amp; Payne JA (1986) A Guide to the Insect Borers, Pruners, and Girdlers of Pecan and Hickory. General Technical Report SO-64. USDA, Forest Service, Southern Forest Experiment Station, New Orleans, USA. 31 pp. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546269ac7728a12ee" w:history="1">
+      <w:hyperlink r:id="rId822669c74c7fd9d84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/research/treesearch/1648</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21-11-2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,51 +6596,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steed BE &amp; Burton DA (2015) Field guide to diseases and insects of quaking aspen in the West. Part 1: wood and bark boring insects. USDA, Forest Service, Forest Health Protection, Missoula, USA. 115 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Thompson TE &amp; Conner PJ (2012) Chapter 20: Pecan. In Fruit Breeding (eds. NL Badenes &amp; D Byrne), pp. 771-801. Springer, New York, USA. 890 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592569ac7728a134d" w:history="1"/>
+      <w:hyperlink r:id="rId109069c74c7fd9de3" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellso SG &amp; Manley GV (2007) A revision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6753,51 +6753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysobothris femorata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643969ac7728a1456" w:history="1">
+      <w:hyperlink r:id="rId319169c74c7fd9efc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6882,51 +6882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 28-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469869ac7728a1525" w:history="1">
+      <w:hyperlink r:id="rId470769c74c7fd9fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12991</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -7022,137 +7022,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92086282">
+  <w:abstractNum w:abstractNumId="49702771">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62378940">
+    <w:lvl w:ilvl="0" w:tplc="88353121">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62378940" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88353121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92086281">
+  <w:abstractNum w:abstractNumId="49702770">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68251306">
+    <w:lvl w:ilvl="0" w:tplc="81656902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7904,55 +7904,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92086281">
-    <w:abstractNumId w:val="92086281"/>
+  <w:num w:numId="49702770">
+    <w:abstractNumId w:val="49702770"/>
   </w:num>
-  <w:num w:numId="92086282">
-    <w:abstractNumId w:val="92086282"/>
+  <w:num w:numId="49702771">
+    <w:abstractNumId w:val="49702771"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19502,51 +19502,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694268893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409718144" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId498069ac77289d0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId344169ac77289d127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId283769ac77289d969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId855169ac7728a09c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId595469ac7728a0a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId801769ac7728a0a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId825869ac7728a0a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId218769ac7728a0afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId643869ac7728a0bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId266769ac7728a0c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId516769ac7728a0d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId239669ac7728a0d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId926869ac7728a0e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId514569ac7728a0ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId160869ac7728a0ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId652769ac7728a1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId781369ac7728a1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId996769ac7728a11cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId839169ac7728a11ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId903169ac7728a123a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId769769ac7728a129f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId465469ac7728a12c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId546269ac7728a12ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId592569ac7728a134d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId643969ac7728a1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId469869ac7728a1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId633169ac77289d7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633169ac77289d7f2.jpg"/><Relationship Id="rId310369ac77289f266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId310369ac77289f266.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514780876" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId525562730" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId386269c74c7fd5d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/" TargetMode="External"/><Relationship Id="rId638369c74c7fd5de3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/categorization" TargetMode="External"/><Relationship Id="rId906769c74c7fd6565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/photos" TargetMode="External"/><Relationship Id="rId901869c74c7fd9466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DAddesso%2BK%252C%2BDawadi%2BS%252C%2BGonzalez%2BA%252C%2BOliver%2BJ%2B%2526%2BO%2527Neal%2BP%2B%25282019%2529%2BManagement%2Bof%2BFlatheaded%2BAppletree%2BBorer%2Bin%2BNursery%2BProduction%2Bwith%2BCover%2BCrops.%2BIn%2BFlatheaded%2BBorer%2BWorkshop%252C%2Bp.%2B43.%2BTennessee%2BState%2BUniversity%252C%2BMcMinnville%252C%2BUSA%252C%2BJuly%2B1%25E2%2580%25902.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId622869c74c7fd94d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksb3VwLGh0dHBzOi8vYWNhZGVtaWMub3VwLmNvbS9HZXRGdHJDb250ZW50L0dldFJlc291cmNlQnlEb2lBbmRSZXNvdXJjZVR5cGU_ZG9pPTEwLjEwOTMlMmZqZWUlMmZ0b2FhMjI4JnJlc291cmNldHlwZT0z.rz4cV7D6PjO0CgMJcSNThJbVeQBmd5CPtw7ZkOzn9sc&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1093%2Fjee%2Ftoaa228&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId977269c74c7fd9501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncat.org/battling-borers-in-organic-apple-production/" TargetMode="External"/><Relationship Id="rId898669c74c7fd9542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/flatheaded-appletree-borer" TargetMode="External"/><Relationship Id="rId627169c74c7fd95a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1987%26author%3DDE%2BBright%26title%3DThe%2Binsects%2Band%2Barachnids%2Bof%2BCanada&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId317269c74c7fd96b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D50%26publication_year%3D2005%26pages%3D1-29%26journal%3DAnnual%2BReview%2Bof%2BEntomology%26author%3DDR%2BCoyle%26author%3DTE%2BNebeker%26author%3DER%2BHart%26author%3DWJ%2BMattson%26title%3DBiology%2Band%2Bmanagement%2Bof%2Binsect%2Bpests%2Bin%2BNorth%2BAmerican%2Bintensively%2Bmanaged%2Bhardwood%2Bforest%2Bsystems&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1146%2Fannurev.ento.50.071803.130431&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId256569c74c7fd973a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.unh.edu/resources/files/Resource001830_Rep2590.pdf" TargetMode="External"/><Relationship Id="rId859369c74c7fd97b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHRBFE/documents" TargetMode="External"/><Relationship Id="rId200669c74c7fd9813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId229369c74c7fd988f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3DB%25E2%2580%2590259%26publication_year%3D1942%26journal%3DOklahoma%2BAgricultural%2BExperiment%2BStation%2BBulletin%26author%3DF%2BFenton%26title%3DThe%2Bflatheaded%2Bapple%2Btree%2Bborer%2B%2528Chrysobothris%2Bfemorata%2B%2528Oliver%2529%2529&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId920369c74c7fd9933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trace.tennessee.edu/utk_agexcomhort/55" TargetMode="External"/><Relationship Id="rId772669c74c7fd9953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar%3Fhl%3Den%26q%3DFulcher%2BA%2B%25282012%2529%2BScouting%2Band%2BMonitoring%2BPests%2Bof%2BDeciduous%2BTrees%2Bduring%2BNursery%2BProduction.%2BUT%2BExtension.%2BW142.%2B13%2Bpp.%2BRetrieved%2Bfrom%2Bhttps%253A%252F%252Ftrace.tennessee.edu%252Futk_agexcomhort%252F55%2B%255Baccessed%2B21%25E2%2580%259011%25E2%2580%25902023%255D.&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId809669c74c7fd9a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fct.prod.getft.io%2Fd2lsZXksdW5kZWZpbmVkLGh0dHA6Ly9keC5kb2kub3JnLzEwLjE2NTMvMDI0LjA5OC4wMjMw.l4XiOY12Y1LolYAPSsHPIWih2oqyzZ2Bvl2sWrkQEGQ&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1653%2F024.098.0230&amp;linkType=VIEW_FULL_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId335269c74c7fd9bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-28.3.135&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-28.3.135&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId802069c74c7fd9c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12991&amp;key=000209233300002&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=e_1_2_12_33_1%3AISI&amp;linkType=ISI&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId313769c74c7fd9c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26volume%3D46%26publication_year%3D2013%26pages%3D13-30%26journal%3DGreat%2BLakes%2BEntomologist%26author%3DTR%2BPetrice%26author%3DRA%2BHaack%26author%3DTM%2BPoland%26title%3DAttraction%2Bof%2BAgrilus%2Bplanipennis%2B%2528Coleoptera%253A%2BBuprestidae%2529%2Band%2Bother%2Bbuprestids%2Bto%2Bsticky%2Btraps%2Bof%2Bvarious%2Bcolors%2Band%2Bshapes&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId917269c74c7fd9ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=ref&amp;dbid=16&amp;doi=10.1111%2Fepp.12991&amp;key=10.24266%2F0738-2898-6.1.18&amp;getFTLinkType=true&amp;doiForPubOfPage=10.1111%2Fepp.12991&amp;refDoi=10.24266%2F0738-2898-6.1.18&amp;linkType=Crossref&amp;linkSource=FULL_TEXT&amp;linkLocation=Reference" TargetMode="External"/><Relationship Id="rId257269c74c7fd9d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=%2Fdoi%2F10.1002%2Fps.3375&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1002%2Fps.3375&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId340569c74c7fd9d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=http%3A%2F%2Fscholar.google.com%2Fscholar_lookup%3Fhl%3Den%26publication_year%3D1995%26pages%3D213-584%26author%3DJD%2BSolomon%26title%3DGuide%2Bto%2BInsect%2BBorers%2Bin%2BNorth%2BAmerican%2BBroadleaf%2BTrees%2Band%2BShrubs&amp;doi=10.1111%2Fepp.12991&amp;linkType=gs&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId822669c74c7fd9d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/research/treesearch/1648" TargetMode="External"/><Relationship Id="rId109069c74c7fd9de3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/getFTRLinkout?url=https%3A%2F%2Fdoi.org%2F10.1007%2F978-1-4419-0763-9_20&amp;doi=10.1111%2Fepp.12991&amp;doiOfLink=10.1007%2F978-1-4419-0763-9_20&amp;linkType=VIEW_NO_ACCESS&amp;linkLocation=Reference&amp;linkSource=FULL_TEXT" TargetMode="External"/><Relationship Id="rId319169c74c7fd9efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId470769c74c7fd9fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12991" TargetMode="External"/><Relationship Id="rId554069c74c7fd6437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId554069c74c7fd6437.jpg"/><Relationship Id="rId203969c74c7fd7de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203969c74c7fd7de1.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>