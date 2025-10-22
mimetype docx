--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId695068ddb518c93a6" w:history="1">
+            <w:hyperlink r:id="rId371468f8bfb04ca74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488268ddb518c941a" w:history="1">
+            <w:hyperlink r:id="rId500968f8bfb04cae1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91379205" name="name110668ddb518c99f0" descr="18090.jpg"/>
+                  <wp:docPr id="15931516" name="name899368f8bfb04cbb0" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId579768ddb518c99ef" cstate="print"/>
+                          <a:blip r:embed="rId319468f8bfb04cbaf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId573568ddb518c9b19" w:history="1">
+            <w:hyperlink r:id="rId673368f8bfb04ccc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24286162" name="name719968ddb518cb5a9" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="42715800" name="name552668f8bfb04eaae" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId185368ddb518cb5a6" cstate="print"/>
+                    <a:blip r:embed="rId980868f8bfb04eaab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156968ddb518cc6a8" w:history="1">
+      <w:hyperlink r:id="rId480968f8bfb0500e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982668ddb518cca06" w:history="1">
+      <w:hyperlink r:id="rId449068f8bfb0504d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386868ddb518ccd4e" w:history="1">
+      <w:hyperlink r:id="rId970468f8bfb0508c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51463227" name="name449868ddb518cce59" descr="eu_funding_250.png"/>
+            <wp:docPr id="2312620" name="name179268f8bfb050b3b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId952468ddb518cce58" cstate="print"/>
+                    <a:blip r:embed="rId467868f8bfb050b3a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64507294">
+  <w:abstractNum w:abstractNumId="21917285">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65420218">
+    <w:lvl w:ilvl="0" w:tplc="52006489">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65420218" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52006489" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64507293">
+  <w:abstractNum w:abstractNumId="21917284">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16330585">
+    <w:lvl w:ilvl="0" w:tplc="46167669">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64507293">
-    <w:abstractNumId w:val="64507293"/>
+  <w:num w:numId="21917284">
+    <w:abstractNumId w:val="21917284"/>
   </w:num>
-  <w:num w:numId="64507294">
-    <w:abstractNumId w:val="64507294"/>
+  <w:num w:numId="21917285">
+    <w:abstractNumId w:val="21917285"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId877341335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId455234634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId695068ddb518c93a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId488268ddb518c941a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId573568ddb518c9b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId156968ddb518cc6a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId982668ddb518cca06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId386868ddb518ccd4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId579768ddb518c99ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579768ddb518c99ef.jpg"/><Relationship Id="rId185368ddb518cb5a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185368ddb518cb5a6.jpg"/><Relationship Id="rId952468ddb518cce58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId952468ddb518cce58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId327715468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId720664338" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId371468f8bfb04ca74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId500968f8bfb04cae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId673368f8bfb04ccc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId480968f8bfb0500e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId449068f8bfb0504d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId970468f8bfb0508c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId319468f8bfb04cbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId319468f8bfb04cbaf.jpg"/><Relationship Id="rId980868f8bfb04eaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980868f8bfb04eaab.jpg"/><Relationship Id="rId467868f8bfb050b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId467868f8bfb050b3a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>