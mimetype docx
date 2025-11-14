--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371468f8bfb04ca74" w:history="1">
+            <w:hyperlink r:id="rId65276916d805afbd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500968f8bfb04cae1" w:history="1">
+            <w:hyperlink r:id="rId70546916d805afc4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15931516" name="name899368f8bfb04cbb0" descr="18090.jpg"/>
+                  <wp:docPr id="59024250" name="name88486916d805afd2a" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId319468f8bfb04cbaf" cstate="print"/>
+                          <a:blip r:embed="rId29906916d805afd28" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId673368f8bfb04ccc4" w:history="1">
+            <w:hyperlink r:id="rId72996916d805afe60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42715800" name="name552668f8bfb04eaae" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="61462961" name="name20736916d805b206b" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId980868f8bfb04eaab" cstate="print"/>
+                    <a:blip r:embed="rId53876916d805b2067" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480968f8bfb0500e9" w:history="1">
+      <w:hyperlink r:id="rId76696916d805b3225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449068f8bfb0504d0" w:history="1">
+      <w:hyperlink r:id="rId81496916d805b3585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970468f8bfb0508c0" w:history="1">
+      <w:hyperlink r:id="rId19686916d805b38da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2312620" name="name179268f8bfb050b3b" descr="eu_funding_250.png"/>
+            <wp:docPr id="31229713" name="name30616916d805b39ed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId467868f8bfb050b3a" cstate="print"/>
+                    <a:blip r:embed="rId52506916d805b39ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21917285">
+  <w:abstractNum w:abstractNumId="64168909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52006489">
+    <w:lvl w:ilvl="0" w:tplc="87197152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52006489" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87197152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21917284">
+  <w:abstractNum w:abstractNumId="64168908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46167669">
+    <w:lvl w:ilvl="0" w:tplc="99156843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21917284">
-    <w:abstractNumId w:val="21917284"/>
+  <w:num w:numId="64168908">
+    <w:abstractNumId w:val="64168908"/>
   </w:num>
-  <w:num w:numId="21917285">
-    <w:abstractNumId w:val="21917285"/>
+  <w:num w:numId="64168909">
+    <w:abstractNumId w:val="64168909"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId327715468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId720664338" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId371468f8bfb04ca74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId500968f8bfb04cae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId673368f8bfb04ccc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId480968f8bfb0500e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId449068f8bfb0504d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId970468f8bfb0508c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId319468f8bfb04cbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId319468f8bfb04cbaf.jpg"/><Relationship Id="rId980868f8bfb04eaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980868f8bfb04eaab.jpg"/><Relationship Id="rId467868f8bfb050b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId467868f8bfb050b3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213678344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700570270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65276916d805afbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId70546916d805afc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId72996916d805afe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId76696916d805b3225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId81496916d805b3585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId19686916d805b38da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29906916d805afd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29906916d805afd28.jpg"/><Relationship Id="rId53876916d805b2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53876916d805b2067.jpg"/><Relationship Id="rId52506916d805b39ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52506916d805b39ec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>