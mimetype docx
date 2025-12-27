--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65276916d805afbd3" w:history="1">
+            <w:hyperlink r:id="rId35206950384e4ec96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70546916d805afc4e" w:history="1">
+            <w:hyperlink r:id="rId11636950384e4ecff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59024250" name="name88486916d805afd2a" descr="18090.jpg"/>
+                  <wp:docPr id="85597352" name="name85946950384e4f558" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29906916d805afd28" cstate="print"/>
+                          <a:blip r:embed="rId80316950384e4f557" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72996916d805afe60" w:history="1">
+            <w:hyperlink r:id="rId76426950384e4f67d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61462961" name="name20736916d805b206b" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="83304834" name="name22416950384e51489" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53876916d805b2067" cstate="print"/>
+                    <a:blip r:embed="rId10196950384e51486" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76696916d805b3225" w:history="1">
+      <w:hyperlink r:id="rId37536950384e52a51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81496916d805b3585" w:history="1">
+      <w:hyperlink r:id="rId57386950384e52e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19686916d805b38da" w:history="1">
+      <w:hyperlink r:id="rId37906950384e53297" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31229713" name="name30616916d805b39ed" descr="eu_funding_250.png"/>
+            <wp:docPr id="73367056" name="name15616950384e53461" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52506916d805b39ec" cstate="print"/>
+                    <a:blip r:embed="rId94906950384e53460" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64168909">
+  <w:abstractNum w:abstractNumId="72342440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87197152">
+    <w:lvl w:ilvl="0" w:tplc="89032778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87197152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89032778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64168908">
+  <w:abstractNum w:abstractNumId="72342439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99156843">
+    <w:lvl w:ilvl="0" w:tplc="50949996">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64168908">
-    <w:abstractNumId w:val="64168908"/>
+  <w:num w:numId="72342439">
+    <w:abstractNumId w:val="72342439"/>
   </w:num>
-  <w:num w:numId="64168909">
-    <w:abstractNumId w:val="64168909"/>
+  <w:num w:numId="72342440">
+    <w:abstractNumId w:val="72342440"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213678344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700570270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65276916d805afbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId70546916d805afc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId72996916d805afe60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId76696916d805b3225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId81496916d805b3585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId19686916d805b38da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29906916d805afd28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29906916d805afd28.jpg"/><Relationship Id="rId53876916d805b2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53876916d805b2067.jpg"/><Relationship Id="rId52506916d805b39ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52506916d805b39ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId234589496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId222621953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35206950384e4ec96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId11636950384e4ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId76426950384e4f67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId37536950384e52a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId57386950384e52e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId37906950384e53297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80316950384e4f557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80316950384e4f557.jpg"/><Relationship Id="rId10196950384e51486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10196950384e51486.jpg"/><Relationship Id="rId94906950384e53460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94906950384e53460.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>