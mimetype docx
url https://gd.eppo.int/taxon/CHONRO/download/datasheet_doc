--- v3 (2025-12-27)
+++ v4 (2026-01-18)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35206950384e4ec96" w:history="1">
+            <w:hyperlink r:id="rId1131696c24a01e8ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11636950384e4ecff" w:history="1">
+            <w:hyperlink r:id="rId6384696c24a01e957" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85597352" name="name85946950384e4f558" descr="18090.jpg"/>
+                  <wp:docPr id="25007269" name="name4190696c24a01e9ff" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80316950384e4f557" cstate="print"/>
+                          <a:blip r:embed="rId7546696c24a01e9fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId76426950384e4f67d" w:history="1">
+            <w:hyperlink r:id="rId8958696c24a01ead9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83304834" name="name22416950384e51489" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="30756513" name="name8876696c24a020892" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10196950384e51486" cstate="print"/>
+                    <a:blip r:embed="rId4779696c24a02088f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37536950384e52a51" w:history="1">
+      <w:hyperlink r:id="rId3240696c24a021b3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57386950384e52e63" w:history="1">
+      <w:hyperlink r:id="rId3898696c24a021efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6290,73 +6290,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37906950384e53297" w:history="1">
+      <w:hyperlink r:id="rId5565696c24a0222b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73367056" name="name15616950384e53461" descr="eu_funding_250.png"/>
+            <wp:docPr id="37682939" name="name9898696c24a0223c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94906950384e53460" cstate="print"/>
+                    <a:blip r:embed="rId8270696c24a0223c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72342440">
+  <w:abstractNum w:abstractNumId="40265431">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89032778">
+    <w:lvl w:ilvl="0" w:tplc="40464653">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89032778" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40464653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72342439">
+  <w:abstractNum w:abstractNumId="40265430">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50949996">
+    <w:lvl w:ilvl="0" w:tplc="64050534">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72342439">
-    <w:abstractNumId w:val="72342439"/>
+  <w:num w:numId="40265430">
+    <w:abstractNumId w:val="40265430"/>
   </w:num>
-  <w:num w:numId="72342440">
-    <w:abstractNumId w:val="72342440"/>
+  <w:num w:numId="40265431">
+    <w:abstractNumId w:val="40265431"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId234589496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId222621953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35206950384e4ec96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId11636950384e4ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId76426950384e4f67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId37536950384e52a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId57386950384e52e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId37906950384e53297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80316950384e4f557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80316950384e4f557.jpg"/><Relationship Id="rId10196950384e51486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10196950384e51486.jpg"/><Relationship Id="rId94906950384e53460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94906950384e53460.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288246876" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637996805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1131696c24a01e8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId6384696c24a01e957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId8958696c24a01ead9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId3240696c24a021b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId3898696c24a021efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId5565696c24a0222b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7546696c24a01e9fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7546696c24a01e9fe.jpg"/><Relationship Id="rId4779696c24a02088f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4779696c24a02088f.jpg"/><Relationship Id="rId8270696c24a0223c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8270696c24a0223c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>