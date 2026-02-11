--- v4 (2026-01-18)
+++ v5 (2026-02-11)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1131696c24a01e8ef" w:history="1">
+            <w:hyperlink r:id="rId8003698c3ee64dd75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6384696c24a01e957" w:history="1">
+            <w:hyperlink r:id="rId8229698c3ee64ddde" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25007269" name="name4190696c24a01e9ff" descr="18090.jpg"/>
+                  <wp:docPr id="14179912" name="name6120698c3ee64deaa" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7546696c24a01e9fe" cstate="print"/>
+                          <a:blip r:embed="rId9084698c3ee64dea9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8958696c24a01ead9" w:history="1">
+            <w:hyperlink r:id="rId1757698c3ee64dfbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30756513" name="name8876696c24a020892" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="56800373" name="name8253698c3ee64fc8c" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4779696c24a02088f" cstate="print"/>
+                    <a:blip r:embed="rId5666698c3ee64fc88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3240696c24a021b3b" w:history="1">
+      <w:hyperlink r:id="rId4465698c3ee650ea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3898696c24a021efb" w:history="1">
+      <w:hyperlink r:id="rId7261698c3ee651226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5565696c24a0222b6" w:history="1">
+      <w:hyperlink r:id="rId8991698c3ee65157a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37682939" name="name9898696c24a0223c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="8388362" name="name7696698c3ee6516bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8270696c24a0223c1" cstate="print"/>
+                    <a:blip r:embed="rId2553698c3ee6516bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40265431">
+  <w:abstractNum w:abstractNumId="77036863">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40464653">
+    <w:lvl w:ilvl="0" w:tplc="46617849">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40464653" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46617849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40265430">
+  <w:abstractNum w:abstractNumId="77036862">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64050534">
+    <w:lvl w:ilvl="0" w:tplc="68145530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40265430">
-    <w:abstractNumId w:val="40265430"/>
+  <w:num w:numId="77036862">
+    <w:abstractNumId w:val="77036862"/>
   </w:num>
-  <w:num w:numId="40265431">
-    <w:abstractNumId w:val="40265431"/>
+  <w:num w:numId="77036863">
+    <w:abstractNumId w:val="77036863"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288246876" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637996805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1131696c24a01e8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId6384696c24a01e957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId8958696c24a01ead9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId3240696c24a021b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId3898696c24a021efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId5565696c24a0222b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7546696c24a01e9fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7546696c24a01e9fe.jpg"/><Relationship Id="rId4779696c24a02088f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4779696c24a02088f.jpg"/><Relationship Id="rId8270696c24a0223c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8270696c24a0223c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424274166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123959355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8003698c3ee64dd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId8229698c3ee64ddde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId1757698c3ee64dfbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId4465698c3ee650ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId7261698c3ee651226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId8991698c3ee65157a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9084698c3ee64dea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9084698c3ee64dea9.jpg"/><Relationship Id="rId5666698c3ee64fc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5666698c3ee64fc88.jpg"/><Relationship Id="rId2553698c3ee6516bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2553698c3ee6516bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>