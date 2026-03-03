--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8003698c3ee64dd75" w:history="1">
+            <w:hyperlink r:id="rId764169a6c6363dbd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8229698c3ee64ddde" w:history="1">
+            <w:hyperlink r:id="rId713869a6c6363dc3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14179912" name="name6120698c3ee64deaa" descr="18090.jpg"/>
+                  <wp:docPr id="82587864" name="name740569a6c6363e337" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9084698c3ee64dea9" cstate="print"/>
+                          <a:blip r:embed="rId814569a6c6363e334" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1757698c3ee64dfbf" w:history="1">
+            <w:hyperlink r:id="rId290169a6c6363e47e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56800373" name="name8253698c3ee64fc8c" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="25542279" name="name299669a6c636403a0" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5666698c3ee64fc88" cstate="print"/>
+                    <a:blip r:embed="rId519769a6c6364039b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4465698c3ee650ea7" w:history="1">
+      <w:hyperlink r:id="rId179969a6c6364151b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7261698c3ee651226" w:history="1">
+      <w:hyperlink r:id="rId527969a6c636418bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8991698c3ee65157a" w:history="1">
+      <w:hyperlink r:id="rId197169a6c63641c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8388362" name="name7696698c3ee6516bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="93817233" name="name870369a6c63641d4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2553698c3ee6516bb" cstate="print"/>
+                    <a:blip r:embed="rId778969a6c63641d4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77036863">
+  <w:abstractNum w:abstractNumId="64773129">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46617849">
+    <w:lvl w:ilvl="0" w:tplc="97660867">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46617849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97660867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77036862">
+  <w:abstractNum w:abstractNumId="64773128">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68145530">
+    <w:lvl w:ilvl="0" w:tplc="59510999">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77036862">
-    <w:abstractNumId w:val="77036862"/>
+  <w:num w:numId="64773128">
+    <w:abstractNumId w:val="64773128"/>
   </w:num>
-  <w:num w:numId="77036863">
-    <w:abstractNumId w:val="77036863"/>
+  <w:num w:numId="64773129">
+    <w:abstractNumId w:val="64773129"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424274166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123959355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8003698c3ee64dd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId8229698c3ee64ddde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId1757698c3ee64dfbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId4465698c3ee650ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId7261698c3ee651226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId8991698c3ee65157a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9084698c3ee64dea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9084698c3ee64dea9.jpg"/><Relationship Id="rId5666698c3ee64fc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5666698c3ee64fc88.jpg"/><Relationship Id="rId2553698c3ee6516bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2553698c3ee6516bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId270478806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269718107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId764169a6c6363dbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId713869a6c6363dc3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId290169a6c6363e47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId179969a6c6364151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId527969a6c636418bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId197169a6c63641c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId814569a6c6363e334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814569a6c6363e334.jpg"/><Relationship Id="rId519769a6c6364039b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519769a6c6364039b.jpg"/><Relationship Id="rId778969a6c63641d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId778969a6c63641d4c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>