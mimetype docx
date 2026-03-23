--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId764169a6c6363dbd0" w:history="1">
+            <w:hyperlink r:id="rId793869c14babcf0cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713869a6c6363dc3c" w:history="1">
+            <w:hyperlink r:id="rId233869c14babcf138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82587864" name="name740569a6c6363e337" descr="18090.jpg"/>
+                  <wp:docPr id="60659402" name="name891069c14babcf527" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId814569a6c6363e334" cstate="print"/>
+                          <a:blip r:embed="rId847169c14babcf526" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId290169a6c6363e47e" w:history="1">
+            <w:hyperlink r:id="rId471669c14babcf628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25542279" name="name299669a6c636403a0" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="69747162" name="name474469c14babd127d" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId519769a6c6364039b" cstate="print"/>
+                    <a:blip r:embed="rId377269c14babd1279" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179969a6c6364151b" w:history="1">
+      <w:hyperlink r:id="rId340569c14babd23e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527969a6c636418bc" w:history="1">
+      <w:hyperlink r:id="rId850169c14babd2742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197169a6c63641c08" w:history="1">
+      <w:hyperlink r:id="rId808269c14babd2a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93817233" name="name870369a6c63641d4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="49272611" name="name653369c14babd2ba2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId778969a6c63641d4c" cstate="print"/>
+                    <a:blip r:embed="rId539869c14babd2ba1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64773129">
+  <w:abstractNum w:abstractNumId="26371781">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97660867">
+    <w:lvl w:ilvl="0" w:tplc="45033071">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97660867" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45033071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64773128">
+  <w:abstractNum w:abstractNumId="26371780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59510999">
+    <w:lvl w:ilvl="0" w:tplc="31381242">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64773128">
-    <w:abstractNumId w:val="64773128"/>
+  <w:num w:numId="26371780">
+    <w:abstractNumId w:val="26371780"/>
   </w:num>
-  <w:num w:numId="64773129">
-    <w:abstractNumId w:val="64773129"/>
+  <w:num w:numId="26371781">
+    <w:abstractNumId w:val="26371781"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId270478806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269718107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId764169a6c6363dbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId713869a6c6363dc3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId290169a6c6363e47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId179969a6c6364151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId527969a6c636418bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId197169a6c63641c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId814569a6c6363e334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId814569a6c6363e334.jpg"/><Relationship Id="rId519769a6c6364039b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519769a6c6364039b.jpg"/><Relationship Id="rId778969a6c63641d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId778969a6c63641d4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930066153" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId468597114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId793869c14babcf0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId233869c14babcf138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId471669c14babcf628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId340569c14babd23e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId850169c14babd2742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId808269c14babd2a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId847169c14babcf526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169c14babcf526.jpg"/><Relationship Id="rId377269c14babd1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377269c14babd1279.jpg"/><Relationship Id="rId539869c14babd2ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539869c14babd2ba1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>