--- v7 (2026-03-23)
+++ v8 (2026-03-23)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Harris</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oblique-banded leaf roller</w:t>
             </w:r>
-            <w:hyperlink r:id="rId793869c14babcf0cb" w:history="1">
+            <w:hyperlink r:id="rId458769c15e0e2e8df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233869c14babcf138" w:history="1">
+            <w:hyperlink r:id="rId104469c15e0e2e946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60659402" name="name891069c14babcf527" descr="18090.jpg"/>
+                  <wp:docPr id="54114098" name="name565569c15e0e2f067" descr="18090.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18090.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId847169c14babcf526" cstate="print"/>
+                          <a:blip r:embed="rId649769c15e0e2f064" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId471669c14babcf628" w:history="1">
+            <w:hyperlink r:id="rId368369c15e0e2f191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2896,63 +2896,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011), and from the Atlantic to the Pacific (e.g., Freeman, 1958; Powell 1964; Reissig, 2016). It is most commonly encountered at low altitudes, except in the more arid regions of the South-Western U.S. (Powell, 1964). It may be found in urban areas, gardens, greenhouses, orchards, parks, and forests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69747162" name="name474469c14babd127d" descr="CHONRO_distribution_map.jpg"/>
+            <wp:docPr id="47351577" name="name710369c15e0e3102c" descr="CHONRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId377269c14babd1279" cstate="print"/>
+                    <a:blip r:embed="rId721369c15e0e31028" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5262,51 +5262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17–19.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gilligan TM &amp; Epstein ME (2014) TORTAI (Tortricids of Agricultural Importance). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340569c14babd23e1" w:history="1">
+      <w:hyperlink r:id="rId972469c15e0e322b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/leps/tortai/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5796,51 +5796,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1965), 543–840.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reissig WH (2016) Obliquebanded leafroller. New York State Integrated Pest Management Program. Web page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850169c14babd2742" w:history="1">
+      <w:hyperlink r:id="rId186069c15e0e32693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6312,51 +6312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura rosaceana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808269c14babd2a93" w:history="1">
+      <w:hyperlink r:id="rId828069c15e0e32abf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6431,63 +6431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49272611" name="name653369c14babd2ba2" descr="eu_funding_250.png"/>
+            <wp:docPr id="36116993" name="name452469c15e0e32c01" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId539869c14babd2ba1" cstate="print"/>
+                    <a:blip r:embed="rId945169c15e0e32bff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6585,137 +6585,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26371781">
+  <w:abstractNum w:abstractNumId="97831795">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45033071">
+    <w:lvl w:ilvl="0" w:tplc="72428023">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45033071" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72428023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26371780">
+  <w:abstractNum w:abstractNumId="97831794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31381242">
+    <w:lvl w:ilvl="0" w:tplc="63978113">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7467,55 +7467,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26371780">
-    <w:abstractNumId w:val="26371780"/>
+  <w:num w:numId="97831794">
+    <w:abstractNumId w:val="97831794"/>
   </w:num>
-  <w:num w:numId="26371781">
-    <w:abstractNumId w:val="26371781"/>
+  <w:num w:numId="97831795">
+    <w:abstractNumId w:val="97831795"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19065,51 +19065,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930066153" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId468597114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId793869c14babcf0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId233869c14babcf138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId471669c14babcf628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId340569c14babd23e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId850169c14babd2742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId808269c14babd2a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId847169c14babcf526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169c14babcf526.jpg"/><Relationship Id="rId377269c14babd1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377269c14babd1279.jpg"/><Relationship Id="rId539869c14babd2ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId539869c14babd2ba1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630548112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844060365" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId458769c15e0e2e8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/" TargetMode="External"/><Relationship Id="rId104469c15e0e2e946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/categorization" TargetMode="External"/><Relationship Id="rId368369c15e0e2f191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONRO/photos" TargetMode="External"/><Relationship Id="rId972469c15e0e322b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/leps/tortai/" TargetMode="External"/><Relationship Id="rId186069c15e0e32693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nysipm.cornell.edu/factsheets/treefruit/pests/oblr/oblr.asp" TargetMode="External"/><Relationship Id="rId828069c15e0e32abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId649769c15e0e2f064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId649769c15e0e2f064.jpg"/><Relationship Id="rId721369c15e0e31028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721369c15e0e31028.jpg"/><Relationship Id="rId945169c15e0e32bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId945169c15e0e32bff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>