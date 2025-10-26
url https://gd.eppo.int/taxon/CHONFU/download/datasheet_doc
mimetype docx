--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371668e14a3e00eab" w:history="1">
+            <w:hyperlink r:id="rId689868fd6f1e023d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId879368e14a3e00f19" w:history="1">
+            <w:hyperlink r:id="rId361168fd6f1e02438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38498617" name="name195068e14a3e00ffc" descr="18100.jpg"/>
+                  <wp:docPr id="74878972" name="name830468fd6f1e024f8" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId698768e14a3e00ffa" cstate="print"/>
+                          <a:blip r:embed="rId323668fd6f1e024f7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId305968e14a3e01110" w:history="1">
+            <w:hyperlink r:id="rId371168fd6f1e0260e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1890,63 +1890,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6132174" name="name518868e14a3e02995" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="19203428" name="name877368fd6f1e04072" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId520468e14a3e02991" cstate="print"/>
+                    <a:blip r:embed="rId825368fd6f1e0406e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2617,51 +2617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId938268e14a3e03031" w:history="1">
+      <w:hyperlink r:id="rId115168fd6f1e04714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId616868e14a3e030b4" w:history="1">
+      <w:hyperlink r:id="rId121968fd6f1e04797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817868e14a3e038f2" w:history="1">
+      <w:hyperlink r:id="rId946468fd6f1e05591" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895168e14a3e039ee" w:history="1">
+      <w:hyperlink r:id="rId404068fd6f1e05695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3819,82 +3819,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104168e14a3e03a73" w:history="1">
+      <w:hyperlink r:id="rId478568fd6f1e05710" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722668e14a3e03ac0" w:history="1"/>
-      <w:hyperlink r:id="rId602768e14a3e03ac9" w:history="1">
+      <w:hyperlink r:id="rId481568fd6f1e05744" w:history="1"/>
+      <w:hyperlink r:id="rId894268fd6f1e0574a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961968e14a3e03ba6" w:history="1">
+      <w:hyperlink r:id="rId170968fd6f1e057e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4023,51 +4023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273068e14a3e03c9f" w:history="1">
+      <w:hyperlink r:id="rId198068fd6f1e0603b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4193,51 +4193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376768e14a3e03e9a" w:history="1">
+      <w:hyperlink r:id="rId941768fd6f1e06198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4274,51 +4274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320068e14a3e03f78" w:history="1">
+      <w:hyperlink r:id="rId447468fd6f1e06239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4413,51 +4413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311268e14a3e040ed" w:history="1">
+      <w:hyperlink r:id="rId311168fd6f1e06321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4579,51 +4579,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552768e14a3e04298" w:history="1">
+      <w:hyperlink r:id="rId324168fd6f1e0644c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4678,51 +4678,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505968e14a3e043a8" w:history="1">
+      <w:hyperlink r:id="rId329468fd6f1e0650d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4917,51 +4917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138468e14a3e04620" w:history="1">
+      <w:hyperlink r:id="rId725168fd6f1e066aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5036,51 +5036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489768e14a3e04759" w:history="1">
+      <w:hyperlink r:id="rId692968fd6f1e0676f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323968e14a3e049e7" w:history="1">
+      <w:hyperlink r:id="rId701068fd6f1e0692d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655168e14a3e04bf5" w:history="1">
+      <w:hyperlink r:id="rId984568fd6f1e06a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5622,51 +5622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909968e14a3e04d96" w:history="1">
+      <w:hyperlink r:id="rId951668fd6f1e06b46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5761,51 +5761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973568e14a3e04f1f" w:history="1">
+      <w:hyperlink r:id="rId376668fd6f1e06c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254268e14a3e04fec" w:history="1">
+      <w:hyperlink r:id="rId625268fd6f1e06d13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249268e14a3e050c7" w:history="1">
+      <w:hyperlink r:id="rId362868fd6f1e06db6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6004,51 +6004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525668e14a3e051a8" w:history="1">
+      <w:hyperlink r:id="rId336568fd6f1e06e56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6085,51 +6085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451268e14a3e05270" w:history="1">
+      <w:hyperlink r:id="rId448268fd6f1e06ede" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6166,51 +6166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921768e14a3e05337" w:history="1">
+      <w:hyperlink r:id="rId655068fd6f1e06f93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6316,51 +6316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575968e14a3e054bc" w:history="1">
+      <w:hyperlink r:id="rId824168fd6f1e070c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6386,51 +6386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256068e14a3e05571" w:history="1">
+      <w:hyperlink r:id="rId122568fd6f1e0715c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6467,51 +6467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491468e14a3e05663" w:history="1">
+      <w:hyperlink r:id="rId985468fd6f1e07363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6548,51 +6548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351168e14a3e0573e" w:history="1">
+      <w:hyperlink r:id="rId350968fd6f1e073ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6638,51 +6638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426068e14a3e05827" w:history="1">
+      <w:hyperlink r:id="rId106468fd6f1e0749e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6875,51 +6875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148868e14a3e05a9e" w:history="1">
+      <w:hyperlink r:id="rId110968fd6f1e0761e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6945,101 +6945,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827168e14a3e05b62" w:history="1">
+      <w:hyperlink r:id="rId199768fd6f1e07696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384868e14a3e05be8" w:history="1">
+      <w:hyperlink r:id="rId712568fd6f1e076e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7105,51 +7105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770168e14a3e05d1e" w:history="1">
+      <w:hyperlink r:id="rId105868fd6f1e077a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7224,63 +7224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46039341" name="name145168e14a3e05f1a" descr="eu_funding_250.png"/>
+            <wp:docPr id="35866306" name="name245268fd6f1e078e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId910868e14a3e05f18" cstate="print"/>
+                    <a:blip r:embed="rId859768fd6f1e078e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7378,137 +7378,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96569476">
+  <w:abstractNum w:abstractNumId="91898094">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31035327">
+    <w:lvl w:ilvl="0" w:tplc="77310152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31035327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77310152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96569475">
+  <w:abstractNum w:abstractNumId="91898093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17111805">
+    <w:lvl w:ilvl="0" w:tplc="14224975">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8260,55 +8260,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96569475">
-    <w:abstractNumId w:val="96569475"/>
+  <w:num w:numId="91898093">
+    <w:abstractNumId w:val="91898093"/>
   </w:num>
-  <w:num w:numId="96569476">
-    <w:abstractNumId w:val="96569476"/>
+  <w:num w:numId="91898094">
+    <w:abstractNumId w:val="91898094"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19858,51 +19858,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401009350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519276062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId371668e14a3e00eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId879368e14a3e00f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId305968e14a3e01110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId938268e14a3e03031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId616868e14a3e030b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId817868e14a3e038f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId895168e14a3e039ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId104168e14a3e03a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId722668e14a3e03ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId602768e14a3e03ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId961968e14a3e03ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId273068e14a3e03c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId376768e14a3e03e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId320068e14a3e03f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId311268e14a3e040ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId552768e14a3e04298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId505968e14a3e043a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId138468e14a3e04620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId489768e14a3e04759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId323968e14a3e049e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId655168e14a3e04bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId909968e14a3e04d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId973568e14a3e04f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId254268e14a3e04fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId249268e14a3e050c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId525668e14a3e051a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId451268e14a3e05270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId921768e14a3e05337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId575968e14a3e054bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId256068e14a3e05571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId491468e14a3e05663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId351168e14a3e0573e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId426068e14a3e05827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId148868e14a3e05a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId827168e14a3e05b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId384868e14a3e05be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId770168e14a3e05d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId698768e14a3e00ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698768e14a3e00ffa.jpg"/><Relationship Id="rId520468e14a3e02991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520468e14a3e02991.jpg"/><Relationship Id="rId910868e14a3e05f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910868e14a3e05f18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId375456512" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353052564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId689868fd6f1e023d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId361168fd6f1e02438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId371168fd6f1e0260e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId115168fd6f1e04714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId121968fd6f1e04797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId946468fd6f1e05591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId404068fd6f1e05695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId478568fd6f1e05710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId481568fd6f1e05744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId894268fd6f1e0574a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId170968fd6f1e057e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId198068fd6f1e0603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId941768fd6f1e06198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId447468fd6f1e06239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId311168fd6f1e06321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId324168fd6f1e0644c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId329468fd6f1e0650d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId725168fd6f1e066aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId692968fd6f1e0676f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId701068fd6f1e0692d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId984568fd6f1e06a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId951668fd6f1e06b46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId376668fd6f1e06c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId625268fd6f1e06d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId362868fd6f1e06db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId336568fd6f1e06e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId448268fd6f1e06ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId655068fd6f1e06f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId824168fd6f1e070c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId122568fd6f1e0715c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId985468fd6f1e07363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId350968fd6f1e073ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId106468fd6f1e0749e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId110968fd6f1e0761e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId199768fd6f1e07696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId712568fd6f1e076e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId105868fd6f1e077a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId323668fd6f1e024f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323668fd6f1e024f7.jpg"/><Relationship Id="rId825368fd6f1e0406e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId825368fd6f1e0406e.jpg"/><Relationship Id="rId859768fd6f1e078e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859768fd6f1e078e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>