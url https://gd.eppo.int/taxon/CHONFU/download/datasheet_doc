--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId689868fd6f1e023d1" w:history="1">
+            <w:hyperlink r:id="rId8642691894e6c632a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361168fd6f1e02438" w:history="1">
+            <w:hyperlink r:id="rId6438691894e6c639a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74878972" name="name830468fd6f1e024f8" descr="18100.jpg"/>
+                  <wp:docPr id="55764613" name="name7407691894e6c6aa2" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId323668fd6f1e024f7" cstate="print"/>
+                          <a:blip r:embed="rId7007691894e6c6aa1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId371168fd6f1e0260e" w:history="1">
+            <w:hyperlink r:id="rId4708691894e6c6bd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1692,50 +1692,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudotsuga menziesii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Tsuga canadensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tsuga heterophylla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tsuga</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1890,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19203428" name="name877368fd6f1e04072" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="33027349" name="name8615691894e6c8697" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId825368fd6f1e0406e" cstate="print"/>
+                    <a:blip r:embed="rId1043691894e6c8694" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2617,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId115168fd6f1e04714" w:history="1">
+      <w:hyperlink r:id="rId3667691894e6c8e4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2698,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId121968fd6f1e04797" w:history="1">
+      <w:hyperlink r:id="rId7923691894e6c8ece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3597,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946468fd6f1e05591" w:history="1">
+      <w:hyperlink r:id="rId5731691894e6c9688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3747,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404068fd6f1e05695" w:history="1">
+      <w:hyperlink r:id="rId5659691894e6c97c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3819,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478568fd6f1e05710" w:history="1">
+      <w:hyperlink r:id="rId1461691894e6c9840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481568fd6f1e05744" w:history="1"/>
-      <w:hyperlink r:id="rId894268fd6f1e0574a" w:history="1">
+      <w:hyperlink r:id="rId6820691894e6c9892" w:history="1"/>
+      <w:hyperlink r:id="rId4081691894e6c989b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3931,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170968fd6f1e057e6" w:history="1">
+      <w:hyperlink r:id="rId4750691894e6c9924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4023,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198068fd6f1e0603b" w:history="1">
+      <w:hyperlink r:id="rId3536691894e6c99be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4193,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941768fd6f1e06198" w:history="1">
+      <w:hyperlink r:id="rId1754691894e6c9b0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4274,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447468fd6f1e06239" w:history="1">
+      <w:hyperlink r:id="rId5639691894e6c9c57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4413,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311168fd6f1e06321" w:history="1">
+      <w:hyperlink r:id="rId6106691894e6c9d7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4579,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324168fd6f1e0644c" w:history="1">
+      <w:hyperlink r:id="rId1794691894e6c9ebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4678,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329468fd6f1e0650d" w:history="1">
+      <w:hyperlink r:id="rId2691691894e6c9f77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4917,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725168fd6f1e066aa" w:history="1">
+      <w:hyperlink r:id="rId8312691894e6ca106" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5036,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692968fd6f1e0676f" w:history="1">
+      <w:hyperlink r:id="rId8454691894e6ca1cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5295,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701068fd6f1e0692d" w:history="1">
+      <w:hyperlink r:id="rId3351691894e6ca459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5503,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984568fd6f1e06a82" w:history="1">
+      <w:hyperlink r:id="rId5773691894e6ca5e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5622,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951668fd6f1e06b46" w:history="1">
+      <w:hyperlink r:id="rId2075691894e6ca6aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5761,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376668fd6f1e06c88" w:history="1">
+      <w:hyperlink r:id="rId1755691894e6ca78e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625268fd6f1e06d13" w:history="1">
+      <w:hyperlink r:id="rId3355691894e6ca815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5923,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362868fd6f1e06db6" w:history="1">
+      <w:hyperlink r:id="rId6800691894e6ca899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6004,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336568fd6f1e06e56" w:history="1">
+      <w:hyperlink r:id="rId8040691894e6ca91d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6085,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448268fd6f1e06ede" w:history="1">
+      <w:hyperlink r:id="rId6640691894e6ca9a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6166,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655068fd6f1e06f93" w:history="1">
+      <w:hyperlink r:id="rId6631691894e6caa25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6316,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824168fd6f1e070c9" w:history="1">
+      <w:hyperlink r:id="rId6588691894e6cab2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6386,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122568fd6f1e0715c" w:history="1">
+      <w:hyperlink r:id="rId8719691894e6cac08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6467,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985468fd6f1e07363" w:history="1">
+      <w:hyperlink r:id="rId9183691894e6cac94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6548,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350968fd6f1e073ed" w:history="1">
+      <w:hyperlink r:id="rId4764691894e6cad49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6638,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106468fd6f1e0749e" w:history="1">
+      <w:hyperlink r:id="rId5549691894e6cade0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6875,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110968fd6f1e0761e" w:history="1">
+      <w:hyperlink r:id="rId1193691894e6caf84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6945,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199768fd6f1e07696" w:history="1">
+      <w:hyperlink r:id="rId3330691894e6cb00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712568fd6f1e076e8" w:history="1">
+      <w:hyperlink r:id="rId2312691894e6cb061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7105,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105868fd6f1e077a4" w:history="1">
+      <w:hyperlink r:id="rId7275691894e6cb11c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7224,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35866306" name="name245268fd6f1e078e1" descr="eu_funding_250.png"/>
+            <wp:docPr id="58728396" name="name9936691894e6cb2c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId859768fd6f1e078e0" cstate="print"/>
+                    <a:blip r:embed="rId5857691894e6cb2bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7378,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91898094">
+  <w:abstractNum w:abstractNumId="80261278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77310152">
+    <w:lvl w:ilvl="0" w:tplc="77620449">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77310152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77620449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91898093">
+  <w:abstractNum w:abstractNumId="80261277">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14224975">
+    <w:lvl w:ilvl="0" w:tplc="50746370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8260,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91898093">
-    <w:abstractNumId w:val="91898093"/>
+  <w:num w:numId="80261277">
+    <w:abstractNumId w:val="80261277"/>
   </w:num>
-  <w:num w:numId="91898094">
-    <w:abstractNumId w:val="91898094"/>
+  <w:num w:numId="80261278">
+    <w:abstractNumId w:val="80261278"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19858,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId375456512" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353052564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId689868fd6f1e023d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId361168fd6f1e02438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId371168fd6f1e0260e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId115168fd6f1e04714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId121968fd6f1e04797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId946468fd6f1e05591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId404068fd6f1e05695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId478568fd6f1e05710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId481568fd6f1e05744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId894268fd6f1e0574a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId170968fd6f1e057e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId198068fd6f1e0603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId941768fd6f1e06198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId447468fd6f1e06239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId311168fd6f1e06321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId324168fd6f1e0644c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId329468fd6f1e0650d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId725168fd6f1e066aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId692968fd6f1e0676f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId701068fd6f1e0692d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId984568fd6f1e06a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId951668fd6f1e06b46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId376668fd6f1e06c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId625268fd6f1e06d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId362868fd6f1e06db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId336568fd6f1e06e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId448268fd6f1e06ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId655068fd6f1e06f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId824168fd6f1e070c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId122568fd6f1e0715c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId985468fd6f1e07363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId350968fd6f1e073ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId106468fd6f1e0749e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId110968fd6f1e0761e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId199768fd6f1e07696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId712568fd6f1e076e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId105868fd6f1e077a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId323668fd6f1e024f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323668fd6f1e024f7.jpg"/><Relationship Id="rId825368fd6f1e0406e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId825368fd6f1e0406e.jpg"/><Relationship Id="rId859768fd6f1e078e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859768fd6f1e078e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401578628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813457651" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8642691894e6c632a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId6438691894e6c639a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId4708691894e6c6bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId3667691894e6c8e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId7923691894e6c8ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId5731691894e6c9688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId5659691894e6c97c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId1461691894e6c9840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId6820691894e6c9892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId4081691894e6c989b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId4750691894e6c9924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId3536691894e6c99be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId1754691894e6c9b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId5639691894e6c9c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId6106691894e6c9d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId1794691894e6c9ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId2691691894e6c9f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8312691894e6ca106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId8454691894e6ca1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId3351691894e6ca459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId5773691894e6ca5e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2075691894e6ca6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId1755691894e6ca78e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId3355691894e6ca815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId6800691894e6ca899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId8040691894e6ca91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId6640691894e6ca9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId6631691894e6caa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId6588691894e6cab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8719691894e6cac08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId9183691894e6cac94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId4764691894e6cad49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId5549691894e6cade0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId1193691894e6caf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId3330691894e6cb00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId2312691894e6cb061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId7275691894e6cb11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7007691894e6c6aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7007691894e6c6aa1.jpg"/><Relationship Id="rId1043691894e6c8694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1043691894e6c8694.jpg"/><Relationship Id="rId5857691894e6cb2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5857691894e6cb2bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>