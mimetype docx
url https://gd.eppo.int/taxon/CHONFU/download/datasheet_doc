--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8642691894e6c632a" w:history="1">
+            <w:hyperlink r:id="rId337469332e7f8c6b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6438691894e6c639a" w:history="1">
+            <w:hyperlink r:id="rId117869332e7f8c71e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55764613" name="name7407691894e6c6aa2" descr="18100.jpg"/>
+                  <wp:docPr id="76583717" name="name303869332e7f8ce91" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7007691894e6c6aa1" cstate="print"/>
+                          <a:blip r:embed="rId538069332e7f8ce8f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4708691894e6c6bd8" w:history="1">
+            <w:hyperlink r:id="rId941469332e7f8cfc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33027349" name="name8615691894e6c8697" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="44584306" name="name511769332e7f8e55f" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1043691894e6c8694" cstate="print"/>
+                    <a:blip r:embed="rId687469332e7f8e55d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3667691894e6c8e4a" w:history="1">
+      <w:hyperlink r:id="rId637769332e7f8ebb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7923691894e6c8ece" w:history="1">
+      <w:hyperlink r:id="rId979469332e7f8ec38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5731691894e6c9688" w:history="1">
+      <w:hyperlink r:id="rId588569332e7f8f453" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5659691894e6c97c2" w:history="1">
+      <w:hyperlink r:id="rId788169332e7f8f548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1461691894e6c9840" w:history="1">
+      <w:hyperlink r:id="rId499469332e7f8f5be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6820691894e6c9892" w:history="1"/>
-      <w:hyperlink r:id="rId4081691894e6c989b" w:history="1">
+      <w:hyperlink r:id="rId590969332e7f8f5f0" w:history="1"/>
+      <w:hyperlink r:id="rId759069332e7f8f5f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4750691894e6c9924" w:history="1">
+      <w:hyperlink r:id="rId676269332e7f8f678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3536691894e6c99be" w:history="1">
+      <w:hyperlink r:id="rId648669332e7f8f70b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1754691894e6c9b0a" w:history="1">
+      <w:hyperlink r:id="rId351869332e7f8f81a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5639691894e6c9c57" w:history="1">
+      <w:hyperlink r:id="rId446569332e7f8f89b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6106691894e6c9d7f" w:history="1">
+      <w:hyperlink r:id="rId973269332e7f8f98a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1794691894e6c9ebe" w:history="1">
+      <w:hyperlink r:id="rId511269332e7f8fa92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2691691894e6c9f77" w:history="1">
+      <w:hyperlink r:id="rId209669332e7f8fb35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8312691894e6ca106" w:history="1">
+      <w:hyperlink r:id="rId469269332e7f8fcb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8454691894e6ca1cc" w:history="1">
+      <w:hyperlink r:id="rId417869332e7f8fd7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3351691894e6ca459" w:history="1">
+      <w:hyperlink r:id="rId198869332e7f8ff15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5773691894e6ca5e0" w:history="1">
+      <w:hyperlink r:id="rId788269332e7f90062" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2075691894e6ca6aa" w:history="1">
+      <w:hyperlink r:id="rId817669332e7f90122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1755691894e6ca78e" w:history="1">
+      <w:hyperlink r:id="rId759069332e7f901fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3355691894e6ca815" w:history="1">
+      <w:hyperlink r:id="rId290669332e7f9027e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6800691894e6ca899" w:history="1">
+      <w:hyperlink r:id="rId461969332e7f902ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8040691894e6ca91d" w:history="1">
+      <w:hyperlink r:id="rId310169332e7f9037f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6640691894e6ca9a0" w:history="1">
+      <w:hyperlink r:id="rId755769332e7f90400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6631691894e6caa25" w:history="1">
+      <w:hyperlink r:id="rId322469332e7f90487" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6588691894e6cab2d" w:history="1">
+      <w:hyperlink r:id="rId600869332e7f9057d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8719691894e6cac08" w:history="1">
+      <w:hyperlink r:id="rId526869332e7f905ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9183691894e6cac94" w:history="1">
+      <w:hyperlink r:id="rId180569332e7f9066c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4764691894e6cad49" w:history="1">
+      <w:hyperlink r:id="rId570969332e7f906ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5549691894e6cade0" w:history="1">
+      <w:hyperlink r:id="rId303469332e7f90779" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1193691894e6caf84" w:history="1">
+      <w:hyperlink r:id="rId507769332e7f90920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3330691894e6cb00d" w:history="1">
+      <w:hyperlink r:id="rId866869332e7f90999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2312691894e6cb061" w:history="1">
+      <w:hyperlink r:id="rId984069332e7f909ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7125,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7275691894e6cb11c" w:history="1">
+      <w:hyperlink r:id="rId474069332e7f90aa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58728396" name="name9936691894e6cb2c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="47427052" name="name242869332e7f90d0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5857691894e6cb2bf" cstate="print"/>
+                    <a:blip r:embed="rId755969332e7f90d0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80261278">
+  <w:abstractNum w:abstractNumId="32097339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77620449">
+    <w:lvl w:ilvl="0" w:tplc="82154168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77620449" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82154168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80261277">
+  <w:abstractNum w:abstractNumId="32097338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50746370">
+    <w:lvl w:ilvl="0" w:tplc="26585644">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80261277">
-    <w:abstractNumId w:val="80261277"/>
+  <w:num w:numId="32097338">
+    <w:abstractNumId w:val="32097338"/>
   </w:num>
-  <w:num w:numId="80261278">
-    <w:abstractNumId w:val="80261278"/>
+  <w:num w:numId="32097339">
+    <w:abstractNumId w:val="32097339"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401578628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813457651" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8642691894e6c632a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId6438691894e6c639a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId4708691894e6c6bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId3667691894e6c8e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId7923691894e6c8ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId5731691894e6c9688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId5659691894e6c97c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId1461691894e6c9840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId6820691894e6c9892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId4081691894e6c989b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId4750691894e6c9924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId3536691894e6c99be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId1754691894e6c9b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId5639691894e6c9c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId6106691894e6c9d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId1794691894e6c9ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId2691691894e6c9f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8312691894e6ca106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId8454691894e6ca1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId3351691894e6ca459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId5773691894e6ca5e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2075691894e6ca6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId1755691894e6ca78e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId3355691894e6ca815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId6800691894e6ca899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId8040691894e6ca91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId6640691894e6ca9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId6631691894e6caa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId6588691894e6cab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8719691894e6cac08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId9183691894e6cac94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId4764691894e6cad49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId5549691894e6cade0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId1193691894e6caf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId3330691894e6cb00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId2312691894e6cb061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId7275691894e6cb11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7007691894e6c6aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7007691894e6c6aa1.jpg"/><Relationship Id="rId1043691894e6c8694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1043691894e6c8694.jpg"/><Relationship Id="rId5857691894e6cb2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5857691894e6cb2bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId495324229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188229907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId337469332e7f8c6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId117869332e7f8c71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId941469332e7f8cfc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId637769332e7f8ebb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId979469332e7f8ec38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId588569332e7f8f453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId788169332e7f8f548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId499469332e7f8f5be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId590969332e7f8f5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId759069332e7f8f5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId676269332e7f8f678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId648669332e7f8f70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId351869332e7f8f81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId446569332e7f8f89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId973269332e7f8f98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId511269332e7f8fa92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId209669332e7f8fb35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId469269332e7f8fcb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId417869332e7f8fd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId198869332e7f8ff15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId788269332e7f90062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId817669332e7f90122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId759069332e7f901fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId290669332e7f9027e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId461969332e7f902ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId310169332e7f9037f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId755769332e7f90400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId322469332e7f90487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId600869332e7f9057d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId526869332e7f905ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId180569332e7f9066c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId570969332e7f906ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId303469332e7f90779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId507769332e7f90920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId866869332e7f90999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId984069332e7f909ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId474069332e7f90aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId538069332e7f8ce8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId538069332e7f8ce8f.jpg"/><Relationship Id="rId687469332e7f8e55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId687469332e7f8e55d.jpg"/><Relationship Id="rId755969332e7f90d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId755969332e7f90d0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>