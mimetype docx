--- v3 (2025-12-05)
+++ v4 (2025-12-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337469332e7f8c6b2" w:history="1">
+            <w:hyperlink r:id="rId8123693ed646666c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117869332e7f8c71e" w:history="1">
+            <w:hyperlink r:id="rId3307693ed6466672a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76583717" name="name303869332e7f8ce91" descr="18100.jpg"/>
+                  <wp:docPr id="60387457" name="name1780693ed64666f77" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId538069332e7f8ce8f" cstate="print"/>
+                          <a:blip r:embed="rId2613693ed64666f76" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId941469332e7f8cfc6" w:history="1">
+            <w:hyperlink r:id="rId3685693ed64667065" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44584306" name="name511769332e7f8e55f" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="4474047" name="name4772693ed6466868a" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId687469332e7f8e55d" cstate="print"/>
+                    <a:blip r:embed="rId2464693ed64668687" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId637769332e7f8ebb7" w:history="1">
+      <w:hyperlink r:id="rId1385693ed64668d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId979469332e7f8ec38" w:history="1">
+      <w:hyperlink r:id="rId6040693ed64668da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588569332e7f8f453" w:history="1">
+      <w:hyperlink r:id="rId9686693ed646693e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788169332e7f8f548" w:history="1">
+      <w:hyperlink r:id="rId1751693ed646694e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499469332e7f8f5be" w:history="1">
+      <w:hyperlink r:id="rId9572693ed6466955d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590969332e7f8f5f0" w:history="1"/>
-      <w:hyperlink r:id="rId759069332e7f8f5f6" w:history="1">
+      <w:hyperlink r:id="rId8998693ed64669590" w:history="1"/>
+      <w:hyperlink r:id="rId1816693ed64669598" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676269332e7f8f678" w:history="1">
+      <w:hyperlink r:id="rId9969693ed6466961e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648669332e7f8f70b" w:history="1">
+      <w:hyperlink r:id="rId1460693ed646696b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351869332e7f8f81a" w:history="1">
+      <w:hyperlink r:id="rId9460693ed646697e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446569332e7f8f89b" w:history="1">
+      <w:hyperlink r:id="rId8740693ed64669866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973269332e7f8f98a" w:history="1">
+      <w:hyperlink r:id="rId2900693ed64669948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511269332e7f8fa92" w:history="1">
+      <w:hyperlink r:id="rId8413693ed64669a54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209669332e7f8fb35" w:history="1">
+      <w:hyperlink r:id="rId3187693ed64669afb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469269332e7f8fcb6" w:history="1">
+      <w:hyperlink r:id="rId9969693ed64669c84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417869332e7f8fd7a" w:history="1">
+      <w:hyperlink r:id="rId7175693ed64669d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198869332e7f8ff15" w:history="1">
+      <w:hyperlink r:id="rId6167693ed64669eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788269332e7f90062" w:history="1">
+      <w:hyperlink r:id="rId8146693ed6466a041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817669332e7f90122" w:history="1">
+      <w:hyperlink r:id="rId6994693ed6466a101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759069332e7f901fd" w:history="1">
+      <w:hyperlink r:id="rId4882693ed6466a1df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290669332e7f9027e" w:history="1">
+      <w:hyperlink r:id="rId3688693ed6466a263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461969332e7f902ff" w:history="1">
+      <w:hyperlink r:id="rId4478693ed6466a2e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310169332e7f9037f" w:history="1">
+      <w:hyperlink r:id="rId1918693ed6466a369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755769332e7f90400" w:history="1">
+      <w:hyperlink r:id="rId1857693ed6466a3ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322469332e7f90487" w:history="1">
+      <w:hyperlink r:id="rId5872693ed6466a46c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600869332e7f9057d" w:history="1">
+      <w:hyperlink r:id="rId3431693ed6466a5b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526869332e7f905ec" w:history="1">
+      <w:hyperlink r:id="rId7892693ed6466a622" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180569332e7f9066c" w:history="1">
+      <w:hyperlink r:id="rId9213693ed6466a6a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570969332e7f906ed" w:history="1">
+      <w:hyperlink r:id="rId7874693ed6466a740" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303469332e7f90779" w:history="1">
+      <w:hyperlink r:id="rId2340693ed6466a7ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507769332e7f90920" w:history="1">
+      <w:hyperlink r:id="rId1620693ed6466a971" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866869332e7f90999" w:history="1">
+      <w:hyperlink r:id="rId4086693ed6466a9e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984069332e7f909ea" w:history="1">
+      <w:hyperlink r:id="rId2817693ed6466aa3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7125,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474069332e7f90aa1" w:history="1">
+      <w:hyperlink r:id="rId4329693ed6466aaf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47427052" name="name242869332e7f90d0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="9517445" name="name1124693ed6466ac0f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId755969332e7f90d0b" cstate="print"/>
+                    <a:blip r:embed="rId5008693ed6466ac0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32097339">
+  <w:abstractNum w:abstractNumId="63254996">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82154168">
+    <w:lvl w:ilvl="0" w:tplc="69693654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82154168" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69693654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32097338">
+  <w:abstractNum w:abstractNumId="63254995">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26585644">
+    <w:lvl w:ilvl="0" w:tplc="58362897">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32097338">
-    <w:abstractNumId w:val="32097338"/>
+  <w:num w:numId="63254995">
+    <w:abstractNumId w:val="63254995"/>
   </w:num>
-  <w:num w:numId="32097339">
-    <w:abstractNumId w:val="32097339"/>
+  <w:num w:numId="63254996">
+    <w:abstractNumId w:val="63254996"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId495324229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188229907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId337469332e7f8c6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId117869332e7f8c71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId941469332e7f8cfc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId637769332e7f8ebb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId979469332e7f8ec38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId588569332e7f8f453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId788169332e7f8f548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId499469332e7f8f5be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId590969332e7f8f5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId759069332e7f8f5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId676269332e7f8f678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId648669332e7f8f70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId351869332e7f8f81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId446569332e7f8f89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId973269332e7f8f98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId511269332e7f8fa92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId209669332e7f8fb35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId469269332e7f8fcb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId417869332e7f8fd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId198869332e7f8ff15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId788269332e7f90062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId817669332e7f90122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId759069332e7f901fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId290669332e7f9027e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId461969332e7f902ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId310169332e7f9037f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId755769332e7f90400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId322469332e7f90487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId600869332e7f9057d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId526869332e7f905ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId180569332e7f9066c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId570969332e7f906ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId303469332e7f90779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId507769332e7f90920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId866869332e7f90999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId984069332e7f909ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId474069332e7f90aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId538069332e7f8ce8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId538069332e7f8ce8f.jpg"/><Relationship Id="rId687469332e7f8e55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId687469332e7f8e55d.jpg"/><Relationship Id="rId755969332e7f90d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId755969332e7f90d0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429296714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246895115" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8123693ed646666c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId3307693ed6466672a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId3685693ed64667065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId1385693ed64668d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId6040693ed64668da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId9686693ed646693e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId1751693ed646694e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId9572693ed6466955d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId8998693ed64669590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId1816693ed64669598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId9969693ed6466961e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId1460693ed646696b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId9460693ed646697e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId8740693ed64669866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId2900693ed64669948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId8413693ed64669a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId3187693ed64669afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9969693ed64669c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId7175693ed64669d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId6167693ed64669eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId8146693ed6466a041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId6994693ed6466a101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId4882693ed6466a1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId3688693ed6466a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId4478693ed6466a2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId1918693ed6466a369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId1857693ed6466a3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId5872693ed6466a46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId3431693ed6466a5b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId7892693ed6466a622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId9213693ed6466a6a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId7874693ed6466a740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId2340693ed6466a7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId1620693ed6466a971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId4086693ed6466a9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId2817693ed6466aa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId4329693ed6466aaf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2613693ed64666f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2613693ed64666f76.jpg"/><Relationship Id="rId2464693ed64668687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2464693ed64668687.jpg"/><Relationship Id="rId5008693ed6466ac0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008693ed6466ac0e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>