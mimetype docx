--- v4 (2025-12-14)
+++ v5 (2026-01-15)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8123693ed646666c1" w:history="1">
+            <w:hyperlink r:id="rId2941696897b1b0d34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3307693ed6466672a" w:history="1">
+            <w:hyperlink r:id="rId3529696897b1b0d9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60387457" name="name1780693ed64666f77" descr="18100.jpg"/>
+                  <wp:docPr id="34976496" name="name7926696897b1b14d2" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2613693ed64666f76" cstate="print"/>
+                          <a:blip r:embed="rId1292696897b1b14d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3685693ed64667065" w:history="1">
+            <w:hyperlink r:id="rId5753696897b1b160e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4474047" name="name4772693ed6466868a" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="99806616" name="name9254696897b1b2e21" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2464693ed64668687" cstate="print"/>
+                    <a:blip r:embed="rId7592696897b1b2e1f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1385693ed64668d22" w:history="1">
+      <w:hyperlink r:id="rId1964696897b1b343d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6040693ed64668da9" w:history="1">
+      <w:hyperlink r:id="rId8582696897b1b34be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9686693ed646693e9" w:history="1">
+      <w:hyperlink r:id="rId8024696897b1b3d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1751693ed646694e4" w:history="1">
+      <w:hyperlink r:id="rId3491696897b1b3e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9572693ed6466955d" w:history="1">
+      <w:hyperlink r:id="rId6966696897b1b3e76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8998693ed64669590" w:history="1"/>
-      <w:hyperlink r:id="rId1816693ed64669598" w:history="1">
+      <w:hyperlink r:id="rId5297696897b1b3ea8" w:history="1"/>
+      <w:hyperlink r:id="rId3035696897b1b3eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9969693ed6466961e" w:history="1">
+      <w:hyperlink r:id="rId2790696897b1b3f31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1460693ed646696b6" w:history="1">
+      <w:hyperlink r:id="rId3370696897b1b3fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9460693ed646697e1" w:history="1">
+      <w:hyperlink r:id="rId3574696897b1b40e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8740693ed64669866" w:history="1">
+      <w:hyperlink r:id="rId4496696897b1b4163" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2900693ed64669948" w:history="1">
+      <w:hyperlink r:id="rId2497696897b1b4241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8413693ed64669a54" w:history="1">
+      <w:hyperlink r:id="rId9081696897b1b435c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3187693ed64669afb" w:history="1">
+      <w:hyperlink r:id="rId3799696897b1b4401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9969693ed64669c84" w:history="1">
+      <w:hyperlink r:id="rId5259696897b1b457b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7175693ed64669d4b" w:history="1">
+      <w:hyperlink r:id="rId2200696897b1b463c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6167693ed64669eed" w:history="1">
+      <w:hyperlink r:id="rId2669696897b1b47d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8146693ed6466a041" w:history="1">
+      <w:hyperlink r:id="rId5432696897b1b4923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6994693ed6466a101" w:history="1">
+      <w:hyperlink r:id="rId2101696897b1b4a23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4882693ed6466a1df" w:history="1">
+      <w:hyperlink r:id="rId2319696897b1b4b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3688693ed6466a263" w:history="1">
+      <w:hyperlink r:id="rId8942696897b1b4bf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4478693ed6466a2e5" w:history="1">
+      <w:hyperlink r:id="rId5313696897b1b4c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1918693ed6466a369" w:history="1">
+      <w:hyperlink r:id="rId2110696897b1b4cf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1857693ed6466a3ea" w:history="1">
+      <w:hyperlink r:id="rId5064696897b1b4d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5872693ed6466a46c" w:history="1">
+      <w:hyperlink r:id="rId6797696897b1b4df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3431693ed6466a5b1" w:history="1">
+      <w:hyperlink r:id="rId7901696897b1b4ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7892693ed6466a622" w:history="1">
+      <w:hyperlink r:id="rId8046696897b1b4f55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9213693ed6466a6a7" w:history="1">
+      <w:hyperlink r:id="rId5200696897b1b4fd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7874693ed6466a740" w:history="1">
+      <w:hyperlink r:id="rId6961696897b1b5057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2340693ed6466a7ed" w:history="1">
+      <w:hyperlink r:id="rId5506696897b1b50e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1620693ed6466a971" w:history="1">
+      <w:hyperlink r:id="rId9450696897b1b5259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4086693ed6466a9e7" w:history="1">
+      <w:hyperlink r:id="rId2941696897b1b52cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2817693ed6466aa3b" w:history="1">
+      <w:hyperlink r:id="rId1602696897b1b531b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7103,73 +7103,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4329693ed6466aaf4" w:history="1">
+      <w:hyperlink r:id="rId4582696897b1b53ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9517445" name="name1124693ed6466ac0f" descr="eu_funding_250.png"/>
+            <wp:docPr id="29985999" name="name5987696897b1b554b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5008693ed6466ac0e" cstate="print"/>
+                    <a:blip r:embed="rId1179696897b1b554a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63254996">
+  <w:abstractNum w:abstractNumId="56147613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69693654">
+    <w:lvl w:ilvl="0" w:tplc="64116047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69693654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64116047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63254995">
+  <w:abstractNum w:abstractNumId="56147612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58362897">
+    <w:lvl w:ilvl="0" w:tplc="99770875">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63254995">
-    <w:abstractNumId w:val="63254995"/>
+  <w:num w:numId="56147612">
+    <w:abstractNumId w:val="56147612"/>
   </w:num>
-  <w:num w:numId="63254996">
-    <w:abstractNumId w:val="63254996"/>
+  <w:num w:numId="56147613">
+    <w:abstractNumId w:val="56147613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429296714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246895115" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8123693ed646666c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId3307693ed6466672a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId3685693ed64667065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId1385693ed64668d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId6040693ed64668da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId9686693ed646693e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId1751693ed646694e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId9572693ed6466955d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId8998693ed64669590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId1816693ed64669598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId9969693ed6466961e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId1460693ed646696b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId9460693ed646697e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId8740693ed64669866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId2900693ed64669948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId8413693ed64669a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId3187693ed64669afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9969693ed64669c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId7175693ed64669d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId6167693ed64669eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId8146693ed6466a041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId6994693ed6466a101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId4882693ed6466a1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId3688693ed6466a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId4478693ed6466a2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId1918693ed6466a369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId1857693ed6466a3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId5872693ed6466a46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId3431693ed6466a5b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId7892693ed6466a622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId9213693ed6466a6a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId7874693ed6466a740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId2340693ed6466a7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId1620693ed6466a971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId4086693ed6466a9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId2817693ed6466aa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId4329693ed6466aaf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2613693ed64666f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2613693ed64666f76.jpg"/><Relationship Id="rId2464693ed64668687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2464693ed64668687.jpg"/><Relationship Id="rId5008693ed6466ac0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008693ed6466ac0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716003760" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743130543" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2941696897b1b0d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId3529696897b1b0d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId5753696897b1b160e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId1964696897b1b343d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId8582696897b1b34be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId8024696897b1b3d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId3491696897b1b3e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId6966696897b1b3e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId5297696897b1b3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId3035696897b1b3eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId2790696897b1b3f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId3370696897b1b3fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId3574696897b1b40e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId4496696897b1b4163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId2497696897b1b4241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId9081696897b1b435c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId3799696897b1b4401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5259696897b1b457b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId2200696897b1b463c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId2669696897b1b47d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId5432696897b1b4923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2101696897b1b4a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId2319696897b1b4b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId8942696897b1b4bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId5313696897b1b4c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId2110696897b1b4cf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId5064696897b1b4d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId6797696897b1b4df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId7901696897b1b4ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8046696897b1b4f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId5200696897b1b4fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId6961696897b1b5057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId5506696897b1b50e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId9450696897b1b5259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId2941696897b1b52cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId1602696897b1b531b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId4582696897b1b53ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1292696897b1b14d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1292696897b1b14d0.jpg"/><Relationship Id="rId7592696897b1b2e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7592696897b1b2e1f.jpg"/><Relationship Id="rId1179696897b1b554a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1179696897b1b554a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>