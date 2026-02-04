--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2941696897b1b0d34" w:history="1">
+            <w:hyperlink r:id="rId579369836b4b1f724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3529696897b1b0d9e" w:history="1">
+            <w:hyperlink r:id="rId618669836b4b1f791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34976496" name="name7926696897b1b14d2" descr="18100.jpg"/>
+                  <wp:docPr id="49375734" name="name663269836b4b1f864" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1292696897b1b14d0" cstate="print"/>
+                          <a:blip r:embed="rId157369836b4b1f862" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5753696897b1b160e" w:history="1">
+            <w:hyperlink r:id="rId855269836b4b1f9aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99806616" name="name9254696897b1b2e21" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="95204181" name="name314069836b4b20c70" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7592696897b1b2e1f" cstate="print"/>
+                    <a:blip r:embed="rId533269836b4b20c6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1964696897b1b343d" w:history="1">
+      <w:hyperlink r:id="rId903669836b4b2139a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8582696897b1b34be" w:history="1">
+      <w:hyperlink r:id="rId281969836b4b21421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8024696897b1b3d09" w:history="1">
+      <w:hyperlink r:id="rId113569836b4b21c68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3491696897b1b3e00" w:history="1">
+      <w:hyperlink r:id="rId957869836b4b21d62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6966696897b1b3e76" w:history="1">
+      <w:hyperlink r:id="rId256069836b4b21dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5297696897b1b3ea8" w:history="1"/>
-      <w:hyperlink r:id="rId3035696897b1b3eae" w:history="1">
+      <w:hyperlink r:id="rId178369836b4b21e16" w:history="1"/>
+      <w:hyperlink r:id="rId323969836b4b21e1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2790696897b1b3f31" w:history="1">
+      <w:hyperlink r:id="rId384369836b4b21ea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3370696897b1b3fca" w:history="1">
+      <w:hyperlink r:id="rId213169836b4b21f74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3574696897b1b40e0" w:history="1">
+      <w:hyperlink r:id="rId815869836b4b220d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4496696897b1b4163" w:history="1">
+      <w:hyperlink r:id="rId250469836b4b2215e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2497696897b1b4241" w:history="1">
+      <w:hyperlink r:id="rId571369836b4b22242" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9081696897b1b435c" w:history="1">
+      <w:hyperlink r:id="rId703869836b4b22377" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3799696897b1b4401" w:history="1">
+      <w:hyperlink r:id="rId766069836b4b22421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5259696897b1b457b" w:history="1">
+      <w:hyperlink r:id="rId618169836b4b225a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2200696897b1b463c" w:history="1">
+      <w:hyperlink r:id="rId792269836b4b22665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2669696897b1b47d6" w:history="1">
+      <w:hyperlink r:id="rId934069836b4b22807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5432696897b1b4923" w:history="1">
+      <w:hyperlink r:id="rId924969836b4b22959" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2101696897b1b4a23" w:history="1">
+      <w:hyperlink r:id="rId850769836b4b22a1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2319696897b1b4b64" w:history="1">
+      <w:hyperlink r:id="rId837469836b4b22afc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8942696897b1b4bf0" w:history="1">
+      <w:hyperlink r:id="rId621269836b4b22b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5313696897b1b4c73" w:history="1">
+      <w:hyperlink r:id="rId937069836b4b22c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2110696897b1b4cf5" w:history="1">
+      <w:hyperlink r:id="rId267369836b4b22c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5064696897b1b4d75" w:history="1">
+      <w:hyperlink r:id="rId867469836b4b22d02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6797696897b1b4df6" w:history="1">
+      <w:hyperlink r:id="rId427769836b4b22d84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7901696897b1b4ee6" w:history="1">
+      <w:hyperlink r:id="rId844069836b4b22e93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8046696897b1b4f55" w:history="1">
+      <w:hyperlink r:id="rId186569836b4b22f06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5200696897b1b4fd7" w:history="1">
+      <w:hyperlink r:id="rId460469836b4b22f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6961696897b1b5057" w:history="1">
+      <w:hyperlink r:id="rId650069836b4b23010" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5506696897b1b50e4" w:history="1">
+      <w:hyperlink r:id="rId543369836b4b230a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9450696897b1b5259" w:history="1">
+      <w:hyperlink r:id="rId144969836b4b2321f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2941696897b1b52cc" w:history="1">
+      <w:hyperlink r:id="rId303669836b4b232ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1602696897b1b531b" w:history="1">
+      <w:hyperlink r:id="rId164169836b4b23300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7125,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4582696897b1b53ff" w:history="1">
+      <w:hyperlink r:id="rId375369836b4b233b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29985999" name="name5987696897b1b554b" descr="eu_funding_250.png"/>
+            <wp:docPr id="34214833" name="name843169836b4b234ce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1179696897b1b554a" cstate="print"/>
+                    <a:blip r:embed="rId174869836b4b234cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56147613">
+  <w:abstractNum w:abstractNumId="75508162">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64116047">
+    <w:lvl w:ilvl="0" w:tplc="96724692">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64116047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96724692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56147612">
+  <w:abstractNum w:abstractNumId="75508161">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99770875">
+    <w:lvl w:ilvl="0" w:tplc="75602858">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56147612">
-    <w:abstractNumId w:val="56147612"/>
+  <w:num w:numId="75508161">
+    <w:abstractNumId w:val="75508161"/>
   </w:num>
-  <w:num w:numId="56147613">
-    <w:abstractNumId w:val="56147613"/>
+  <w:num w:numId="75508162">
+    <w:abstractNumId w:val="75508162"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716003760" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743130543" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2941696897b1b0d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId3529696897b1b0d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId5753696897b1b160e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId1964696897b1b343d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId8582696897b1b34be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId8024696897b1b3d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId3491696897b1b3e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId6966696897b1b3e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId5297696897b1b3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId3035696897b1b3eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId2790696897b1b3f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId3370696897b1b3fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId3574696897b1b40e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId4496696897b1b4163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId2497696897b1b4241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId9081696897b1b435c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId3799696897b1b4401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5259696897b1b457b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId2200696897b1b463c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId2669696897b1b47d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId5432696897b1b4923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2101696897b1b4a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId2319696897b1b4b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId8942696897b1b4bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId5313696897b1b4c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId2110696897b1b4cf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId5064696897b1b4d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId6797696897b1b4df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId7901696897b1b4ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8046696897b1b4f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId5200696897b1b4fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId6961696897b1b5057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId5506696897b1b50e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId9450696897b1b5259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId2941696897b1b52cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId1602696897b1b531b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId4582696897b1b53ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1292696897b1b14d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1292696897b1b14d0.jpg"/><Relationship Id="rId7592696897b1b2e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7592696897b1b2e1f.jpg"/><Relationship Id="rId1179696897b1b554a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1179696897b1b554a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582093477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443021898" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId579369836b4b1f724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId618669836b4b1f791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId855269836b4b1f9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId903669836b4b2139a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId281969836b4b21421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId113569836b4b21c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId957869836b4b21d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId256069836b4b21dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId178369836b4b21e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId323969836b4b21e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId384369836b4b21ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId213169836b4b21f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId815869836b4b220d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId250469836b4b2215e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId571369836b4b22242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId703869836b4b22377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId766069836b4b22421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId618169836b4b225a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId792269836b4b22665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId934069836b4b22807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId924969836b4b22959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId850769836b4b22a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId837469836b4b22afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId621269836b4b22b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId937069836b4b22c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId267369836b4b22c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId867469836b4b22d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId427769836b4b22d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId844069836b4b22e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId186569836b4b22f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId460469836b4b22f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId650069836b4b23010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId543369836b4b230a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId144969836b4b2321f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId303669836b4b232ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId164169836b4b23300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId375369836b4b233b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId157369836b4b1f862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId157369836b4b1f862.jpg"/><Relationship Id="rId533269836b4b20c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533269836b4b20c6d.jpg"/><Relationship Id="rId174869836b4b234cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174869836b4b234cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>