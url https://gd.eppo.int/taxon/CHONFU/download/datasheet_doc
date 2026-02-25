--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId579369836b4b1f724" w:history="1">
+            <w:hyperlink r:id="rId7557699f3f0f963d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId618669836b4b1f791" w:history="1">
+            <w:hyperlink r:id="rId4105699f3f0f96458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49375734" name="name663269836b4b1f864" descr="18100.jpg"/>
+                  <wp:docPr id="181288" name="name4196699f3f0f96cfd" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId157369836b4b1f862" cstate="print"/>
+                          <a:blip r:embed="rId6138699f3f0f96cfc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId855269836b4b1f9aa" w:history="1">
+            <w:hyperlink r:id="rId9954699f3f0f96e6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95204181" name="name314069836b4b20c70" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="32688040" name="name3480699f3f0f99e02" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId533269836b4b20c6d" cstate="print"/>
+                    <a:blip r:embed="rId4099699f3f0f99dfe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId903669836b4b2139a" w:history="1">
+      <w:hyperlink r:id="rId3798699f3f0f9a47b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId281969836b4b21421" w:history="1">
+      <w:hyperlink r:id="rId2628699f3f0f9a51c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113569836b4b21c68" w:history="1">
+      <w:hyperlink r:id="rId6998699f3f0f9ab63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957869836b4b21d62" w:history="1">
+      <w:hyperlink r:id="rId2321699f3f0f9ac5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256069836b4b21dda" w:history="1">
+      <w:hyperlink r:id="rId6986699f3f0f9acd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178369836b4b21e16" w:history="1"/>
-      <w:hyperlink r:id="rId323969836b4b21e1d" w:history="1">
+      <w:hyperlink r:id="rId7713699f3f0f9ad08" w:history="1"/>
+      <w:hyperlink r:id="rId9849699f3f0f9ad10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384369836b4b21ea7" w:history="1">
+      <w:hyperlink r:id="rId8205699f3f0f9ad95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213169836b4b21f74" w:history="1">
+      <w:hyperlink r:id="rId5374699f3f0f9ae2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815869836b4b220d3" w:history="1">
+      <w:hyperlink r:id="rId5109699f3f0f9af41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250469836b4b2215e" w:history="1">
+      <w:hyperlink r:id="rId5628699f3f0f9afc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571369836b4b22242" w:history="1">
+      <w:hyperlink r:id="rId4763699f3f0f9b0a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703869836b4b22377" w:history="1">
+      <w:hyperlink r:id="rId4827699f3f0f9b1bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766069836b4b22421" w:history="1">
+      <w:hyperlink r:id="rId4615699f3f0f9b265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618169836b4b225a1" w:history="1">
+      <w:hyperlink r:id="rId9926699f3f0f9b3f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792269836b4b22665" w:history="1">
+      <w:hyperlink r:id="rId3517699f3f0fa12f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934069836b4b22807" w:history="1">
+      <w:hyperlink r:id="rId7102699f3f0fa14c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924969836b4b22959" w:history="1">
+      <w:hyperlink r:id="rId7028699f3f0fa1621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850769836b4b22a1b" w:history="1">
+      <w:hyperlink r:id="rId2879699f3f0fa16e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837469836b4b22afc" w:history="1">
+      <w:hyperlink r:id="rId4725699f3f0fa17ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621269836b4b22b7e" w:history="1">
+      <w:hyperlink r:id="rId8371699f3f0fa1868" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId937069836b4b22c01" w:history="1">
+      <w:hyperlink r:id="rId6668699f3f0fa18f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267369836b4b22c81" w:history="1">
+      <w:hyperlink r:id="rId7972699f3f0fa1981" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867469836b4b22d02" w:history="1">
+      <w:hyperlink r:id="rId5567699f3f0fa1a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427769836b4b22d84" w:history="1">
+      <w:hyperlink r:id="rId7314699f3f0fa1a9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844069836b4b22e93" w:history="1">
+      <w:hyperlink r:id="rId7720699f3f0fa1ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186569836b4b22f06" w:history="1">
+      <w:hyperlink r:id="rId8490699f3f0fa1c19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460469836b4b22f8b" w:history="1">
+      <w:hyperlink r:id="rId1217699f3f0fa1ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650069836b4b23010" w:history="1">
+      <w:hyperlink r:id="rId2269699f3f0fa1d26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543369836b4b230a1" w:history="1">
+      <w:hyperlink r:id="rId9986699f3f0fa1db9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144969836b4b2321f" w:history="1">
+      <w:hyperlink r:id="rId4609699f3f0fa4243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303669836b4b232ad" w:history="1">
+      <w:hyperlink r:id="rId6818699f3f0fa42c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164169836b4b23300" w:history="1">
+      <w:hyperlink r:id="rId1234699f3f0fa4319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7125,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375369836b4b233b7" w:history="1">
+      <w:hyperlink r:id="rId6024699f3f0fa43df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34214833" name="name843169836b4b234ce" descr="eu_funding_250.png"/>
+            <wp:docPr id="35321208" name="name2237699f3f0fa4d0b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId174869836b4b234cd" cstate="print"/>
+                    <a:blip r:embed="rId9213699f3f0fa4d09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75508162">
+  <w:abstractNum w:abstractNumId="34602668">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96724692">
+    <w:lvl w:ilvl="0" w:tplc="79805516">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96724692" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79805516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75508161">
+  <w:abstractNum w:abstractNumId="34602667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75602858">
+    <w:lvl w:ilvl="0" w:tplc="90048809">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75508161">
-    <w:abstractNumId w:val="75508161"/>
+  <w:num w:numId="34602667">
+    <w:abstractNumId w:val="34602667"/>
   </w:num>
-  <w:num w:numId="75508162">
-    <w:abstractNumId w:val="75508162"/>
+  <w:num w:numId="34602668">
+    <w:abstractNumId w:val="34602668"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582093477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443021898" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId579369836b4b1f724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId618669836b4b1f791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId855269836b4b1f9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId903669836b4b2139a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId281969836b4b21421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId113569836b4b21c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId957869836b4b21d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId256069836b4b21dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId178369836b4b21e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId323969836b4b21e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId384369836b4b21ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId213169836b4b21f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId815869836b4b220d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId250469836b4b2215e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId571369836b4b22242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId703869836b4b22377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId766069836b4b22421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId618169836b4b225a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId792269836b4b22665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId934069836b4b22807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId924969836b4b22959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId850769836b4b22a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId837469836b4b22afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId621269836b4b22b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId937069836b4b22c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId267369836b4b22c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId867469836b4b22d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId427769836b4b22d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId844069836b4b22e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId186569836b4b22f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId460469836b4b22f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId650069836b4b23010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId543369836b4b230a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId144969836b4b2321f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId303669836b4b232ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId164169836b4b23300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId375369836b4b233b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId157369836b4b1f862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId157369836b4b1f862.jpg"/><Relationship Id="rId533269836b4b20c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533269836b4b20c6d.jpg"/><Relationship Id="rId174869836b4b234cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174869836b4b234cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603611190" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId746760705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7557699f3f0f963d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId4105699f3f0f96458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId9954699f3f0f96e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId3798699f3f0f9a47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId2628699f3f0f9a51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId6998699f3f0f9ab63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId2321699f3f0f9ac5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId6986699f3f0f9acd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId7713699f3f0f9ad08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId9849699f3f0f9ad10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId8205699f3f0f9ad95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId5374699f3f0f9ae2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId5109699f3f0f9af41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId5628699f3f0f9afc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId4763699f3f0f9b0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId4827699f3f0f9b1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4615699f3f0f9b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9926699f3f0f9b3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId3517699f3f0fa12f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId7102699f3f0fa14c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId7028699f3f0fa1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2879699f3f0fa16e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId4725699f3f0fa17ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId8371699f3f0fa1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId6668699f3f0fa18f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId7972699f3f0fa1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId5567699f3f0fa1a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId7314699f3f0fa1a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId7720699f3f0fa1ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8490699f3f0fa1c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId1217699f3f0fa1ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId2269699f3f0fa1d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId9986699f3f0fa1db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId4609699f3f0fa4243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId6818699f3f0fa42c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId1234699f3f0fa4319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId6024699f3f0fa43df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6138699f3f0f96cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6138699f3f0f96cfc.jpg"/><Relationship Id="rId4099699f3f0f99dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4099699f3f0f99dfe.jpg"/><Relationship Id="rId9213699f3f0fa4d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9213699f3f0fa4d09.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>