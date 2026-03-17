--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Clemens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spruce budworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7557699f3f0f963d7" w:history="1">
+            <w:hyperlink r:id="rId354369b9d59954d91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4105699f3f0f96458" w:history="1">
+            <w:hyperlink r:id="rId337669b9d59954dfa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="181288" name="name4196699f3f0f96cfd" descr="18100.jpg"/>
+                  <wp:docPr id="75704512" name="name564969b9d59955469" descr="18100.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18100.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6138699f3f0f96cfc" cstate="print"/>
+                          <a:blip r:embed="rId259069b9d59955467" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9954699f3f0f96e6c" w:history="1">
+            <w:hyperlink r:id="rId326269b9d599556aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1910,63 +1910,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32688040" name="name3480699f3f0f99e02" descr="CHONFU_distribution_map.jpg"/>
+            <wp:docPr id="34484579" name="name408969b9d59956d21" descr="CHONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4099699f3f0f99dfe" cstate="print"/>
+                    <a:blip r:embed="rId405269b9d59956d1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2637,51 +2637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is predominantly successful, however some complexity arises where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are genetically very close to other members of the budworm complex (see notes on taxonomy and nomenclature). The EPPO-Q-bank database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3798699f3f0f9a47b" w:history="1">
+      <w:hyperlink r:id="rId858069b9d59957475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) notes issues in separating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -2718,51 +2718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as a group, can be reliably detected with the standard DNA barcoding region of mitochondrial DNA. Extensive molecular resources are available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and related North American species on Genbank and the DNA Barcoding of Life database (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2628699f3f0f9a51c" w:history="1">
+      <w:hyperlink r:id="rId487169b9d59957523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3617,51 +3617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">304</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 212-223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6998699f3f0f9ab63" w:history="1">
+      <w:hyperlink r:id="rId167069b9d59957de7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2013.05.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3767,51 +3767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6666-6684. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2321699f3f0f9ac5d" w:history="1">
+      <w:hyperlink r:id="rId618769b9d59957f47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mec.14386</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3839,82 +3839,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecosphere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6986699f3f0f9acd5" w:history="1">
+      <w:hyperlink r:id="rId493769b9d59957fc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecs2.1759</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brown JW, Robinson G &amp; Powell JA (2008) Food plant database of the leafrollers of the world (Lepidoptera: Tortricidae) (Version 1.0). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7713699f3f0f9ad08" w:history="1"/>
-      <w:hyperlink r:id="rId9849699f3f0f9ad10" w:history="1">
+      <w:hyperlink r:id="rId816569b9d59957ff9" w:history="1"/>
+      <w:hyperlink r:id="rId789869b9d59958000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tortricidae.com/foodplants.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3951,51 +3951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 317-328. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8205699f3f0f9ad95" w:history="1">
+      <w:hyperlink r:id="rId348469b9d59958085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 110998. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5374699f3f0f9ae2b" w:history="1">
+      <w:hyperlink r:id="rId883169b9d59958145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cbpa.2021.110998</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4213,51 +4213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Facets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5109699f3f0f9af41" w:history="1">
+      <w:hyperlink r:id="rId674769b9d59958281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/facets-2019-0029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4294,51 +4294,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1948-1960. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5628699f3f0f9afc4" w:history="1">
+      <w:hyperlink r:id="rId462069b9d5995832a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x11-134</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 158-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4763699f3f0f9b0a5" w:history="1">
+      <w:hyperlink r:id="rId583569b9d59958434" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2017.04.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4599,51 +4599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4827699f3f0f9b1bc" w:history="1">
+      <w:hyperlink r:id="rId371069b9d5995856a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4698,51 +4698,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4615699f3f0f9b265" w:history="1">
+      <w:hyperlink r:id="rId470569b9d59958611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4937,51 +4937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 449-455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9926699f3f0f9b3f3" w:history="1">
+      <w:hyperlink r:id="rId175669b9d599587d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent99449-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 361-383. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3517699f3f0fa12f8" w:history="1">
+      <w:hyperlink r:id="rId883669b9d5995889d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10584-007-9317-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5315,51 +5315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594-602. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7102699f3f0fa14c1" w:history="1">
+      <w:hyperlink r:id="rId669569b9d59958a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent93594-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7028699f3f0fa1621" w:history="1">
+      <w:hyperlink r:id="rId881369b9d59958b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 232-243. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2879699f3f0fa16e8" w:history="1">
+      <w:hyperlink r:id="rId363669b9d59958c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ympev.2010.11.023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5781,51 +5781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 174-182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4725699f3f0fa17ce" w:history="1">
+      <w:hyperlink r:id="rId513769b9d59958d24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1152/physiol.00037.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5862,51 +5862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 357-366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8371699f3f0fa1868" w:history="1">
+      <w:hyperlink r:id="rId178869b9d59958dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2435.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5943,51 +5943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6668699f3f0fa18f0" w:history="1">
+      <w:hyperlink r:id="rId113069b9d59958e46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/tce.2015.15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6024,51 +6024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">136</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 591-604. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7972699f3f0fa1981" w:history="1">
+      <w:hyperlink r:id="rId550569b9d59958ec8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/n03-089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 633-641. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5567699f3f0fa1a0a" w:history="1">
+      <w:hyperlink r:id="rId797469b9d59958f49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/een.12336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6186,51 +6186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-180. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7314699f3f0fa1a9b" w:history="1">
+      <w:hyperlink r:id="rId448169b9d59958fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eva.13338</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6336,51 +6336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1571-1586. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7720699f3f0fa1ba3" w:history="1">
+      <w:hyperlink r:id="rId704169b9d59959123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-010-9918-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8490699f3f0fa1c19" w:history="1">
+      <w:hyperlink r:id="rId378069b9d5995919b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10090775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6487,51 +6487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 117–126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1217699f3f0fa1ca2" w:history="1">
+      <w:hyperlink r:id="rId781069b9d59959220" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1744-7917.12407</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6568,51 +6568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 600-631. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2269699f3f0fa1d26" w:history="1">
+      <w:hyperlink r:id="rId227869b9d599592a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ecm.1270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6658,51 +6658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 640–644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9986699f3f0fa1db9" w:history="1">
+      <w:hyperlink r:id="rId611669b9d59959332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/9.5.640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6895,51 +6895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1630-1643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4609699f3f0fa4243" w:history="1">
+      <w:hyperlink r:id="rId610569b9d599594b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2486.2007.01402.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6965,101 +6965,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6818699f3f0fa42c3" w:history="1">
+      <w:hyperlink r:id="rId414669b9d5995954b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1234699f3f0fa4319" w:history="1">
+      <w:hyperlink r:id="rId172469b9d599595b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7125,51 +7125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choristoneura fumiferana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6024699f3f0fa43df" w:history="1">
+      <w:hyperlink r:id="rId928469b9d59959675" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7244,63 +7244,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35321208" name="name2237699f3f0fa4d0b" descr="eu_funding_250.png"/>
+            <wp:docPr id="25798328" name="name739469b9d59959941" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9213699f3f0fa4d09" cstate="print"/>
+                    <a:blip r:embed="rId145769b9d5995993f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7398,137 +7398,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34602668">
+  <w:abstractNum w:abstractNumId="15294752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79805516">
+    <w:lvl w:ilvl="0" w:tplc="61844730">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79805516" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61844730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34602667">
+  <w:abstractNum w:abstractNumId="15294751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90048809">
+    <w:lvl w:ilvl="0" w:tplc="37410380">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8280,55 +8280,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34602667">
-    <w:abstractNumId w:val="34602667"/>
+  <w:num w:numId="15294751">
+    <w:abstractNumId w:val="15294751"/>
   </w:num>
-  <w:num w:numId="34602668">
-    <w:abstractNumId w:val="34602668"/>
+  <w:num w:numId="15294752">
+    <w:abstractNumId w:val="15294752"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19878,51 +19878,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603611190" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId746760705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7557699f3f0f963d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId4105699f3f0f96458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId9954699f3f0f96e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId3798699f3f0f9a47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId2628699f3f0f9a51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId6998699f3f0f9ab63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId2321699f3f0f9ac5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId6986699f3f0f9acd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId7713699f3f0f9ad08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId9849699f3f0f9ad10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId8205699f3f0f9ad95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId5374699f3f0f9ae2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId5109699f3f0f9af41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId5628699f3f0f9afc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId4763699f3f0f9b0a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId4827699f3f0f9b1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4615699f3f0f9b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9926699f3f0f9b3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId3517699f3f0fa12f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId7102699f3f0fa14c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId7028699f3f0fa1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId2879699f3f0fa16e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId4725699f3f0fa17ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId8371699f3f0fa1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId6668699f3f0fa18f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId7972699f3f0fa1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId5567699f3f0fa1a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId7314699f3f0fa1a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId7720699f3f0fa1ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId8490699f3f0fa1c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId1217699f3f0fa1ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId2269699f3f0fa1d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId9986699f3f0fa1db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId4609699f3f0fa4243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId6818699f3f0fa42c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId1234699f3f0fa4319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId6024699f3f0fa43df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6138699f3f0f96cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6138699f3f0f96cfc.jpg"/><Relationship Id="rId4099699f3f0f99dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4099699f3f0f99dfe.jpg"/><Relationship Id="rId9213699f3f0fa4d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9213699f3f0fa4d09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId499985612" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491479915" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId354369b9d59954d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/" TargetMode="External"/><Relationship Id="rId337669b9d59954dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/categorization" TargetMode="External"/><Relationship Id="rId326269b9d599556aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHONFU/photos" TargetMode="External"/><Relationship Id="rId858069b9d59957475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId487169b9d59957523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org" TargetMode="External"/><Relationship Id="rId167069b9d59957de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2013.05.008" TargetMode="External"/><Relationship Id="rId618769b9d59957f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mec.14386" TargetMode="External"/><Relationship Id="rId493769b9d59957fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecs2.1759" TargetMode="External"/><Relationship Id="rId816569b9d59957ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricid.net/foodplants.asp" TargetMode="External"/><Relationship Id="rId789869b9d59958000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tortricidae.com/foodplants.asp" TargetMode="External"/><Relationship Id="rId348469b9d59958085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12211" TargetMode="External"/><Relationship Id="rId883169b9d59958145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cbpa.2021.110998" TargetMode="External"/><Relationship Id="rId674769b9d59958281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/facets-2019-0029" TargetMode="External"/><Relationship Id="rId462069b9d5995832a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x11-134" TargetMode="External"/><Relationship Id="rId583569b9d59958434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2017.04.001" TargetMode="External"/><Relationship Id="rId371069b9d5995856a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId470569b9d59958611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId175669b9d599587d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent99449-5" TargetMode="External"/><Relationship Id="rId883669b9d5995889d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10584-007-9317-5" TargetMode="External"/><Relationship Id="rId669569b9d59958a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent93594-7" TargetMode="External"/><Relationship Id="rId881369b9d59958b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100910" TargetMode="External"/><Relationship Id="rId363669b9d59958c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ympev.2010.11.023" TargetMode="External"/><Relationship Id="rId513769b9d59958d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1152/physiol.00037.2020" TargetMode="External"/><Relationship Id="rId178869b9d59958dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2435.12328" TargetMode="External"/><Relationship Id="rId113069b9d59958e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/tce.2015.15" TargetMode="External"/><Relationship Id="rId550569b9d59958ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/n03-089" TargetMode="External"/><Relationship Id="rId797469b9d59958f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/een.12336" TargetMode="External"/><Relationship Id="rId448169b9d59958fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eva.13338" TargetMode="External"/><Relationship Id="rId704169b9d59959123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-010-9918-1" TargetMode="External"/><Relationship Id="rId378069b9d5995919b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10090775" TargetMode="External"/><Relationship Id="rId781069b9d59959220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1744-7917.12407" TargetMode="External"/><Relationship Id="rId227869b9d599592a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ecm.1270" TargetMode="External"/><Relationship Id="rId611669b9d59959332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/9.5.640" TargetMode="External"/><Relationship Id="rId610569b9d599594b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2486.2007.01402.x" TargetMode="External"/><Relationship Id="rId414669b9d5995954b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13074" TargetMode="External"/><Relationship Id="rId172469b9d599595b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/10.2903/j.efsa.2019.5671" TargetMode="External"/><Relationship Id="rId928469b9d59959675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId259069b9d59955467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259069b9d59955467.jpg"/><Relationship Id="rId405269b9d59956d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId405269b9d59956d1c.jpg"/><Relationship Id="rId145769b9d5995993f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145769b9d5995993f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>