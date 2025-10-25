--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId661268e101d0ee143" w:history="1">
+            <w:hyperlink r:id="rId522468fd50cd636ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420468e101d0ee1ab" w:history="1">
+            <w:hyperlink r:id="rId634468fd50cd63722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2662909" name="name738568e101d0ee266" descr="385.jpg"/>
+                  <wp:docPr id="64310654" name="name451668fd50cd637e8" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId792968e101d0ee265" cstate="print"/>
+                          <a:blip r:embed="rId659268fd50cd637e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId247568e101d0ee375" w:history="1">
+            <w:hyperlink r:id="rId972568fd50cd63901" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7734630" name="name655668e101d0ef630" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="612697" name="name840368fd50cd64cfa" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId188968e101d0ef62c" cstate="print"/>
+                    <a:blip r:embed="rId720068fd50cd64cf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484968e101d0f0d89" w:history="1">
+      <w:hyperlink r:id="rId378168fd50cd65a8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839068e101d0f0df2" w:history="1">
+      <w:hyperlink r:id="rId627668fd50cd65af2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416868e101d0f0e67" w:history="1">
+      <w:hyperlink r:id="rId456868fd50cd65b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729068e101d0f0e9b" w:history="1">
+      <w:hyperlink r:id="rId996468fd50cd65b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231368e101d0f0f76" w:history="1">
+      <w:hyperlink r:id="rId668668fd50cd65c54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957468e101d0f0faa" w:history="1">
+      <w:hyperlink r:id="rId909268fd50cd65c86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447468e101d0f106b" w:history="1">
+      <w:hyperlink r:id="rId820368fd50cd65d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397068e101d0f10fa" w:history="1">
+      <w:hyperlink r:id="rId632768fd50cd65dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660268e101d0f1169" w:history="1">
+      <w:hyperlink r:id="rId138668fd50cd65e3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587568e101d0f11fa" w:history="1">
+      <w:hyperlink r:id="rId201568fd50cd65ec8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691368e101d0f122c" w:history="1">
+      <w:hyperlink r:id="rId847968fd50cd65efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849868e101d0f332c" w:history="1">
+      <w:hyperlink r:id="rId954868fd50cd65fe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827168e101d0f3477" w:history="1">
+      <w:hyperlink r:id="rId572868fd50cd660d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417668e101d0f3540" w:history="1">
+      <w:hyperlink r:id="rId768768fd50cd66186" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795768e101d0f36d2" w:history="1">
+      <w:hyperlink r:id="rId796368fd50cd662ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46328730" name="name342568e101d0f374b" descr="eu_funding_250.png"/>
+            <wp:docPr id="90798801" name="name665468fd50cd66324" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId214968e101d0f374a" cstate="print"/>
+                    <a:blip r:embed="rId485268fd50cd66323" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68472586">
+  <w:abstractNum w:abstractNumId="92922421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93635291">
+    <w:lvl w:ilvl="0" w:tplc="60989158">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93635291" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60989158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68472585">
+  <w:abstractNum w:abstractNumId="92922420">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18147802">
+    <w:lvl w:ilvl="0" w:tplc="85926864">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68472585">
-    <w:abstractNumId w:val="68472585"/>
+  <w:num w:numId="92922420">
+    <w:abstractNumId w:val="92922420"/>
   </w:num>
-  <w:num w:numId="68472586">
-    <w:abstractNumId w:val="68472586"/>
+  <w:num w:numId="92922421">
+    <w:abstractNumId w:val="92922421"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId572380532" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId446319046" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId661268e101d0ee143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId420468e101d0ee1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId247568e101d0ee375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId484968e101d0f0d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId839068e101d0f0df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId416868e101d0f0e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId729068e101d0f0e9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId231368e101d0f0f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId957468e101d0f0faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId447468e101d0f106b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId397068e101d0f10fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId660268e101d0f1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId587568e101d0f11fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId691368e101d0f122c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId849868e101d0f332c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId827168e101d0f3477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId417668e101d0f3540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId795768e101d0f36d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId792968e101d0ee265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792968e101d0ee265.jpg"/><Relationship Id="rId188968e101d0ef62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188968e101d0ef62c.jpg"/><Relationship Id="rId214968e101d0f374a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214968e101d0f374a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876913019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId860630178" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId522468fd50cd636ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId634468fd50cd63722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId972568fd50cd63901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId378168fd50cd65a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId627668fd50cd65af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId456868fd50cd65b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId996468fd50cd65b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId668668fd50cd65c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId909268fd50cd65c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId820368fd50cd65d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId632768fd50cd65dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId138668fd50cd65e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId201568fd50cd65ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId847968fd50cd65efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId954868fd50cd65fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId572868fd50cd660d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId768768fd50cd66186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId796368fd50cd662ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId659268fd50cd637e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659268fd50cd637e7.jpg"/><Relationship Id="rId720068fd50cd64cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720068fd50cd64cf7.jpg"/><Relationship Id="rId485268fd50cd66323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485268fd50cd66323.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>