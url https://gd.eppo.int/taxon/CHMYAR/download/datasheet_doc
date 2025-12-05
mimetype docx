--- v1 (2025-10-25)
+++ v2 (2025-12-05)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522468fd50cd636ba" w:history="1">
+            <w:hyperlink r:id="rId43206932856de56b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId634468fd50cd63722" w:history="1">
+            <w:hyperlink r:id="rId13496932856de5721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64310654" name="name451668fd50cd637e8" descr="385.jpg"/>
+                  <wp:docPr id="66797283" name="name75306932856de771c" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId659268fd50cd637e7" cstate="print"/>
+                          <a:blip r:embed="rId46746932856de7719" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId972568fd50cd63901" w:history="1">
+            <w:hyperlink r:id="rId67746932856de785e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="612697" name="name840368fd50cd64cfa" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="78476155" name="name17116932856de8e93" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId720068fd50cd64cf7" cstate="print"/>
+                    <a:blip r:embed="rId77566932856de8e8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378168fd50cd65a8f" w:history="1">
+      <w:hyperlink r:id="rId95386932856de9cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627668fd50cd65af2" w:history="1">
+      <w:hyperlink r:id="rId21386932856de9d56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456868fd50cd65b65" w:history="1">
+      <w:hyperlink r:id="rId50436932856de9dcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996468fd50cd65b97" w:history="1">
+      <w:hyperlink r:id="rId73666932856de9dfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668668fd50cd65c54" w:history="1">
+      <w:hyperlink r:id="rId96766932856de9ebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909268fd50cd65c86" w:history="1">
+      <w:hyperlink r:id="rId89556932856de9ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820368fd50cd65d40" w:history="1">
+      <w:hyperlink r:id="rId20646932856de9fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632768fd50cd65dce" w:history="1">
+      <w:hyperlink r:id="rId92636932856dea03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138668fd50cd65e3c" w:history="1">
+      <w:hyperlink r:id="rId36766932856dea0a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201568fd50cd65ec8" w:history="1">
+      <w:hyperlink r:id="rId20476932856dea138" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847968fd50cd65efa" w:history="1">
+      <w:hyperlink r:id="rId26656932856dea16a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954868fd50cd65fe0" w:history="1">
+      <w:hyperlink r:id="rId42156932856dea25a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572868fd50cd660d2" w:history="1">
+      <w:hyperlink r:id="rId50956932856dea355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768768fd50cd66186" w:history="1">
+      <w:hyperlink r:id="rId15216932856dea40c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796368fd50cd662ca" w:history="1">
+      <w:hyperlink r:id="rId95156932856dea563" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90798801" name="name665468fd50cd66324" descr="eu_funding_250.png"/>
+            <wp:docPr id="50959366" name="name41956932856dea5d2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId485268fd50cd66323" cstate="print"/>
+                    <a:blip r:embed="rId44846932856dea5d1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92922421">
+  <w:abstractNum w:abstractNumId="48972791">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60989158">
+    <w:lvl w:ilvl="0" w:tplc="15637816">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60989158" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15637816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92922420">
+  <w:abstractNum w:abstractNumId="48972790">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85926864">
+    <w:lvl w:ilvl="0" w:tplc="74743957">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92922420">
-    <w:abstractNumId w:val="92922420"/>
+  <w:num w:numId="48972790">
+    <w:abstractNumId w:val="48972790"/>
   </w:num>
-  <w:num w:numId="92922421">
-    <w:abstractNumId w:val="92922421"/>
+  <w:num w:numId="48972791">
+    <w:abstractNumId w:val="48972791"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876913019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId860630178" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId522468fd50cd636ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId634468fd50cd63722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId972568fd50cd63901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId378168fd50cd65a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId627668fd50cd65af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId456868fd50cd65b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId996468fd50cd65b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId668668fd50cd65c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId909268fd50cd65c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId820368fd50cd65d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId632768fd50cd65dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId138668fd50cd65e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId201568fd50cd65ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId847968fd50cd65efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId954868fd50cd65fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId572868fd50cd660d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId768768fd50cd66186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId796368fd50cd662ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId659268fd50cd637e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659268fd50cd637e7.jpg"/><Relationship Id="rId720068fd50cd64cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720068fd50cd64cf7.jpg"/><Relationship Id="rId485268fd50cd66323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485268fd50cd66323.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId377739971" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402645089" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43206932856de56b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId13496932856de5721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId67746932856de785e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId95386932856de9cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId21386932856de9d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId50436932856de9dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId73666932856de9dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId96766932856de9ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId89556932856de9ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId20646932856de9fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId92636932856dea03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId36766932856dea0a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId20476932856dea138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId26656932856dea16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId42156932856dea25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId50956932856dea355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId15216932856dea40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95156932856dea563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId46746932856de7719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46746932856de7719.jpg"/><Relationship Id="rId77566932856de8e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77566932856de8e8f.jpg"/><Relationship Id="rId44846932856dea5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44846932856dea5d1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>