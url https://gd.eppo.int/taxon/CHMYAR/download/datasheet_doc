--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43206932856de56b6" w:history="1">
+            <w:hyperlink r:id="rId9189694d53aed5328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13496932856de5721" w:history="1">
+            <w:hyperlink r:id="rId2832694d53aed5390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66797283" name="name75306932856de771c" descr="385.jpg"/>
+                  <wp:docPr id="23672241" name="name8036694d53aed5b53" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId46746932856de7719" cstate="print"/>
+                          <a:blip r:embed="rId9265694d53aed5b50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67746932856de785e" w:history="1">
+            <w:hyperlink r:id="rId1040694d53aed5c66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78476155" name="name17116932856de8e93" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="54541758" name="name4945694d53aed73b6" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77566932856de8e8f" cstate="print"/>
+                    <a:blip r:embed="rId3061694d53aed73b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95386932856de9cf2" w:history="1">
+      <w:hyperlink r:id="rId1464694d53aed8248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21386932856de9d56" w:history="1">
+      <w:hyperlink r:id="rId7062694d53aed82ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50436932856de9dcc" w:history="1">
+      <w:hyperlink r:id="rId4033694d53aed8323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73666932856de9dfe" w:history="1">
+      <w:hyperlink r:id="rId5391694d53aed8355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96766932856de9ebd" w:history="1">
+      <w:hyperlink r:id="rId5302694d53aed8414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89556932856de9ef1" w:history="1">
+      <w:hyperlink r:id="rId3284694d53aed8447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20646932856de9fad" w:history="1">
+      <w:hyperlink r:id="rId8480694d53aed8503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92636932856dea03b" w:history="1">
+      <w:hyperlink r:id="rId8647694d53aed8592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36766932856dea0a9" w:history="1">
+      <w:hyperlink r:id="rId6291694d53aed8600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20476932856dea138" w:history="1">
+      <w:hyperlink r:id="rId1590694d53aed868e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26656932856dea16a" w:history="1">
+      <w:hyperlink r:id="rId4939694d53aed86c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42156932856dea25a" w:history="1">
+      <w:hyperlink r:id="rId2180694d53aed87aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50956932856dea355" w:history="1">
+      <w:hyperlink r:id="rId8872694d53aed88ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15216932856dea40c" w:history="1">
+      <w:hyperlink r:id="rId3171694d53aed8964" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95156932856dea563" w:history="1">
+      <w:hyperlink r:id="rId8609694d53aed8aae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50959366" name="name41956932856dea5d2" descr="eu_funding_250.png"/>
+            <wp:docPr id="51529786" name="name3135694d53aed8b29" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44846932856dea5d1" cstate="print"/>
+                    <a:blip r:embed="rId3578694d53aed8b28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48972791">
+  <w:abstractNum w:abstractNumId="12851338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15637816">
+    <w:lvl w:ilvl="0" w:tplc="39315127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15637816" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39315127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48972790">
+  <w:abstractNum w:abstractNumId="12851337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74743957">
+    <w:lvl w:ilvl="0" w:tplc="87928182">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48972790">
-    <w:abstractNumId w:val="48972790"/>
+  <w:num w:numId="12851337">
+    <w:abstractNumId w:val="12851337"/>
   </w:num>
-  <w:num w:numId="48972791">
-    <w:abstractNumId w:val="48972791"/>
+  <w:num w:numId="12851338">
+    <w:abstractNumId w:val="12851338"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId377739971" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402645089" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43206932856de56b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId13496932856de5721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId67746932856de785e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId95386932856de9cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId21386932856de9d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId50436932856de9dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId73666932856de9dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId96766932856de9ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId89556932856de9ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId20646932856de9fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId92636932856dea03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId36766932856dea0a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId20476932856dea138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId26656932856dea16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId42156932856dea25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId50956932856dea355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId15216932856dea40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95156932856dea563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId46746932856de7719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46746932856de7719.jpg"/><Relationship Id="rId77566932856de8e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77566932856de8e8f.jpg"/><Relationship Id="rId44846932856dea5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44846932856dea5d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635035608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976263809" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9189694d53aed5328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId2832694d53aed5390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId1040694d53aed5c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId1464694d53aed8248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId7062694d53aed82ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId4033694d53aed8323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId5391694d53aed8355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId5302694d53aed8414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId3284694d53aed8447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId8480694d53aed8503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId8647694d53aed8592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId6291694d53aed8600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId1590694d53aed868e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId4939694d53aed86c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId2180694d53aed87aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId8872694d53aed88ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId3171694d53aed8964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8609694d53aed8aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId9265694d53aed5b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9265694d53aed5b50.jpg"/><Relationship Id="rId3061694d53aed73b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3061694d53aed73b1.jpg"/><Relationship Id="rId3578694d53aed8b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3578694d53aed8b28.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>