--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9189694d53aed5328" w:history="1">
+            <w:hyperlink r:id="rId40206968047dbd73a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2832694d53aed5390" w:history="1">
+            <w:hyperlink r:id="rId52526968047dbd7a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23672241" name="name8036694d53aed5b53" descr="385.jpg"/>
+                  <wp:docPr id="78129706" name="name99656968047dbde1e" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9265694d53aed5b50" cstate="print"/>
+                          <a:blip r:embed="rId19236968047dbde1a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1040694d53aed5c66" w:history="1">
+            <w:hyperlink r:id="rId62586968047dbdfbe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54541758" name="name4945694d53aed73b6" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="22611500" name="name99736968047dbf4da" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3061694d53aed73b1" cstate="print"/>
+                    <a:blip r:embed="rId25716968047dbf4d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1464694d53aed8248" w:history="1">
+      <w:hyperlink r:id="rId14526968047dc02c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7062694d53aed82ae" w:history="1">
+      <w:hyperlink r:id="rId49386968047dc0325" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4033694d53aed8323" w:history="1">
+      <w:hyperlink r:id="rId42556968047dc0398" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5391694d53aed8355" w:history="1">
+      <w:hyperlink r:id="rId51856968047dc03ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5302694d53aed8414" w:history="1">
+      <w:hyperlink r:id="rId93436968047dc0488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3284694d53aed8447" w:history="1">
+      <w:hyperlink r:id="rId29586968047dc04ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8480694d53aed8503" w:history="1">
+      <w:hyperlink r:id="rId24566968047dc0574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8647694d53aed8592" w:history="1">
+      <w:hyperlink r:id="rId56646968047dc0612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6291694d53aed8600" w:history="1">
+      <w:hyperlink r:id="rId39466968047dc0685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1590694d53aed868e" w:history="1">
+      <w:hyperlink r:id="rId62656968047dc0714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4939694d53aed86c0" w:history="1">
+      <w:hyperlink r:id="rId37016968047dc0746" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2180694d53aed87aa" w:history="1">
+      <w:hyperlink r:id="rId82946968047dc0831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8872694d53aed88ac" w:history="1">
+      <w:hyperlink r:id="rId88886968047dc0927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4411,73 +4411,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3171694d53aed8964" w:history="1">
+      <w:hyperlink r:id="rId71926968047dc09dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8609694d53aed8aae" w:history="1">
+      <w:hyperlink r:id="rId84656968047dc0b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51529786" name="name3135694d53aed8b29" descr="eu_funding_250.png"/>
+            <wp:docPr id="75668376" name="name77136968047dc0b8e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3578694d53aed8b28" cstate="print"/>
+                    <a:blip r:embed="rId27616968047dc0b8d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12851338">
+  <w:abstractNum w:abstractNumId="11190325">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39315127">
+    <w:lvl w:ilvl="0" w:tplc="81002684">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39315127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81002684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12851337">
+  <w:abstractNum w:abstractNumId="11190324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87928182">
+    <w:lvl w:ilvl="0" w:tplc="33979300">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12851337">
-    <w:abstractNumId w:val="12851337"/>
+  <w:num w:numId="11190324">
+    <w:abstractNumId w:val="11190324"/>
   </w:num>
-  <w:num w:numId="12851338">
-    <w:abstractNumId w:val="12851338"/>
+  <w:num w:numId="11190325">
+    <w:abstractNumId w:val="11190325"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635035608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976263809" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9189694d53aed5328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId2832694d53aed5390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId1040694d53aed5c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId1464694d53aed8248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId7062694d53aed82ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId4033694d53aed8323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId5391694d53aed8355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId5302694d53aed8414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId3284694d53aed8447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId8480694d53aed8503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId8647694d53aed8592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId6291694d53aed8600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId1590694d53aed868e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId4939694d53aed86c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId2180694d53aed87aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId8872694d53aed88ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId3171694d53aed8964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8609694d53aed8aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId9265694d53aed5b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9265694d53aed5b50.jpg"/><Relationship Id="rId3061694d53aed73b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3061694d53aed73b1.jpg"/><Relationship Id="rId3578694d53aed8b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3578694d53aed8b28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389493055" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717981276" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40206968047dbd73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId52526968047dbd7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId62586968047dbdfbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId14526968047dc02c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId49386968047dc0325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId42556968047dc0398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId51856968047dc03ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId93436968047dc0488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId29586968047dc04ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId24566968047dc0574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId56646968047dc0612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId39466968047dc0685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId62656968047dc0714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId37016968047dc0746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId82946968047dc0831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId88886968047dc0927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId71926968047dc09dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84656968047dc0b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId19236968047dbde1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19236968047dbde1a.jpg"/><Relationship Id="rId25716968047dbf4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25716968047dbf4d7.jpg"/><Relationship Id="rId27616968047dc0b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27616968047dc0b8d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>