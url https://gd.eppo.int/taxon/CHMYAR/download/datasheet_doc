--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40206968047dbd73a" w:history="1">
+            <w:hyperlink r:id="rId359869828e6e4eca0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52526968047dbd7a5" w:history="1">
+            <w:hyperlink r:id="rId276769828e6e4ed0b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78129706" name="name99656968047dbde1e" descr="385.jpg"/>
+                  <wp:docPr id="74613405" name="name648169828e6e50456" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19236968047dbde1a" cstate="print"/>
+                          <a:blip r:embed="rId182569828e6e50452" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62586968047dbdfbe" w:history="1">
+            <w:hyperlink r:id="rId550769828e6e505ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22611500" name="name99736968047dbf4da" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="11155103" name="name138769828e6e5169e" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25716968047dbf4d7" cstate="print"/>
+                    <a:blip r:embed="rId151369828e6e5169b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14526968047dc02c1" w:history="1">
+      <w:hyperlink r:id="rId678769828e6e5550a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49386968047dc0325" w:history="1">
+      <w:hyperlink r:id="rId189869828e6e55572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42556968047dc0398" w:history="1">
+      <w:hyperlink r:id="rId756869828e6e555e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51856968047dc03ca" w:history="1">
+      <w:hyperlink r:id="rId893869828e6e55618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93436968047dc0488" w:history="1">
+      <w:hyperlink r:id="rId427969828e6e556d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29586968047dc04ba" w:history="1">
+      <w:hyperlink r:id="rId673069828e6e5570b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24566968047dc0574" w:history="1">
+      <w:hyperlink r:id="rId555869828e6e557c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56646968047dc0612" w:history="1">
+      <w:hyperlink r:id="rId662069828e6e55854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39466968047dc0685" w:history="1">
+      <w:hyperlink r:id="rId736469828e6e558c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62656968047dc0714" w:history="1">
+      <w:hyperlink r:id="rId247869828e6e55952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37016968047dc0746" w:history="1">
+      <w:hyperlink r:id="rId979369828e6e55983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82946968047dc0831" w:history="1">
+      <w:hyperlink r:id="rId127569828e6e55a6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88886968047dc0927" w:history="1">
+      <w:hyperlink r:id="rId945769828e6e55b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71926968047dc09dc" w:history="1">
+      <w:hyperlink r:id="rId372269828e6e55c10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84656968047dc0b30" w:history="1">
+      <w:hyperlink r:id="rId234469828e6e55d67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75668376" name="name77136968047dc0b8e" descr="eu_funding_250.png"/>
+            <wp:docPr id="54320432" name="name383769828e6e57e55" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27616968047dc0b8d" cstate="print"/>
+                    <a:blip r:embed="rId279069828e6e57e52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11190325">
+  <w:abstractNum w:abstractNumId="53983359">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81002684">
+    <w:lvl w:ilvl="0" w:tplc="40545895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81002684" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40545895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11190324">
+  <w:abstractNum w:abstractNumId="53983358">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33979300">
+    <w:lvl w:ilvl="0" w:tplc="23414695">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11190324">
-    <w:abstractNumId w:val="11190324"/>
+  <w:num w:numId="53983358">
+    <w:abstractNumId w:val="53983358"/>
   </w:num>
-  <w:num w:numId="11190325">
-    <w:abstractNumId w:val="11190325"/>
+  <w:num w:numId="53983359">
+    <w:abstractNumId w:val="53983359"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389493055" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717981276" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40206968047dbd73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId52526968047dbd7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId62586968047dbdfbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId14526968047dc02c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId49386968047dc0325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId42556968047dc0398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId51856968047dc03ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId93436968047dc0488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId29586968047dc04ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId24566968047dc0574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId56646968047dc0612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId39466968047dc0685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId62656968047dc0714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId37016968047dc0746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId82946968047dc0831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId88886968047dc0927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId71926968047dc09dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84656968047dc0b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId19236968047dbde1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19236968047dbde1a.jpg"/><Relationship Id="rId25716968047dbf4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25716968047dbf4d7.jpg"/><Relationship Id="rId27616968047dc0b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27616968047dc0b8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId776551001" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244154665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId359869828e6e4eca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId276769828e6e4ed0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId550769828e6e505ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId678769828e6e5550a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId189869828e6e55572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId756869828e6e555e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId893869828e6e55618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId427969828e6e556d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId673069828e6e5570b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId555869828e6e557c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId662069828e6e55854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId736469828e6e558c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId247869828e6e55952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId979369828e6e55983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId127569828e6e55a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId945769828e6e55b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId372269828e6e55c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId234469828e6e55d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId182569828e6e50452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId182569828e6e50452.jpg"/><Relationship Id="rId151369828e6e5169b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151369828e6e5169b.jpg"/><Relationship Id="rId279069828e6e57e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId279069828e6e57e52.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>