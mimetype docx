--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359869828e6e4eca0" w:history="1">
+            <w:hyperlink r:id="rId9511699d6b0a1eb20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276769828e6e4ed0b" w:history="1">
+            <w:hyperlink r:id="rId4716699d6b0a1eb89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74613405" name="name648169828e6e50456" descr="385.jpg"/>
+                  <wp:docPr id="37566273" name="name3946699d6b0a1f273" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId182569828e6e50452" cstate="print"/>
+                          <a:blip r:embed="rId9149699d6b0a1f271" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId550769828e6e505ae" w:history="1">
+            <w:hyperlink r:id="rId5760699d6b0a1f3a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11155103" name="name138769828e6e5169e" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="45295411" name="name3111699d6b0a20558" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId151369828e6e5169b" cstate="print"/>
+                    <a:blip r:embed="rId3469699d6b0a20555" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678769828e6e5550a" w:history="1">
+      <w:hyperlink r:id="rId2322699d6b0a2132c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189869828e6e55572" w:history="1">
+      <w:hyperlink r:id="rId3621699d6b0a21393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756869828e6e555e5" w:history="1">
+      <w:hyperlink r:id="rId6285699d6b0a21407" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893869828e6e55618" w:history="1">
+      <w:hyperlink r:id="rId1134699d6b0a21439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427969828e6e556d8" w:history="1">
+      <w:hyperlink r:id="rId7111699d6b0a214f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673069828e6e5570b" w:history="1">
+      <w:hyperlink r:id="rId9019699d6b0a2152a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555869828e6e557c5" w:history="1">
+      <w:hyperlink r:id="rId1981699d6b0a215e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662069828e6e55854" w:history="1">
+      <w:hyperlink r:id="rId3779699d6b0a21672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736469828e6e558c3" w:history="1">
+      <w:hyperlink r:id="rId2615699d6b0a216e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247869828e6e55952" w:history="1">
+      <w:hyperlink r:id="rId5088699d6b0a2176f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979369828e6e55983" w:history="1">
+      <w:hyperlink r:id="rId8229699d6b0a217a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127569828e6e55a6c" w:history="1">
+      <w:hyperlink r:id="rId1920699d6b0a21889" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945769828e6e55b5e" w:history="1">
+      <w:hyperlink r:id="rId4171699d6b0a2197c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372269828e6e55c10" w:history="1">
+      <w:hyperlink r:id="rId9815699d6b0a21a39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234469828e6e55d67" w:history="1">
+      <w:hyperlink r:id="rId2816699d6b0a21b86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54320432" name="name383769828e6e57e55" descr="eu_funding_250.png"/>
+            <wp:docPr id="41323366" name="name1129699d6b0a21c13" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId279069828e6e57e52" cstate="print"/>
+                    <a:blip r:embed="rId3264699d6b0a21c12" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53983359">
+  <w:abstractNum w:abstractNumId="82112459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40545895">
+    <w:lvl w:ilvl="0" w:tplc="34293523">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40545895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34293523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53983358">
+  <w:abstractNum w:abstractNumId="82112458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23414695">
+    <w:lvl w:ilvl="0" w:tplc="77694014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53983358">
-    <w:abstractNumId w:val="53983358"/>
+  <w:num w:numId="82112458">
+    <w:abstractNumId w:val="82112458"/>
   </w:num>
-  <w:num w:numId="53983359">
-    <w:abstractNumId w:val="53983359"/>
+  <w:num w:numId="82112459">
+    <w:abstractNumId w:val="82112459"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId776551001" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244154665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId359869828e6e4eca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId276769828e6e4ed0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId550769828e6e505ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId678769828e6e5550a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId189869828e6e55572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId756869828e6e555e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId893869828e6e55618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId427969828e6e556d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId673069828e6e5570b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId555869828e6e557c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId662069828e6e55854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId736469828e6e558c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId247869828e6e55952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId979369828e6e55983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId127569828e6e55a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId945769828e6e55b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId372269828e6e55c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId234469828e6e55d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId182569828e6e50452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId182569828e6e50452.jpg"/><Relationship Id="rId151369828e6e5169b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151369828e6e5169b.jpg"/><Relationship Id="rId279069828e6e57e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId279069828e6e57e52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792035823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328176913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9511699d6b0a1eb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId4716699d6b0a1eb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId5760699d6b0a1f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId2322699d6b0a2132c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId3621699d6b0a21393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId6285699d6b0a21407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId1134699d6b0a21439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId7111699d6b0a214f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId9019699d6b0a2152a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId1981699d6b0a215e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId3779699d6b0a21672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId2615699d6b0a216e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId5088699d6b0a2176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId8229699d6b0a217a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId1920699d6b0a21889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId4171699d6b0a2197c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId9815699d6b0a21a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2816699d6b0a21b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId9149699d6b0a1f271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9149699d6b0a1f271.jpg"/><Relationship Id="rId3469699d6b0a20555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3469699d6b0a20555.jpg"/><Relationship Id="rId3264699d6b0a21c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3264699d6b0a21c12.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>