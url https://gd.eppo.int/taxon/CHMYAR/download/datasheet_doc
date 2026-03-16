--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur &amp; Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broom rust of spruce, common yellow witches' broom rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9511699d6b0a1eb20" w:history="1">
+            <w:hyperlink r:id="rId393069b825e8ba0ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4716699d6b0a1eb89" w:history="1">
+            <w:hyperlink r:id="rId575169b825e8ba16f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CHMYAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37566273" name="name3946699d6b0a1f273" descr="385.jpg"/>
+                  <wp:docPr id="69428664" name="name790469b825e8ba705" descr="385.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="385.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9149699d6b0a1f271" cstate="print"/>
+                          <a:blip r:embed="rId102669b825e8ba704" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5760699d6b0a1f3a8" w:history="1">
+            <w:hyperlink r:id="rId459569b825e8ba88c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1477,63 +1477,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arctostaphylos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, occur together (Crane, 2000). In Canada, the pathogen is widespread (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Ontario, Quebec, Saskatchewan, and Yukon). In the USA, it is present in the northern and western states (Alaska, Arizona, Colorado, Idaho, Maine, Michigan, Montana, New Mexico, New York, Oregon, South Dakota, Utah, Washington, Wisconsin, and Wyoming). The pathogen has not been reported in Europe and in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45295411" name="name3111699d6b0a20558" descr="CHMYAR_distribution_map.jpg"/>
+            <wp:docPr id="24282137" name="name870069b825e8bbd3f" descr="CHMYAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CHMYAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3469699d6b0a20555" cstate="print"/>
+                    <a:blip r:embed="rId650769b825e8bbd3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3320,51 +3320,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2023) Information on Californian plants for education, research and conservation, with data contributed by public and private institutions and individuals, including the Consortium of California Herbaria. Berkeley, California, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2322699d6b0a2132c" w:history="1">
+      <w:hyperlink r:id="rId774069b825e8bcc35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed on 21 August 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3379,51 +3379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crane PE (2000) Systematics and biology of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Uredinales). A thesis submitted to the Faculty of Graduate Studies and Research in partial fulfillment of the requirements for the degree of Doctor of Philosophy. Edmonton, Alberta: University of Alberta, 266 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3621699d6b0a21393" w:history="1">
+      <w:hyperlink r:id="rId785669b825e8bcca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3449,81 +3449,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6285699d6b0a21407" w:history="1">
+      <w:hyperlink r:id="rId997169b825e8bcd33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1134699d6b0a21439" w:history="1">
+      <w:hyperlink r:id="rId491869b825e8bcd68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3598,81 +3598,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1250–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7111699d6b0a214f7" w:history="1">
+      <w:hyperlink r:id="rId441969b825e8bce56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/10-426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hennon PE &amp; Trummer L (2001) Spruce broom rust. USDA Forest Service Leaflet R10-TP-100. USDA Forest Service, Anchorage, Alaska, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9019699d6b0a2152a" w:history="1">
+      <w:hyperlink r:id="rId245869b825e8bce9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3747,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1981699d6b0a215e4" w:history="1">
+      <w:hyperlink r:id="rId220569b825e8bcf92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3624881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3837,51 +3837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 606–627 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3779699d6b0a21672" w:history="1">
+      <w:hyperlink r:id="rId756969b825e8bd02b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1942.12020932</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3907,51 +3907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468–469. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2615699d6b0a216e2" w:history="1">
+      <w:hyperlink r:id="rId363969b825e8bd09e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.134.3477.468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3997,81 +3997,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 318–330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5088699d6b0a2176f" w:history="1">
+      <w:hyperlink r:id="rId420569b825e8bd140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/cjr50c-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schwandt J (2006) Management guide for spruce broom rust. USDA Forest Service, 2 pp.  Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8229699d6b0a217a1" w:history="1">
+      <w:hyperlink r:id="rId339069b825e8bd174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4175,51 +4175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 244–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1920699d6b0a21889" w:history="1">
+      <w:hyperlink r:id="rId961569b825e8bd264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3761300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4323,51 +4323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5355, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4171699d6b0a2197c" w:history="1">
+      <w:hyperlink r:id="rId191469b825e8bd35e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4433,51 +4433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9815699d6b0a21a39" w:history="1">
+      <w:hyperlink r:id="rId440869b825e8bd41a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4628,81 +4628,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1979) EPPO Data Sheet on Quarantine Organisms no 8: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysomyxa arctostaphyli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin 9(2), 39-43. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2816699d6b0a21b86" w:history="1">
+      <w:hyperlink r:id="rId800769b825e8bd5ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41323366" name="name1129699d6b0a21c13" descr="eu_funding_250.png"/>
+            <wp:docPr id="63033054" name="name312569b825e8bd64f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3264699d6b0a21c12" cstate="print"/>
+                    <a:blip r:embed="rId128869b825e8bd64d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4800,137 +4800,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82112459">
+  <w:abstractNum w:abstractNumId="38380264">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34293523">
+    <w:lvl w:ilvl="0" w:tplc="78012110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34293523" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78012110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82112458">
+  <w:abstractNum w:abstractNumId="38380263">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77694014">
+    <w:lvl w:ilvl="0" w:tplc="68692696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5682,55 +5682,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82112458">
-    <w:abstractNumId w:val="82112458"/>
+  <w:num w:numId="38380263">
+    <w:abstractNumId w:val="38380263"/>
   </w:num>
-  <w:num w:numId="82112459">
-    <w:abstractNumId w:val="82112459"/>
+  <w:num w:numId="38380264">
+    <w:abstractNumId w:val="38380264"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17280,51 +17280,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792035823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328176913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9511699d6b0a1eb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId4716699d6b0a1eb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId5760699d6b0a1f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId2322699d6b0a2132c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId3621699d6b0a21393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId6285699d6b0a21407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId1134699d6b0a21439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId7111699d6b0a214f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId9019699d6b0a2152a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId1981699d6b0a215e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId3779699d6b0a21672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId2615699d6b0a216e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId5088699d6b0a2176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId8229699d6b0a217a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId1920699d6b0a21889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId4171699d6b0a2197c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId9815699d6b0a21a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2816699d6b0a21b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId9149699d6b0a1f271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9149699d6b0a1f271.jpg"/><Relationship Id="rId3469699d6b0a20555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3469699d6b0a20555.jpg"/><Relationship Id="rId3264699d6b0a21c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3264699d6b0a21c12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId593201384" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId513359352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId393069b825e8ba0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/" TargetMode="External"/><Relationship Id="rId575169b825e8ba16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/categorization" TargetMode="External"/><Relationship Id="rId459569b825e8ba88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CHMYAR/photos" TargetMode="External"/><Relationship Id="rId774069b825e8bcc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calflora.org/" TargetMode="External"/><Relationship Id="rId785669b825e8bcca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://central.bac-lac.gc.ca/.item?id=NQ59573&amp;op=pdf&amp;app=Library&amp;is_thesis=1&amp;oclc_number=1007094116" TargetMode="External"/><Relationship Id="rId997169b825e8bcd33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId491869b825e8bcd68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/%20" TargetMode="External"/><Relationship Id="rId441969b825e8bce56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/10-426%20" TargetMode="External"/><Relationship Id="rId245869b825e8bce9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/detail/r10/forest-grasslandhealth/?cid=fsbdev2_038391" TargetMode="External"/><Relationship Id="rId220569b825e8bcf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3624881" TargetMode="External"/><Relationship Id="rId756969b825e8bd02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1942.12020932" TargetMode="External"/><Relationship Id="rId363969b825e8bd09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.134.3477.468" TargetMode="External"/><Relationship Id="rId420569b825e8bd140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/cjr50c-01" TargetMode="External"/><Relationship Id="rId339069b825e8bd174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187557.pdf" TargetMode="External"/><Relationship Id="rId961569b825e8bd264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3761300" TargetMode="External"/><Relationship Id="rId191469b825e8bd35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5355" TargetMode="External"/><Relationship Id="rId440869b825e8bd41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800769b825e8bd5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02449.x" TargetMode="External"/><Relationship Id="rId102669b825e8ba704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId102669b825e8ba704.jpg"/><Relationship Id="rId650769b825e8bbd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650769b825e8bbd3d.jpg"/><Relationship Id="rId128869b825e8bd64d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128869b825e8bd64d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>