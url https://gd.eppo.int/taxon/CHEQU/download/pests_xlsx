--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CHEQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
   </si>
   <si>
     <t xml:space="preserve">* Brunt AA, Crabtree K, Dallwitz MJ, Gibbs AJ, Watson L (1996) Viruses of plants. CAB International. 1484 pp.
 * Proeseler G (1983) Beet leaf curl virus. CMI/AAB Descriptions of Plant Viruses No. 268. Association of Applied Biologists, Wellesbourne, UK. Available at https://www.dpvweb.net/ 
 * Schmutterer H, Ehrhardt P (1964) Untersuchungen über einige Beziehungen zwischen dem Rübenkräuselvirus (Beta Virus 3) und seinem Vektor Piesma quadrata Fieb. (Heteropt., Piesmidae). Zeitschrift für Pflanzenkrankheiten (Pflanzenpathologie) und Pflanzenschutz 71(11/12), 647-656.
@@ -370,50 +370,59 @@
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Franco J, Main G (2008) Management of nematodes of Andean tuber and grain crops. In: Integrated Management and Biocontrol of Vegetable and Grain Crops Nematodes. Ciancio A, Mukerji KG (eds.). Springer, Dordrecht, Netherlands, 99-117.</t>
   </si>
   <si>
     <t>PLEOBJ</t>
   </si>
   <si>
     <t>Neocamarosporium betae</t>
   </si>
   <si>
     <t>* Yin H, Wang T, Yang Z, Lü H, Qin N, Ren L, Zhao X (2024) Neocamarosporium betae causing leaf spot and stem necrosis disease on Chenopodium quinoa in Shanxi Province, China. Crop Protection 185, 106889.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Soca-Flores MN (2021) [Population fluctuation of phytophagous insects associated with the cultivation of Quinoa (Chenopodium quinoa Willd. in La Molina, Lima.] Tesis de Maestría. Escuela de Posgrado, Universidad La Molina, Lima, Peru. (in Spanish). http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743 [accessed on 22 November 2021].</t>
+  </si>
+  <si>
+    <t>SCLESC</t>
+  </si>
+  <si>
+    <t>Sclerotinia sclerotiorum</t>
+  </si>
+  <si>
+    <t>* Mangwende E, Safari S, Lepage Z, Askarian H, Akhavan A, Yost C (2025) First report of Sclerotinia stem rot on quinoa (Chenopodium quinoa) caused by Sclerotinia sclerotiorum in Canada. Canadian Journal of Plant Pathology. https://doi.org/10.1080/07060661.2025.2545934</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Chorbadjian RA, Ahumada MI, Urra F, Elgueta M, Gilligan TM (2021) Biogeographical patterns of herbivore arthropods associated with Chenopodium quinoa grown along the Latitudinal Gradient of Chile. Plants 10(12), 2811. doi:10.3390/plants10122811
 * Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu140</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
@@ -773,51 +782,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1363,97 +1372,111 @@
         <v>115</v>
       </c>
       <c r="C41" t="s">
         <v>116</v>
       </c>
       <c r="D41" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>118</v>
       </c>
       <c r="C42" t="s">
         <v>119</v>
       </c>
       <c r="D42" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C43" t="s">
         <v>122</v>
       </c>
       <c r="D43" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D46"/>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>124</v>
+      </c>
+      <c r="B47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>