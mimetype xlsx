--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CHEMU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
   </si>
   <si>
     <t xml:space="preserve">* Brunt AA, Crabtree K, Dallwitz MJ, Gibbs AJ, Watson L (1996) Viruses of plants. CAB International. 1484 pp.
 ------- as Chenopodium murale
 * Schmutterer H, Ehrhardt P (1966) Zur Kenntnis des Wirtspflanzenkreises beim Rübenkräuselvirus (Beta Virus 3). Zeitschrift für Pflanzenkrankheiten (Pflanzenpathologie) und Pflanzenschutz 73(5), 271-283.
@@ -165,50 +165,60 @@
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Chenopodium murale.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Jordá C, Font I, Martínez P, Juarez M, Ortega A, Lacasa A (2001) Current status and new natural hosts of Tomato yellow leaf curl virus (TYLCV) in Spain. Plant Disease 85(4), 445.</t>
   </si>
   <si>
     <t>SLCV00</t>
   </si>
   <si>
     <t>Begomovirus cucurbitapeponis</t>
   </si>
   <si>
     <t xml:space="preserve">* Ali-Shtayeh MS, Jamous RM, Hussein EY, Mallah OB, Abu-Zeitoun SY (2014) Squash leaf curl virus (SLCV): a serious disease threatening cucurbits production in Palestine. Virus Genes 48(2), 320-328.
 ------- natural host. </t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
@@ -658,51 +668,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="329.063" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1040,106 +1050,120 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" t="s">
         <v>79</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>82</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
       <c r="C31" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
         <v>91</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>47</v>
+      </c>
+      <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" t="s">
+        <v>93</v>
+      </c>
+      <c r="D32" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">