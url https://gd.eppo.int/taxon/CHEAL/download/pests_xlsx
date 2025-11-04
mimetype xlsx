--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CHEAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
   </si>
   <si>
     <t>* Brunt AA, Crabtree K, Dallwitz MJ, Gibbs AJ, Watson L (1996) Viruses of plants. CAB International. 1484 pp.
 * Schmutterer H, Ehrhardt P (1966) Zur Kenntnis des Wirtspflanzenkreises beim Rübenkräuselvirus (Beta Virus 3). Zeitschrift für Pflanzenkrankheiten (Pflanzenpathologie) und Pflanzenschutz 73(5), 271-283.
 ------- in transmission trials, very low susceptibility</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Barbosa JC, Barreto SS, Inoue-Nagata AK, Rezende JAM (2011) Characterization and Experimental Host Range of a Brazilian Tomato Isolate of Tomato severe rugose virus. Journal of Phytopathology 159, 644-646.</t>
   </si>
   <si>
@@ -974,946 +987,960 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
       <c r="C32" t="s">
         <v>96</v>
       </c>
       <c r="D32" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D33" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D34" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C36" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D36" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C37" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D37" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D38" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C39" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D39" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B40" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C40" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D40" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B41" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C41" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D41" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C42" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D42" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D44" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B45" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C45" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C46" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C47" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D47" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B48" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C48" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>145</v>
+      </c>
+      <c r="D48" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C49" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B50" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C50" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B51" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D51" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B52" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C52" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D52" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B53" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C53" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D53"/>
+        <v>159</v>
+      </c>
+      <c r="D53" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C54" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B57" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B58" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B59" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C59" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" t="s">
         <v>174</v>
       </c>
-      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B60" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C60" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B61" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D61" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C63" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D63"/>
+        <v>186</v>
+      </c>
+      <c r="D63" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C64" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>189</v>
+      </c>
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" t="s">
+        <v>190</v>
+      </c>
+      <c r="C65" t="s">
+        <v>191</v>
+      </c>
+      <c r="D65" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">