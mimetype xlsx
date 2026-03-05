--- v1 (2025-11-04)
+++ v2 (2026-03-05)
@@ -639,51 +639,52 @@
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOSTS - A database of the World's lepidopteran hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici (as Chenopodium)</t>
   </si>
   <si>
     <t>GPGV00</t>
   </si>
   <si>
     <t>Trichovirus pinovitis</t>
   </si>
   <si>
-    <t>* Gualandri V, Asquini E, Bianchedi P, Covelli L, Brilli M, Malossini U, Bragagna P, Saldarelli P,  Si-Ammour A (2016) Identification of herbaceous hosts of the Grapevine Pinot gris virus (GPGV).  Europan Journal of Plant Pathology 147, 21-25.</t>
+    <t>* Demian E, Jaksa-Czotter N, Varallyay E (2022) Grapevine pinot gris virus is present in different non-vitis hosts. Plants 11(14), 1830. https://doi.org/10.3390/plants11141830
+* Gualandri V, Asquini E, Bianchedi P, Covelli L, Brilli M, Malossini U, Bragagna P, Saldarelli P,  Si-Ammour A (2016) Identification of herbaceous hosts of the Grapevine Pinot gris virus (GPGV).  Europan Journal of Plant Pathology 147, 21-25.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>