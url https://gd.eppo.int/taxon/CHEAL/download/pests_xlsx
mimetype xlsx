--- v2 (2026-03-05)
+++ v3 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CHEAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -625,56 +625,50 @@
   </si>
   <si>
     <t>Spodoptera litura</t>
   </si>
   <si>
     <t>* Ahmad M, Ghaffar A, Rafiq M (2013) Host plants of leaf worm, Spodoptera litura (Fabricius)(Lepidoptera: Noctuidae) in Pakistan. Asian Journal of Agriculture and Biology 1(1), 23-28.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOSTS - A database of the World's lepidopteran hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Torradovirus lycopersici (as Chenopodium)</t>
   </si>
   <si>
     <t>GPGV00</t>
   </si>
   <si>
     <t>Trichovirus pinovitis</t>
   </si>
   <si>
     <t>* Demian E, Jaksa-Czotter N, Varallyay E (2022) Grapevine pinot gris virus is present in different non-vitis hosts. Plants 11(14), 1830. https://doi.org/10.3390/plants11141830
 * Gualandri V, Asquini E, Bianchedi P, Covelli L, Brilli M, Malossini U, Bragagna P, Saldarelli P,  Si-Ammour A (2016) Identification of herbaceous hosts of the Grapevine Pinot gris virus (GPGV).  Europan Journal of Plant Pathology 147, 21-25.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -988,51 +982,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D65"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1884,64 +1878,52 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>98</v>
       </c>
       <c r="B63" t="s">
         <v>185</v>
       </c>
       <c r="C63" t="s">
         <v>186</v>
       </c>
       <c r="D63" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>98</v>
       </c>
       <c r="B64" t="s">
         <v>188</v>
       </c>
       <c r="C64" t="s">
         <v>189</v>
       </c>
-      <c r="D64"/>
-[...5 lines deleted...]
-      <c r="B65" t="s">
+      <c r="D64" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">