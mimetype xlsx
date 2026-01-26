--- v0 (2025-10-18)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CETOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (records may relate to other species in the femorata complex) 
 * Bright DE (1987) The metallic wood-boring beetles of Canada and Alaska, Coleoptera: Buprestidae. In The insects and arachnids of Canada (p. part. 15). Ottawa: Biosystematics Research Center.
@@ -137,50 +137,59 @@
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Celtis)</t>
   </si>
   <si>
     <t>* Jansen MGM (2001) Instar identification and some notes about the life cycle of Rhizoecus hibisci Kawai ; Takagi (Coccoidea: Pseudococcidae). Bollettino di Zoologia Agraria e di Bachicoltura, Serie II, 33(3), 53-56.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -500,51 +509,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -707,51 +716,65 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">