--- v0 (2025-10-16)
+++ v1 (2026-02-18)
@@ -953,51 +953,51 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>