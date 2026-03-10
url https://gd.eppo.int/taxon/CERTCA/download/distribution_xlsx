--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -2090,51 +2090,51 @@
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>86</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>88</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>90</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>