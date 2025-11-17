--- v0 (2025-10-07)
+++ v1 (2025-11-17)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516168e5978e79f15" w:history="1">
+            <w:hyperlink r:id="rId6582691b118d69d0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId661168e5978e79f62" w:history="1">
+            <w:hyperlink r:id="rId7355691b118d69d51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2987386" name="name920468e5978e7accd" descr="14650.jpg"/>
+                  <wp:docPr id="3985162" name="name8731691b118d6a5aa" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId955868e5978e7accb" cstate="print"/>
+                          <a:blip r:embed="rId3597691b118d6a5a9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId236168e5978e7ae0d" w:history="1">
+            <w:hyperlink r:id="rId8517691b118d6a71e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80120669" name="name929968e5978e7ee8e" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="99215794" name="name1508691b118d6e1b9" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId608268e5978e7ee89" cstate="print"/>
+                    <a:blip r:embed="rId8251691b118d6e1b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249968e5978e7f8f7" w:history="1">
+      <w:hyperlink r:id="rId1455691b118d6ea2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642068e5978e7f97e" w:history="1"/>
+      <w:hyperlink r:id="rId3967691b118d6ea7b" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995068e5978e7f992" w:history="1">
+      <w:hyperlink r:id="rId4732691b118d6ea90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId718068e5978e7f9b9" w:history="1"/>
+      <w:hyperlink r:id="rId5818691b118d6eab5" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975868e5978e8035b" w:history="1">
+      <w:hyperlink r:id="rId9115691b118d6f1d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901868e5978e80868" w:history="1">
+      <w:hyperlink r:id="rId7008691b118d6f5c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161168e5978e808d3" w:history="1">
+      <w:hyperlink r:id="rId8439691b118d6f5fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543568e5978e8096d" w:history="1">
+      <w:hyperlink r:id="rId1956691b118d6f68f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903368e5978e809e1" w:history="1">
+      <w:hyperlink r:id="rId7516691b118d6f704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780668e5978e80a52" w:history="1">
+      <w:hyperlink r:id="rId7833691b118d6f772" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732468e5978e80ad2" w:history="1">
+      <w:hyperlink r:id="rId1317691b118d6f7e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104168e5978e80b52" w:history="1">
+      <w:hyperlink r:id="rId5557691b118d6f854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655168e5978e80bed" w:history="1">
+      <w:hyperlink r:id="rId7493691b118d6f8c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230768e5978e80c77" w:history="1">
+      <w:hyperlink r:id="rId7845691b118d6f943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559968e5978e80d2f" w:history="1">
+      <w:hyperlink r:id="rId8198691b118d6f9c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258968e5978e81120" w:history="1">
+      <w:hyperlink r:id="rId6446691b118d6fd1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337468e5978e8145c" w:history="1">
+      <w:hyperlink r:id="rId1488691b118d7003c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418468e5978e81516" w:history="1">
+      <w:hyperlink r:id="rId7796691b118d700f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410968e5978e8167f" w:history="1">
+      <w:hyperlink r:id="rId5079691b118d7025e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58655429" name="name773568e5978e81712" descr="eu_funding_250.png"/>
+            <wp:docPr id="79675857" name="name5720691b118d702d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId121468e5978e81711" cstate="print"/>
+                    <a:blip r:embed="rId4185691b118d702cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95618903">
+  <w:abstractNum w:abstractNumId="62197931">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66009880">
+    <w:lvl w:ilvl="0" w:tplc="25047103">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66009880" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25047103" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95618902">
+  <w:abstractNum w:abstractNumId="62197930">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21341939">
+    <w:lvl w:ilvl="0" w:tplc="63822832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95618902">
-    <w:abstractNumId w:val="95618902"/>
+  <w:num w:numId="62197930">
+    <w:abstractNumId w:val="62197930"/>
   </w:num>
-  <w:num w:numId="95618903">
-    <w:abstractNumId w:val="95618903"/>
+  <w:num w:numId="62197931">
+    <w:abstractNumId w:val="62197931"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267630533" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124334934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId516168e5978e79f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId661168e5978e79f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId236168e5978e7ae0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId249968e5978e7f8f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId642068e5978e7f97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId995068e5978e7f992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId718068e5978e7f9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId975868e5978e8035b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId901868e5978e80868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId161168e5978e808d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId543568e5978e8096d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId903368e5978e809e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId780668e5978e80a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId732468e5978e80ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId104168e5978e80b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId655168e5978e80bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId230768e5978e80c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId559968e5978e80d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId258968e5978e81120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId337468e5978e8145c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId418468e5978e81516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId410968e5978e8167f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId955868e5978e7accb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId955868e5978e7accb.jpg"/><Relationship Id="rId608268e5978e7ee89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608268e5978e7ee89.jpg"/><Relationship Id="rId121468e5978e81711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121468e5978e81711.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604909273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145043798" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6582691b118d69d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId7355691b118d69d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId8517691b118d6a71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId1455691b118d6ea2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId3967691b118d6ea7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId4732691b118d6ea90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId5818691b118d6eab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId9115691b118d6f1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId7008691b118d6f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId8439691b118d6f5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId1956691b118d6f68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId7516691b118d6f704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7833691b118d6f772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId1317691b118d6f7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId5557691b118d6f854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId7493691b118d6f8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId7845691b118d6f943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId8198691b118d6f9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6446691b118d6fd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId1488691b118d7003c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7796691b118d700f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5079691b118d7025e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId3597691b118d6a5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3597691b118d6a5a9.jpg"/><Relationship Id="rId8251691b118d6e1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8251691b118d6e1b4.jpg"/><Relationship Id="rId4185691b118d702cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4185691b118d702cf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>