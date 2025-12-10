--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6582691b118d69d0d" w:history="1">
+            <w:hyperlink r:id="rId903269397ad08fada" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7355691b118d69d51" w:history="1">
+            <w:hyperlink r:id="rId841669397ad08fb61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3985162" name="name8731691b118d6a5aa" descr="14650.jpg"/>
+                  <wp:docPr id="89339506" name="name704569397ad0903f8" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3597691b118d6a5a9" cstate="print"/>
+                          <a:blip r:embed="rId807469397ad0903f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8517691b118d6a71e" w:history="1">
+            <w:hyperlink r:id="rId766769397ad09058b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99215794" name="name1508691b118d6e1b9" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="82289157" name="name555469397ad094669" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8251691b118d6e1b4" cstate="print"/>
+                    <a:blip r:embed="rId183669397ad094665" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1455691b118d6ea2e" w:history="1">
+      <w:hyperlink r:id="rId245569397ad094e5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3967691b118d6ea7b" w:history="1"/>
+      <w:hyperlink r:id="rId311669397ad094eaa" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4732691b118d6ea90" w:history="1">
+      <w:hyperlink r:id="rId821369397ad094ebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5818691b118d6eab5" w:history="1"/>
+      <w:hyperlink r:id="rId817369397ad094ee1" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9115691b118d6f1d4" w:history="1">
+      <w:hyperlink r:id="rId572769397ad0955b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7008691b118d6f5c8" w:history="1">
+      <w:hyperlink r:id="rId724169397ad0959ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8439691b118d6f5fd" w:history="1">
+      <w:hyperlink r:id="rId918369397ad0959e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1956691b118d6f68f" w:history="1">
+      <w:hyperlink r:id="rId499669397ad095a6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7516691b118d6f704" w:history="1">
+      <w:hyperlink r:id="rId532269397ad095ade" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7833691b118d6f772" w:history="1">
+      <w:hyperlink r:id="rId108469397ad095b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1317691b118d6f7e4" w:history="1">
+      <w:hyperlink r:id="rId240469397ad095bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5557691b118d6f854" w:history="1">
+      <w:hyperlink r:id="rId484169397ad095c29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7493691b118d6f8c1" w:history="1">
+      <w:hyperlink r:id="rId918569397ad095c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7845691b118d6f943" w:history="1">
+      <w:hyperlink r:id="rId973269397ad095d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8198691b118d6f9c3" w:history="1">
+      <w:hyperlink r:id="rId120369397ad095d99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6446691b118d6fd1a" w:history="1">
+      <w:hyperlink r:id="rId389469397ad0960e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1488691b118d7003c" w:history="1">
+      <w:hyperlink r:id="rId432069397ad0963eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7796691b118d700f1" w:history="1">
+      <w:hyperlink r:id="rId909369397ad09649e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5079691b118d7025e" w:history="1">
+      <w:hyperlink r:id="rId293469397ad096613" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79675857" name="name5720691b118d702d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="95887920" name="name181869397ad096681" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4185691b118d702cf" cstate="print"/>
+                    <a:blip r:embed="rId184769397ad09667f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62197931">
+  <w:abstractNum w:abstractNumId="56521212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25047103">
+    <w:lvl w:ilvl="0" w:tplc="55199109">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25047103" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55199109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62197930">
+  <w:abstractNum w:abstractNumId="56521211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63822832">
+    <w:lvl w:ilvl="0" w:tplc="49344427">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62197930">
-    <w:abstractNumId w:val="62197930"/>
+  <w:num w:numId="56521211">
+    <w:abstractNumId w:val="56521211"/>
   </w:num>
-  <w:num w:numId="62197931">
-    <w:abstractNumId w:val="62197931"/>
+  <w:num w:numId="56521212">
+    <w:abstractNumId w:val="56521212"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604909273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145043798" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6582691b118d69d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId7355691b118d69d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId8517691b118d6a71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId1455691b118d6ea2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId3967691b118d6ea7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId4732691b118d6ea90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId5818691b118d6eab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId9115691b118d6f1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId7008691b118d6f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId8439691b118d6f5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId1956691b118d6f68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId7516691b118d6f704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7833691b118d6f772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId1317691b118d6f7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId5557691b118d6f854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId7493691b118d6f8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId7845691b118d6f943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId8198691b118d6f9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId6446691b118d6fd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId1488691b118d7003c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7796691b118d700f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5079691b118d7025e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId3597691b118d6a5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3597691b118d6a5a9.jpg"/><Relationship Id="rId8251691b118d6e1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8251691b118d6e1b4.jpg"/><Relationship Id="rId4185691b118d702cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4185691b118d702cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603726085" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935854728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId903269397ad08fada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId841669397ad08fb61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId766769397ad09058b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId245569397ad094e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId311669397ad094eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId821369397ad094ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId817369397ad094ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId572769397ad0955b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId724169397ad0959ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId918369397ad0959e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId499669397ad095a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId532269397ad095ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId108469397ad095b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId240469397ad095bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId484169397ad095c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId918569397ad095c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId973269397ad095d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId120369397ad095d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId389469397ad0960e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId432069397ad0963eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId909369397ad09649e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293469397ad096613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId807469397ad0903f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807469397ad0903f6.jpg"/><Relationship Id="rId183669397ad094665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183669397ad094665.jpg"/><Relationship Id="rId184769397ad09667f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769397ad09667f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>