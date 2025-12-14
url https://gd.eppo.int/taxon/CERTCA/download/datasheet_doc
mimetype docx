--- v2 (2025-12-10)
+++ v3 (2025-12-14)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId903269397ad08fada" w:history="1">
+            <w:hyperlink r:id="rId6058693ed589bcfb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841669397ad08fb61" w:history="1">
+            <w:hyperlink r:id="rId3345693ed589bcff5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89339506" name="name704569397ad0903f8" descr="14650.jpg"/>
+                  <wp:docPr id="8190940" name="name1330693ed589bd914" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId807469397ad0903f6" cstate="print"/>
+                          <a:blip r:embed="rId8056693ed589bd911" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId766769397ad09058b" w:history="1">
+            <w:hyperlink r:id="rId6056693ed589bda27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82289157" name="name555469397ad094669" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="72665657" name="name2508693ed589c1788" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId183669397ad094665" cstate="print"/>
+                    <a:blip r:embed="rId8562693ed589c1784" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245569397ad094e5c" w:history="1">
+      <w:hyperlink r:id="rId6450693ed589c1f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311669397ad094eaa" w:history="1"/>
+      <w:hyperlink r:id="rId2913693ed589c1f63" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821369397ad094ebd" w:history="1">
+      <w:hyperlink r:id="rId8067693ed589c1f75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId817369397ad094ee1" w:history="1"/>
+      <w:hyperlink r:id="rId2260693ed589c1f9a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572769397ad0955b3" w:history="1">
+      <w:hyperlink r:id="rId8167693ed589c268b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724169397ad0959ab" w:history="1">
+      <w:hyperlink r:id="rId1561693ed589c2ab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918369397ad0959e0" w:history="1">
+      <w:hyperlink r:id="rId6087693ed589c2ae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499669397ad095a6f" w:history="1">
+      <w:hyperlink r:id="rId7620693ed589c2b78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532269397ad095ade" w:history="1">
+      <w:hyperlink r:id="rId8629693ed589c2be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108469397ad095b4d" w:history="1">
+      <w:hyperlink r:id="rId7857693ed589c2c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240469397ad095bbb" w:history="1">
+      <w:hyperlink r:id="rId3621693ed589c2cc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484169397ad095c29" w:history="1">
+      <w:hyperlink r:id="rId1755693ed589c2d33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918569397ad095c98" w:history="1">
+      <w:hyperlink r:id="rId5316693ed589c2da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973269397ad095d17" w:history="1">
+      <w:hyperlink r:id="rId3213693ed589c2e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120369397ad095d99" w:history="1">
+      <w:hyperlink r:id="rId5617693ed589c2e93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389469397ad0960e7" w:history="1">
+      <w:hyperlink r:id="rId7909693ed589c31da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432069397ad0963eb" w:history="1">
+      <w:hyperlink r:id="rId2050693ed589c3506" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909369397ad09649e" w:history="1">
+      <w:hyperlink r:id="rId4773693ed589c35bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293469397ad096613" w:history="1">
+      <w:hyperlink r:id="rId7200693ed589c3726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95887920" name="name181869397ad096681" descr="eu_funding_250.png"/>
+            <wp:docPr id="82375654" name="name4944693ed589c378f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId184769397ad09667f" cstate="print"/>
+                    <a:blip r:embed="rId3461693ed589c378e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56521212">
+  <w:abstractNum w:abstractNumId="24790822">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55199109">
+    <w:lvl w:ilvl="0" w:tplc="21611779">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55199109" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21611779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56521211">
+  <w:abstractNum w:abstractNumId="24790821">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49344427">
+    <w:lvl w:ilvl="0" w:tplc="53384128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56521211">
-    <w:abstractNumId w:val="56521211"/>
+  <w:num w:numId="24790821">
+    <w:abstractNumId w:val="24790821"/>
   </w:num>
-  <w:num w:numId="56521212">
-    <w:abstractNumId w:val="56521212"/>
+  <w:num w:numId="24790822">
+    <w:abstractNumId w:val="24790822"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603726085" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935854728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId903269397ad08fada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId841669397ad08fb61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId766769397ad09058b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId245569397ad094e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId311669397ad094eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId821369397ad094ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId817369397ad094ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId572769397ad0955b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId724169397ad0959ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId918369397ad0959e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId499669397ad095a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId532269397ad095ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId108469397ad095b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId240469397ad095bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId484169397ad095c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId918569397ad095c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId973269397ad095d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId120369397ad095d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId389469397ad0960e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId432069397ad0963eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId909369397ad09649e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293469397ad096613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId807469397ad0903f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807469397ad0903f6.jpg"/><Relationship Id="rId183669397ad094665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183669397ad094665.jpg"/><Relationship Id="rId184769397ad09667f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769397ad09667f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915673551" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId857628417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6058693ed589bcfb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId3345693ed589bcff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId6056693ed589bda27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId6450693ed589c1f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId2913693ed589c1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId8067693ed589c1f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId2260693ed589c1f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId8167693ed589c268b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1561693ed589c2ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId6087693ed589c2ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId7620693ed589c2b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId8629693ed589c2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7857693ed589c2c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId3621693ed589c2cc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId1755693ed589c2d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId5316693ed589c2da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId3213693ed589c2e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId5617693ed589c2e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7909693ed589c31da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2050693ed589c3506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId4773693ed589c35bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7200693ed589c3726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId8056693ed589bd911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8056693ed589bd911.jpg"/><Relationship Id="rId8562693ed589c1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8562693ed589c1784.jpg"/><Relationship Id="rId3461693ed589c378e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3461693ed589c378e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>