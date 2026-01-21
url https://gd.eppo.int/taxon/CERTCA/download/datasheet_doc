--- v3 (2025-12-14)
+++ v4 (2026-01-21)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6058693ed589bcfb1" w:history="1">
+            <w:hyperlink r:id="rId3694697111a1e9915" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3345693ed589bcff5" w:history="1">
+            <w:hyperlink r:id="rId7492697111a1e995c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8190940" name="name1330693ed589bd914" descr="14650.jpg"/>
+                  <wp:docPr id="16195198" name="name9180697111a1e9ffa" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8056693ed589bd911" cstate="print"/>
+                          <a:blip r:embed="rId4812697111a1e9ff9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6056693ed589bda27" w:history="1">
+            <w:hyperlink r:id="rId2211697111a1ea12d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72665657" name="name2508693ed589c1788" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="71315228" name="name8331697111a1edf8b" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8562693ed589c1784" cstate="print"/>
+                    <a:blip r:embed="rId7744697111a1edf88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6450693ed589c1f16" w:history="1">
+      <w:hyperlink r:id="rId9943697111a1ee755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2913693ed589c1f63" w:history="1"/>
+      <w:hyperlink r:id="rId7447697111a1ee7a3" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8067693ed589c1f75" w:history="1">
+      <w:hyperlink r:id="rId4843697111a1ee7b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2260693ed589c1f9a" w:history="1"/>
+      <w:hyperlink r:id="rId3181697111a1ee7dc" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8167693ed589c268b" w:history="1">
+      <w:hyperlink r:id="rId4240697111a1eeed8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1561693ed589c2ab3" w:history="1">
+      <w:hyperlink r:id="rId1828697111a1ef295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6087693ed589c2ae9" w:history="1">
+      <w:hyperlink r:id="rId8738697111a1ef2c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7620693ed589c2b78" w:history="1">
+      <w:hyperlink r:id="rId6233697111a1ef355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8629693ed589c2be8" w:history="1">
+      <w:hyperlink r:id="rId7730697111a1ef3c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7857693ed589c2c56" w:history="1">
+      <w:hyperlink r:id="rId6189697111a1ef44f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3621693ed589c2cc6" w:history="1">
+      <w:hyperlink r:id="rId2302697111a1ef4c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1755693ed589c2d33" w:history="1">
+      <w:hyperlink r:id="rId7038697111a1ef52e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5316693ed589c2da2" w:history="1">
+      <w:hyperlink r:id="rId5350697111a1ef5a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3213693ed589c2e14" w:history="1">
+      <w:hyperlink r:id="rId4862697111a1ef61d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5617693ed589c2e93" w:history="1">
+      <w:hyperlink r:id="rId6649697111a1ef69d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7909693ed589c31da" w:history="1">
+      <w:hyperlink r:id="rId5187697111a1ef9f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2050693ed589c3506" w:history="1">
+      <w:hyperlink r:id="rId4372697111a1efcee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,73 +12071,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4773693ed589c35bd" w:history="1">
+      <w:hyperlink r:id="rId7927697111a1efda4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7200693ed589c3726" w:history="1">
+      <w:hyperlink r:id="rId3404697111a1eff0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82375654" name="name4944693ed589c378f" descr="eu_funding_250.png"/>
+            <wp:docPr id="94356503" name="name4399697111a1effa8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3461693ed589c378e" cstate="print"/>
+                    <a:blip r:embed="rId7683697111a1effa6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24790822">
+  <w:abstractNum w:abstractNumId="99385030">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21611779">
+    <w:lvl w:ilvl="0" w:tplc="74124801">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21611779" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74124801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24790821">
+  <w:abstractNum w:abstractNumId="99385029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53384128">
+    <w:lvl w:ilvl="0" w:tplc="37672036">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24790821">
-    <w:abstractNumId w:val="24790821"/>
+  <w:num w:numId="99385029">
+    <w:abstractNumId w:val="99385029"/>
   </w:num>
-  <w:num w:numId="24790822">
-    <w:abstractNumId w:val="24790822"/>
+  <w:num w:numId="99385030">
+    <w:abstractNumId w:val="99385030"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915673551" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId857628417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6058693ed589bcfb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId3345693ed589bcff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId6056693ed589bda27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId6450693ed589c1f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId2913693ed589c1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId8067693ed589c1f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId2260693ed589c1f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId8167693ed589c268b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1561693ed589c2ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId6087693ed589c2ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId7620693ed589c2b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId8629693ed589c2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7857693ed589c2c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId3621693ed589c2cc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId1755693ed589c2d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId5316693ed589c2da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId3213693ed589c2e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId5617693ed589c2e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId7909693ed589c31da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId2050693ed589c3506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId4773693ed589c35bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7200693ed589c3726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId8056693ed589bd911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8056693ed589bd911.jpg"/><Relationship Id="rId8562693ed589c1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8562693ed589c1784.jpg"/><Relationship Id="rId3461693ed589c378e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3461693ed589c378e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId310812253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId360398475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3694697111a1e9915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId7492697111a1e995c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId2211697111a1ea12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId9943697111a1ee755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId7447697111a1ee7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId4843697111a1ee7b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId3181697111a1ee7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId4240697111a1eeed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1828697111a1ef295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId8738697111a1ef2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId6233697111a1ef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId7730697111a1ef3c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId6189697111a1ef44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId2302697111a1ef4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId7038697111a1ef52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId5350697111a1ef5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId4862697111a1ef61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId6649697111a1ef69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5187697111a1ef9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4372697111a1efcee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7927697111a1efda4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3404697111a1eff0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId4812697111a1e9ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4812697111a1e9ff9.jpg"/><Relationship Id="rId7744697111a1edf88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7744697111a1edf88.jpg"/><Relationship Id="rId7683697111a1effa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7683697111a1effa6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>