--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3694697111a1e9915" w:history="1">
+            <w:hyperlink r:id="rId1742698c3ed8deb29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7492697111a1e995c" w:history="1">
+            <w:hyperlink r:id="rId4983698c3ed8deb72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16195198" name="name9180697111a1e9ffa" descr="14650.jpg"/>
+                  <wp:docPr id="90016801" name="name1265698c3ed8df10a" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4812697111a1e9ff9" cstate="print"/>
+                          <a:blip r:embed="rId4643698c3ed8df108" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2211697111a1ea12d" w:history="1">
+            <w:hyperlink r:id="rId8615698c3ed8df21d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71315228" name="name8331697111a1edf8b" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="35337512" name="name6028698c3ed8e383f" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7744697111a1edf88" cstate="print"/>
+                    <a:blip r:embed="rId3400698c3ed8e383d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9943697111a1ee755" w:history="1">
+      <w:hyperlink r:id="rId2416698c3ed8e4165" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7447697111a1ee7a3" w:history="1"/>
+      <w:hyperlink r:id="rId8856698c3ed8e41b5" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4843697111a1ee7b6" w:history="1">
+      <w:hyperlink r:id="rId7003698c3ed8e41c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3181697111a1ee7dc" w:history="1"/>
+      <w:hyperlink r:id="rId6298698c3ed8e41ec" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4240697111a1eeed8" w:history="1">
+      <w:hyperlink r:id="rId1616698c3ed8e4908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1828697111a1ef295" w:history="1">
+      <w:hyperlink r:id="rId1372698c3ed8e4d18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8738697111a1ef2c8" w:history="1">
+      <w:hyperlink r:id="rId6033698c3ed8e4d4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6233697111a1ef355" w:history="1">
+      <w:hyperlink r:id="rId1998698c3ed8e4de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7730697111a1ef3c4" w:history="1">
+      <w:hyperlink r:id="rId6561698c3ed8e4fd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6189697111a1ef44f" w:history="1">
+      <w:hyperlink r:id="rId7362698c3ed8e5072" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2302697111a1ef4c0" w:history="1">
+      <w:hyperlink r:id="rId9289698c3ed8e50f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7038697111a1ef52e" w:history="1">
+      <w:hyperlink r:id="rId9454698c3ed8e5162" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5350697111a1ef5a7" w:history="1">
+      <w:hyperlink r:id="rId8528698c3ed8e51d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4862697111a1ef61d" w:history="1">
+      <w:hyperlink r:id="rId9308698c3ed8e5274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6649697111a1ef69d" w:history="1">
+      <w:hyperlink r:id="rId8010698c3ed8e5330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5187697111a1ef9f0" w:history="1">
+      <w:hyperlink r:id="rId8088698c3ed8e590f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4372697111a1efcee" w:history="1">
+      <w:hyperlink r:id="rId7000698c3ed8e5c29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7927697111a1efda4" w:history="1">
+      <w:hyperlink r:id="rId7287698c3ed8e5ceb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3404697111a1eff0b" w:history="1">
+      <w:hyperlink r:id="rId4369698c3ed8e5e61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94356503" name="name4399697111a1effa8" descr="eu_funding_250.png"/>
+            <wp:docPr id="10237526" name="name1249698c3ed8e5ed8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7683697111a1effa6" cstate="print"/>
+                    <a:blip r:embed="rId6157698c3ed8e5ed7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99385030">
+  <w:abstractNum w:abstractNumId="75710371">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74124801">
+    <w:lvl w:ilvl="0" w:tplc="44309695">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74124801" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44309695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99385029">
+  <w:abstractNum w:abstractNumId="75710370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37672036">
+    <w:lvl w:ilvl="0" w:tplc="48244675">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99385029">
-    <w:abstractNumId w:val="99385029"/>
+  <w:num w:numId="75710370">
+    <w:abstractNumId w:val="75710370"/>
   </w:num>
-  <w:num w:numId="99385030">
-    <w:abstractNumId w:val="99385030"/>
+  <w:num w:numId="75710371">
+    <w:abstractNumId w:val="75710371"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId310812253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId360398475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3694697111a1e9915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId7492697111a1e995c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId2211697111a1ea12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId9943697111a1ee755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId7447697111a1ee7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId4843697111a1ee7b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId3181697111a1ee7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId4240697111a1eeed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1828697111a1ef295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId8738697111a1ef2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId6233697111a1ef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId7730697111a1ef3c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId6189697111a1ef44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId2302697111a1ef4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId7038697111a1ef52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId5350697111a1ef5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId4862697111a1ef61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId6649697111a1ef69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5187697111a1ef9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4372697111a1efcee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7927697111a1efda4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3404697111a1eff0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId4812697111a1e9ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4812697111a1e9ff9.jpg"/><Relationship Id="rId7744697111a1edf88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7744697111a1edf88.jpg"/><Relationship Id="rId7683697111a1effa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7683697111a1effa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356328718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId404962814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1742698c3ed8deb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId4983698c3ed8deb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId8615698c3ed8df21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId2416698c3ed8e4165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8856698c3ed8e41b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId7003698c3ed8e41c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId6298698c3ed8e41ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId1616698c3ed8e4908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1372698c3ed8e4d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId6033698c3ed8e4d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId1998698c3ed8e4de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId6561698c3ed8e4fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7362698c3ed8e5072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId9289698c3ed8e50f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId9454698c3ed8e5162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId8528698c3ed8e51d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId9308698c3ed8e5274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId8010698c3ed8e5330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId8088698c3ed8e590f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId7000698c3ed8e5c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7287698c3ed8e5ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4369698c3ed8e5e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId4643698c3ed8df108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4643698c3ed8df108.jpg"/><Relationship Id="rId3400698c3ed8e383d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3400698c3ed8e383d.jpg"/><Relationship Id="rId6157698c3ed8e5ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6157698c3ed8e5ed7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>