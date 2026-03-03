--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1742698c3ed8deb29" w:history="1">
+            <w:hyperlink r:id="rId628969a6d22a359f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4983698c3ed8deb72" w:history="1">
+            <w:hyperlink r:id="rId123069a6d22a35a3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90016801" name="name1265698c3ed8df10a" descr="14650.jpg"/>
+                  <wp:docPr id="39630282" name="name736969a6d22a36335" descr="14650.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14650.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4643698c3ed8df108" cstate="print"/>
+                          <a:blip r:embed="rId313369a6d22a36332" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8615698c3ed8df21d" w:history="1">
+            <w:hyperlink r:id="rId830069a6d22a36479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -7730,63 +7730,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35337512" name="name6028698c3ed8e383f" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="3065558" name="name780869a6d22a3a472" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3400698c3ed8e383d" cstate="print"/>
+                    <a:blip r:embed="rId630369a6d22a3a46e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7805,51 +7805,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Algeria, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, France (mainland, Corse), Germany, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Montenegro, Morocco, Portugal (mainland, Azores, Madeira), Romania, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Angola, Benin, Botswana, Burkina Faso, Burundi, Cabo Verde, Cameroon, Comoros, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Eritrea, Eswatini, Ethiopia, Gabon, Ghana, Guinea, Guinea-Bissau, Kenya, Liberia, Libya, Madagascar, Malawi, Mali, Mauritius, Morocco, Mozambique, Namibia, Niger, Nigeria, Reunion, Saint Helena, Sao Tome and Principe, Senegal, Seychelles, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zambia, Zimbabwe</w:t>
+        <w:t xml:space="preserve"> Algeria, Angola, Benin, Botswana, Burkina Faso, Burundi, Cabo Verde, Cameroon, Comoros, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Eritrea, Eswatini, Ethiopia, Gabon, Ghana, Guinea, Guinea-Bissau, Kenya, Liberia, Libya, Madagascar, Malawi, Mali, Mauritius, Morocco, Mozambique, Namibia, Niger, Nigeria, Reunion, Saint Helena, Sao Tome and Principe, Senegal, Seychelles, Sierra Leone, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8629,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2416698c3ed8e4165" w:history="1">
+      <w:hyperlink r:id="rId113669a6d22a3ac98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8856698c3ed8e41b5" w:history="1"/>
+      <w:hyperlink r:id="rId968069a6d22a3acea" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7003698c3ed8e41c8" w:history="1">
+      <w:hyperlink r:id="rId745969a6d22a3acfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6298698c3ed8e41ec" w:history="1"/>
+      <w:hyperlink r:id="rId657569a6d22a3ad24" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1616698c3ed8e4908" w:history="1">
+      <w:hyperlink r:id="rId415469a6d22a3b443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10363,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1372698c3ed8e4d18" w:history="1">
+      <w:hyperlink r:id="rId486769a6d22a3b813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6033698c3ed8e4d4f" w:history="1">
+      <w:hyperlink r:id="rId820869a6d22a3b848" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1998698c3ed8e4de2" w:history="1">
+      <w:hyperlink r:id="rId727069a6d22a3b8d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6561698c3ed8e4fd4" w:history="1">
+      <w:hyperlink r:id="rId436769a6d22a3b96e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7362698c3ed8e5072" w:history="1">
+      <w:hyperlink r:id="rId888569a6d22a3b9e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10693,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9289698c3ed8e50f0" w:history="1">
+      <w:hyperlink r:id="rId665969a6d22a3ba66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9454698c3ed8e5162" w:history="1">
+      <w:hyperlink r:id="rId959269a6d22a3bad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8528698c3ed8e51d2" w:history="1">
+      <w:hyperlink r:id="rId377869a6d22a3bb55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9308698c3ed8e5274" w:history="1">
+      <w:hyperlink r:id="rId357169a6d22a3bbdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +10980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8010698c3ed8e5330" w:history="1">
+      <w:hyperlink r:id="rId269069a6d22a3bc5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11507,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8088698c3ed8e590f" w:history="1">
+      <w:hyperlink r:id="rId298769a6d22a3bfbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +11983,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7000698c3ed8e5c29" w:history="1">
+      <w:hyperlink r:id="rId793869a6d22a3c2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7287698c3ed8e5ceb" w:history="1">
+      <w:hyperlink r:id="rId983169a6d22a3c38c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12308,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4369698c3ed8e5e61" w:history="1">
+      <w:hyperlink r:id="rId713369a6d22a3c4f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10237526" name="name1249698c3ed8e5ed8" descr="eu_funding_250.png"/>
+            <wp:docPr id="65066676" name="name411669a6d22a3c56e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6157698c3ed8e5ed7" cstate="print"/>
+                    <a:blip r:embed="rId456369a6d22a3c56d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12489,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75710371">
+  <w:abstractNum w:abstractNumId="75159070">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44309695">
+    <w:lvl w:ilvl="0" w:tplc="85136565">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44309695" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85136565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75710370">
+  <w:abstractNum w:abstractNumId="75159069">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48244675">
+    <w:lvl w:ilvl="0" w:tplc="60706725">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13371,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75710370">
-    <w:abstractNumId w:val="75710370"/>
+  <w:num w:numId="75159069">
+    <w:abstractNumId w:val="75159069"/>
   </w:num>
-  <w:num w:numId="75710371">
-    <w:abstractNumId w:val="75710371"/>
+  <w:num w:numId="75159070">
+    <w:abstractNumId w:val="75159070"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24969,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356328718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId404962814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1742698c3ed8deb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId4983698c3ed8deb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId8615698c3ed8df21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId2416698c3ed8e4165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8856698c3ed8e41b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId7003698c3ed8e41c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId6298698c3ed8e41ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId1616698c3ed8e4908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1372698c3ed8e4d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId6033698c3ed8e4d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId1998698c3ed8e4de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId6561698c3ed8e4fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId7362698c3ed8e5072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId9289698c3ed8e50f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId9454698c3ed8e5162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId8528698c3ed8e51d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId9308698c3ed8e5274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId8010698c3ed8e5330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId8088698c3ed8e590f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId7000698c3ed8e5c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId7287698c3ed8e5ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4369698c3ed8e5e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId4643698c3ed8df108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4643698c3ed8df108.jpg"/><Relationship Id="rId3400698c3ed8e383d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3400698c3ed8e383d.jpg"/><Relationship Id="rId6157698c3ed8e5ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6157698c3ed8e5ed7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416974271" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776514585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId628969a6d22a359f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId123069a6d22a35a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId830069a6d22a36479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId113669a6d22a3ac98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId968069a6d22a3acea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId745969a6d22a3acfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId657569a6d22a3ad24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId415469a6d22a3b443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId486769a6d22a3b813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId820869a6d22a3b848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId727069a6d22a3b8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId436769a6d22a3b96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId888569a6d22a3b9e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId665969a6d22a3ba66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId959269a6d22a3bad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId377869a6d22a3bb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId357169a6d22a3bbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId269069a6d22a3bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId298769a6d22a3bfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId793869a6d22a3c2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId983169a6d22a3c38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId713369a6d22a3c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId313369a6d22a36332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313369a6d22a36332.jpg"/><Relationship Id="rId630369a6d22a3a46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630369a6d22a3a46e.jpg"/><Relationship Id="rId456369a6d22a3c56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456369a6d22a3c56d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>