--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Wiedemann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mediterranean fruit fly, medfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628969a6d22a359f4" w:history="1">
+            <w:hyperlink r:id="rId267469c30423ebeab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123069a6d22a35a3d" w:history="1">
+            <w:hyperlink r:id="rId846369c30423ebef1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERTCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39630282" name="name736969a6d22a36335" descr="14650.jpg"/>
+                  <wp:docPr id="44578221" name="name789669c30423ec00c" descr="19941.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="14650.jpg"/>
+                          <pic:cNvPr id="0" name="19941.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId313369a6d22a36332" cstate="print"/>
+                          <a:blip r:embed="rId352469c30423ec00a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId830069a6d22a36479" w:history="1">
+            <w:hyperlink r:id="rId635169c30423ec13a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2712,50 +2712,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cydonia oblonga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Dacryodes edulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dimocarpus longan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diospyros abyssinica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7730,63 +7750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013) who considered that barely detectable populations are established and reappear regularly.  In addition, there are intermittent records from several countries outside the established range.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3065558" name="name780869a6d22a3a472" descr="CERTCA_distribution_map.jpg"/>
+            <wp:docPr id="76165325" name="name778969c30423f188c" descr="CERTCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERTCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId630369a6d22a3a46e" cstate="print"/>
+                    <a:blip r:embed="rId771769c30423f1889" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8629,133 +8649,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a restricted distribution and host range (only known from Kenya and not recorded from any commercially grown fruits, see De Meyer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2002) may limit the risk of misidentification. The presence of unidentified / possibly misidentified reference sequences in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113669a6d22a3ac98" w:history="1">
+      <w:hyperlink r:id="rId959369c30423f276d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968069a6d22a3acea" w:history="1"/>
+      <w:hyperlink r:id="rId565069c30423f27ca" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745969a6d22a3acfe" w:history="1">
+      <w:hyperlink r:id="rId740769c30423f27de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId657569a6d22a3ad24" w:history="1"/>
+      <w:hyperlink r:id="rId628369c30423f2805" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection and inspection methods</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -9756,51 +9776,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415469a6d22a3b443" w:history="1">
+      <w:hyperlink r:id="rId707769c30423f3020" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10363,81 +10383,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 188-203.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2011) ISPM 28. Annex 14. Irradiation treatment for Ceratitis capitata. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486769a6d22a3b813" w:history="1">
+      <w:hyperlink r:id="rId753469c30423f340c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/625/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017a) ISPM 28. Annex 24. Cold treatment for Ceratitis capitata on Citrus sinensis. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820869a6d22a3b848" w:history="1">
+      <w:hyperlink r:id="rId724669c30423f3443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84350/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10483,51 +10503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> × </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727069a6d22a3b8d6" w:history="1">
+      <w:hyperlink r:id="rId943969c30423f34d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84351/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10553,51 +10573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436769a6d22a3b96e" w:history="1">
+      <w:hyperlink r:id="rId678669c30423f3544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84352/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10623,51 +10643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus paradisi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888569a6d22a3b9e2" w:history="1">
+      <w:hyperlink r:id="rId253769c30423f35b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84353/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10693,51 +10713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus reticulata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665969a6d22a3ba66" w:history="1">
+      <w:hyperlink r:id="rId835469c30423f3624" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84354/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10763,51 +10783,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus clementina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959269a6d22a3bad8" w:history="1">
+      <w:hyperlink r:id="rId143069c30423f369f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84355/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10833,51 +10853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377869a6d22a3bb55" w:history="1">
+      <w:hyperlink r:id="rId234269c30423f3713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84356/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10901,51 +10921,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Eds Dyck VA, Hendrichs J &amp; Robinson AS), pp 563-600. Springer Verlag, Dordrecht (The Netherlands)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IAEA (1995) Economic evaluation of damage caused by, and methods of control of the Mediterranean fruit fly in the Maghreb. An analysis covering three control options including the sterile  insect technique. Vienna: International Atomic Energy Agency, 72pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357169a6d22a3bbdb" w:history="1">
+      <w:hyperlink r:id="rId461669c30423f3798" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10980,51 +11000,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Wiedemann), Version 4.0. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269069a6d22a3bc5c" w:history="1">
+      <w:hyperlink r:id="rId449169c30423f381c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11507,51 +11527,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298769a6d22a3bfbb" w:history="1">
+      <w:hyperlink r:id="rId118669c30423f3b70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11983,51 +12003,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793869a6d22a3c2d5" w:history="1">
+      <w:hyperlink r:id="rId587769c30423f3e77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/12367</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12093,51 +12113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratitis capitata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983169a6d22a3c38c" w:history="1">
+      <w:hyperlink r:id="rId819869c30423f3f2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12308,90 +12328,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713369a6d22a3c4f5" w:history="1">
+      <w:hyperlink r:id="rId318469c30423f4097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01739.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65066676" name="name411669a6d22a3c56e" descr="eu_funding_250.png"/>
+            <wp:docPr id="63182462" name="name702369c304240006e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId456369a6d22a3c56d" cstate="print"/>
+                    <a:blip r:embed="rId404869c304240006c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12489,137 +12509,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75159070">
+  <w:abstractNum w:abstractNumId="84584667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85136565">
+    <w:lvl w:ilvl="0" w:tplc="27782471">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85136565" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27782471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75159069">
+  <w:abstractNum w:abstractNumId="84584666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60706725">
+    <w:lvl w:ilvl="0" w:tplc="99948778">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13371,55 +13391,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75159069">
-    <w:abstractNumId w:val="75159069"/>
+  <w:num w:numId="84584666">
+    <w:abstractNumId w:val="84584666"/>
   </w:num>
-  <w:num w:numId="75159070">
-    <w:abstractNumId w:val="75159070"/>
+  <w:num w:numId="84584667">
+    <w:abstractNumId w:val="84584667"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24969,51 +24989,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416974271" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776514585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId628969a6d22a359f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId123069a6d22a35a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId830069a6d22a36479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId113669a6d22a3ac98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId968069a6d22a3acea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId745969a6d22a3acfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId657569a6d22a3ad24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId415469a6d22a3b443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId486769a6d22a3b813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId820869a6d22a3b848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId727069a6d22a3b8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId436769a6d22a3b96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId888569a6d22a3b9e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId665969a6d22a3ba66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId959269a6d22a3bad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId377869a6d22a3bb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId357169a6d22a3bbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId269069a6d22a3bc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId298769a6d22a3bfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId793869a6d22a3c2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId983169a6d22a3c38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId713369a6d22a3c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId313369a6d22a36332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313369a6d22a36332.jpg"/><Relationship Id="rId630369a6d22a3a46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630369a6d22a3a46e.jpg"/><Relationship Id="rId456369a6d22a3c56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456369a6d22a3c56d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId649635962" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850998575" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId267469c30423ebeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId846369c30423ebef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/categorization" TargetMode="External"/><Relationship Id="rId635169c30423ec13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERTCA/photos" TargetMode="External"/><Relationship Id="rId959369c30423f276d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId565069c30423f27ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Ceratitis+capitata&amp;searchTax" TargetMode="External"/><Relationship Id="rId740769c30423f27de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId628369c30423f2805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/CERTCA/" TargetMode="External"/><Relationship Id="rId707769c30423f3020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId753469c30423f340c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/625/" TargetMode="External"/><Relationship Id="rId724669c30423f3443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84350/" TargetMode="External"/><Relationship Id="rId943969c30423f34d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84351/" TargetMode="External"/><Relationship Id="rId678669c30423f3544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84352/" TargetMode="External"/><Relationship Id="rId253769c30423f35b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84353/" TargetMode="External"/><Relationship Id="rId835469c30423f3624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84354/" TargetMode="External"/><Relationship Id="rId143069c30423f369f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84355/" TargetMode="External"/><Relationship Id="rId234269c30423f3713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84356/" TargetMode="External"/><Relationship Id="rId461669c30423f3798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www-naweb.iaea.org/nafa/ipc/public/ipc-ecnomic-medfly-maghreb-TECDOC830.pdf" TargetMode="External"/><Relationship Id="rId449169c30423f381c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId118669c30423f3b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId587769c30423f3e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/12367" TargetMode="External"/><Relationship Id="rId819869c30423f3f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318469c30423f4097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01739.x" TargetMode="External"/><Relationship Id="rId352469c30423ec00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352469c30423ec00a.jpg"/><Relationship Id="rId771769c30423f1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771769c30423f1889.jpg"/><Relationship Id="rId404869c304240006c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404869c304240006c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>