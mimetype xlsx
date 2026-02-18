--- v0 (2025-10-16)
+++ v1 (2026-02-18)
@@ -134,51 +134,51 @@
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>