--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -1893,51 +1893,51 @@
       <c r="B53" t="s">
         <v>114</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>115</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>46</v>
       </c>
       <c r="B54" t="s">
         <v>116</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>117</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" t="s">
         <v>118</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>119</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>46</v>
       </c>
       <c r="B56" t="s">
         <v>120</v>
       </c>