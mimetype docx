--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Walter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of sycamore (US), canker stain of plane</w:t>
             </w:r>
-            <w:hyperlink r:id="rId818468e6eea182045" w:history="1">
+            <w:hyperlink r:id="rId109869174b388fe29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713368e6eea1820ae" w:history="1">
+            <w:hyperlink r:id="rId483069174b388fe9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89443272" name="name447568e6eea182178" descr="8885.jpg"/>
+                  <wp:docPr id="13058329" name="name170969174b388ffb1" descr="8885.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8885.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId391468e6eea182176" cstate="print"/>
+                          <a:blip r:embed="rId426769174b388ffaf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId117268e6eea1823d9" w:history="1">
+            <w:hyperlink r:id="rId598069174b38900c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -938,63 +938,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23141901" name="name506468e6eea18336a" descr="CERAFP_distribution_map.jpg"/>
+            <wp:docPr id="18933874" name="name583769174b389135e" descr="CERAFP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId357568e6eea183367" cstate="print"/>
+                    <a:blip r:embed="rId552069174b389135a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3427,51 +3427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 4640, 65 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133768e6eea1844bd" w:history="1">
+      <w:hyperlink r:id="rId425869174b3892637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4036,51 +4036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e12375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677668e6eea18487c" w:history="1">
+      <w:hyperlink r:id="rId918069174b3892a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5510,51 +5510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34, 307-319.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VNF (2019) Voies navigables de France Ministère de l’Environnement, de l’Énergie et de la Mer. Online report, retrieved 12 August 2020 from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917968e6eea18519e" w:history="1">
+      <w:hyperlink r:id="rId619869174b38933c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5852,51 +5852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis platani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150868e6eea1853ca" w:history="1">
+      <w:hyperlink r:id="rId438269174b3893773" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6107,81 +6107,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 21-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749368e6eea185555" w:history="1">
+      <w:hyperlink r:id="rId124769174b3893909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01129.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37480996" name="name401268e6eea1855b1" descr="eu_funding_250.png"/>
+            <wp:docPr id="20544386" name="name748569174b389397f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId299268e6eea1855b0" cstate="print"/>
+                    <a:blip r:embed="rId451569174b389397e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6279,137 +6279,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20672286">
+  <w:abstractNum w:abstractNumId="61761869">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60391406">
+    <w:lvl w:ilvl="0" w:tplc="55591102">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60391406" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55591102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20672285">
+  <w:abstractNum w:abstractNumId="61761868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93893521">
+    <w:lvl w:ilvl="0" w:tplc="51763357">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7161,55 +7161,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20672285">
-    <w:abstractNumId w:val="20672285"/>
+  <w:num w:numId="61761868">
+    <w:abstractNumId w:val="61761868"/>
   </w:num>
-  <w:num w:numId="20672286">
-    <w:abstractNumId w:val="20672286"/>
+  <w:num w:numId="61761869">
+    <w:abstractNumId w:val="61761869"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18759,51 +18759,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710162805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665706944" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId818468e6eea182045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId713368e6eea1820ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId117268e6eea1823d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId133768e6eea1844bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId677668e6eea18487c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId917968e6eea18519e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId150868e6eea1853ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId749368e6eea185555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId391468e6eea182176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391468e6eea182176.jpg"/><Relationship Id="rId357568e6eea183367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357568e6eea183367.jpg"/><Relationship Id="rId299268e6eea1855b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299268e6eea1855b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId959335719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371920384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId109869174b388fe29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId483069174b388fe9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId598069174b38900c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId425869174b3892637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId918069174b3892a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId619869174b38933c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId438269174b3893773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId124769174b3893909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId426769174b388ffaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426769174b388ffaf.jpg"/><Relationship Id="rId552069174b389135a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552069174b389135a.jpg"/><Relationship Id="rId451569174b389397e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451569174b389397e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>