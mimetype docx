--- v1 (2025-11-14)
+++ v2 (2025-12-05)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Walter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of sycamore (US), canker stain of plane</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109869174b388fe29" w:history="1">
+            <w:hyperlink r:id="rId2202693289f99c7e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483069174b388fe9f" w:history="1">
+            <w:hyperlink r:id="rId3128693289f99c85d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13058329" name="name170969174b388ffb1" descr="8885.jpg"/>
+                  <wp:docPr id="63251341" name="name3496693289f99c941" descr="8885.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8885.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId426769174b388ffaf" cstate="print"/>
+                          <a:blip r:embed="rId9561693289f99c940" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId598069174b38900c6" w:history="1">
+            <w:hyperlink r:id="rId2825693289f99ca8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -938,63 +938,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18933874" name="name583769174b389135e" descr="CERAFP_distribution_map.jpg"/>
+            <wp:docPr id="20611442" name="name5664693289f99de6f" descr="CERAFP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId552069174b389135a" cstate="print"/>
+                    <a:blip r:embed="rId3617693289f99de6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3427,51 +3427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 4640, 65 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425869174b3892637" w:history="1">
+      <w:hyperlink r:id="rId3090693289f99f08d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4036,51 +4036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e12375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918069174b3892a55" w:history="1">
+      <w:hyperlink r:id="rId6077693289f99f47e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5510,51 +5510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34, 307-319.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VNF (2019) Voies navigables de France Ministère de l’Environnement, de l’Énergie et de la Mer. Online report, retrieved 12 August 2020 from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619869174b38933c8" w:history="1">
+      <w:hyperlink r:id="rId5923693289f99fe16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5852,51 +5852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis platani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438269174b3893773" w:history="1">
+      <w:hyperlink r:id="rId6082693289f9a0054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6107,81 +6107,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 21-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124769174b3893909" w:history="1">
+      <w:hyperlink r:id="rId8251693289f9a01ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01129.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20544386" name="name748569174b389397f" descr="eu_funding_250.png"/>
+            <wp:docPr id="63010347" name="name6833693289f9a025f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId451569174b389397e" cstate="print"/>
+                    <a:blip r:embed="rId4584693289f9a025e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6279,137 +6279,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61761869">
+  <w:abstractNum w:abstractNumId="24190286">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55591102">
+    <w:lvl w:ilvl="0" w:tplc="95763268">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55591102" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95763268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61761868">
+  <w:abstractNum w:abstractNumId="24190285">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51763357">
+    <w:lvl w:ilvl="0" w:tplc="57022032">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7161,55 +7161,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61761868">
-    <w:abstractNumId w:val="61761868"/>
+  <w:num w:numId="24190285">
+    <w:abstractNumId w:val="24190285"/>
   </w:num>
-  <w:num w:numId="61761869">
-    <w:abstractNumId w:val="61761869"/>
+  <w:num w:numId="24190286">
+    <w:abstractNumId w:val="24190286"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18759,51 +18759,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId959335719" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371920384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId109869174b388fe29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId483069174b388fe9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId598069174b38900c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId425869174b3892637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId918069174b3892a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId619869174b38933c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId438269174b3893773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId124769174b3893909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId426769174b388ffaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426769174b388ffaf.jpg"/><Relationship Id="rId552069174b389135a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552069174b389135a.jpg"/><Relationship Id="rId451569174b389397e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451569174b389397e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId706743109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799812197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2202693289f99c7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId3128693289f99c85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId2825693289f99ca8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId3090693289f99f08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId6077693289f99f47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId5923693289f99fe16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId6082693289f9a0054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8251693289f9a01ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId9561693289f99c940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9561693289f99c940.jpg"/><Relationship Id="rId3617693289f99de6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3617693289f99de6b.jpg"/><Relationship Id="rId4584693289f9a025e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4584693289f9a025e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>