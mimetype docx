--- v2 (2025-12-05)
+++ v3 (2026-01-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Walter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of sycamore (US), canker stain of plane</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2202693289f99c7e8" w:history="1">
+            <w:hyperlink r:id="rId5573696a757deedd5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3128693289f99c85d" w:history="1">
+            <w:hyperlink r:id="rId5730696a757deee3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63251341" name="name3496693289f99c941" descr="8885.jpg"/>
+                  <wp:docPr id="85536119" name="name3310696a757def4f8" descr="8885.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8885.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9561693289f99c940" cstate="print"/>
+                          <a:blip r:embed="rId2704696a757def4f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2825693289f99ca8a" w:history="1">
+            <w:hyperlink r:id="rId9757696a757def638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -938,105 +938,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20611442" name="name5664693289f99de6f" descr="CERAFP_distribution_map.jpg"/>
+            <wp:docPr id="67052430" name="name9264696a757df0a82" descr="CERAFP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3617693289f99de6b" cstate="print"/>
+                    <a:blip r:embed="rId2332696a757df0a7f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Armenia, France (mainland, Corse), Greece (mainland), Italy (mainland, Sicilia), Switzerland, Türkiye</w:t>
+        <w:t xml:space="preserve"> Albania, Armenia, Croatia, France (mainland, Corse), Greece (mainland), Italy (mainland, Sicilia), Switzerland, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (Alabama, Arkansas, California, Delaware, District of Columbia, Georgia, Kentucky, Louisiana, Maryland, Mississippi, Missouri, Nevada, New Jersey, New York, North Carolina, Ohio, Pennsylvania, South Carolina, Tennessee, Virginia, Washington, West Virginia)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3427,51 +3427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 4640, 65 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3090693289f99f08d" w:history="1">
+      <w:hyperlink r:id="rId7523696a757df208d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4036,51 +4036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e12375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6077693289f99f47e" w:history="1">
+      <w:hyperlink r:id="rId8575696a757df2508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5510,51 +5510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34, 307-319.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VNF (2019) Voies navigables de France Ministère de l’Environnement, de l’Énergie et de la Mer. Online report, retrieved 12 August 2020 from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5923693289f99fe16" w:history="1">
+      <w:hyperlink r:id="rId4189696a757df2f58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5830,73 +5830,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis platani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6082693289f9a0054" w:history="1">
+      <w:hyperlink r:id="rId1598696a757df3185" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6107,81 +6107,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 21-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8251693289f9a01ea" w:history="1">
+      <w:hyperlink r:id="rId3600696a757df3328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01129.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63010347" name="name6833693289f9a025f" descr="eu_funding_250.png"/>
+            <wp:docPr id="60688904" name="name8264696a757df3696" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4584693289f9a025e" cstate="print"/>
+                    <a:blip r:embed="rId1338696a757df3695" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6279,137 +6279,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24190286">
+  <w:abstractNum w:abstractNumId="70416487">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95763268">
+    <w:lvl w:ilvl="0" w:tplc="75137075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95763268" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75137075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24190285">
+  <w:abstractNum w:abstractNumId="70416486">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57022032">
+    <w:lvl w:ilvl="0" w:tplc="48569559">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7161,55 +7161,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24190285">
-    <w:abstractNumId w:val="24190285"/>
+  <w:num w:numId="70416486">
+    <w:abstractNumId w:val="70416486"/>
   </w:num>
-  <w:num w:numId="24190286">
-    <w:abstractNumId w:val="24190286"/>
+  <w:num w:numId="70416487">
+    <w:abstractNumId w:val="70416487"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18759,51 +18759,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId706743109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799812197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2202693289f99c7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId3128693289f99c85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId2825693289f99ca8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId3090693289f99f08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId6077693289f99f47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId5923693289f99fe16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId6082693289f9a0054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8251693289f9a01ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId9561693289f99c940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9561693289f99c940.jpg"/><Relationship Id="rId3617693289f99de6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3617693289f99de6b.jpg"/><Relationship Id="rId4584693289f9a025e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4584693289f9a025e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994324568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784161181" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5573696a757deedd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId5730696a757deee3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId9757696a757def638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId7523696a757df208d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId8575696a757df2508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId4189696a757df2f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId1598696a757df3185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3600696a757df3328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId2704696a757def4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2704696a757def4f6.jpg"/><Relationship Id="rId2332696a757df0a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2332696a757df0a7f.jpg"/><Relationship Id="rId1338696a757df3695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1338696a757df3695.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>