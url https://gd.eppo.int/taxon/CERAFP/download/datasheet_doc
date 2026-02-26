--- v3 (2026-01-16)
+++ v4 (2026-02-26)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Walter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of sycamore (US), canker stain of plane</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5573696a757deedd5" w:history="1">
+            <w:hyperlink r:id="rId128969a094def2ad3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5730696a757deee3e" w:history="1">
+            <w:hyperlink r:id="rId246469a094def2b3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85536119" name="name3310696a757def4f8" descr="8885.jpg"/>
+                  <wp:docPr id="3953757" name="name303269a094def30d6" descr="8885.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8885.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2704696a757def4f6" cstate="print"/>
+                          <a:blip r:embed="rId776369a094def30d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9757696a757def638" w:history="1">
+            <w:hyperlink r:id="rId183669a094def37e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -938,63 +938,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67052430" name="name9264696a757df0a82" descr="CERAFP_distribution_map.jpg"/>
+            <wp:docPr id="24426121" name="name205369a094df006c3" descr="CERAFP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2332696a757df0a7f" cstate="print"/>
+                    <a:blip r:embed="rId799769a094df006c0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3427,51 +3427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 4640, 65 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7523696a757df208d" w:history="1">
+      <w:hyperlink r:id="rId250269a094df01a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4036,51 +4036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e12375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8575696a757df2508" w:history="1">
+      <w:hyperlink r:id="rId222669a094df01de9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5510,51 +5510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34, 307-319.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VNF (2019) Voies navigables de France Ministère de l’Environnement, de l’Énergie et de la Mer. Online report, retrieved 12 August 2020 from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4189696a757df2f58" w:history="1">
+      <w:hyperlink r:id="rId466569a094df02968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5852,51 +5852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis platani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1598696a757df3185" w:history="1">
+      <w:hyperlink r:id="rId537869a094df02cac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6107,81 +6107,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 21-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3600696a757df3328" w:history="1">
+      <w:hyperlink r:id="rId979269a094df02f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01129.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60688904" name="name8264696a757df3696" descr="eu_funding_250.png"/>
+            <wp:docPr id="53451323" name="name455369a094df03298" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1338696a757df3695" cstate="print"/>
+                    <a:blip r:embed="rId218569a094df03296" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6279,137 +6279,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70416487">
+  <w:abstractNum w:abstractNumId="21934977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75137075">
+    <w:lvl w:ilvl="0" w:tplc="75061964">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75137075" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75061964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70416486">
+  <w:abstractNum w:abstractNumId="21934976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48569559">
+    <w:lvl w:ilvl="0" w:tplc="87217477">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7161,55 +7161,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70416486">
-    <w:abstractNumId w:val="70416486"/>
+  <w:num w:numId="21934976">
+    <w:abstractNumId w:val="21934976"/>
   </w:num>
-  <w:num w:numId="70416487">
-    <w:abstractNumId w:val="70416487"/>
+  <w:num w:numId="21934977">
+    <w:abstractNumId w:val="21934977"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18759,51 +18759,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994324568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784161181" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5573696a757deedd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId5730696a757deee3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId9757696a757def638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId7523696a757df208d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId8575696a757df2508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId4189696a757df2f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId1598696a757df3185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3600696a757df3328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId2704696a757def4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2704696a757def4f6.jpg"/><Relationship Id="rId2332696a757df0a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2332696a757df0a7f.jpg"/><Relationship Id="rId1338696a757df3695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1338696a757df3695.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792107977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976951819" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId128969a094def2ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId246469a094def2b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId183669a094def37e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId250269a094df01a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId222669a094df01de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId466569a094df02968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId537869a094df02cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId979269a094df02f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId776369a094def30d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776369a094def30d4.jpg"/><Relationship Id="rId799769a094df006c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799769a094df006c0.jpg"/><Relationship Id="rId218569a094df03296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218569a094df03296.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>