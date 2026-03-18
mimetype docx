--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Walter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of sycamore (US), canker stain of plane</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128969a094def2ad3" w:history="1">
+            <w:hyperlink r:id="rId737369bb2c399c402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246469a094def2b3e" w:history="1">
+            <w:hyperlink r:id="rId483969bb2c399c46c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3953757" name="name303269a094def30d6" descr="8885.jpg"/>
+                  <wp:docPr id="57823942" name="name227669bb2c399c563" descr="8885.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8885.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId776369a094def30d4" cstate="print"/>
+                          <a:blip r:embed="rId835769bb2c399c562" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId183669a094def37e4" w:history="1">
+            <w:hyperlink r:id="rId480469bb2c399c6ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -938,63 +938,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24426121" name="name205369a094df006c3" descr="CERAFP_distribution_map.jpg"/>
+            <wp:docPr id="61556635" name="name446169bb2c399db40" descr="CERAFP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId799769a094df006c0" cstate="print"/>
+                    <a:blip r:embed="rId361369bb2c399db3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3427,51 +3427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 4640, 65 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250269a094df01a0f" w:history="1">
+      <w:hyperlink r:id="rId727669bb2c399ecef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4640</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4036,51 +4036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e12375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222669a094df01de9" w:history="1">
+      <w:hyperlink r:id="rId983769bb2c399f0b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5510,51 +5510,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34, 307-319.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VNF (2019) Voies navigables de France Ministère de l’Environnement, de l’Énergie et de la Mer. Online report, retrieved 12 August 2020 from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466569a094df02968" w:history="1">
+      <w:hyperlink r:id="rId504069bb2c399fa06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5852,51 +5852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis platani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537869a094df02cac" w:history="1">
+      <w:hyperlink r:id="rId673369bb2c399fc32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6107,81 +6107,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 21-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979269a094df02f4b" w:history="1">
+      <w:hyperlink r:id="rId484669bb2c399fdbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01129.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53451323" name="name455369a094df03298" descr="eu_funding_250.png"/>
+            <wp:docPr id="45792548" name="name140069bb2c399fe16" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId218569a094df03296" cstate="print"/>
+                    <a:blip r:embed="rId850069bb2c399fe15" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6279,137 +6279,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21934977">
+  <w:abstractNum w:abstractNumId="73583416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75061964">
+    <w:lvl w:ilvl="0" w:tplc="79966781">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75061964" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79966781" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21934976">
+  <w:abstractNum w:abstractNumId="73583415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87217477">
+    <w:lvl w:ilvl="0" w:tplc="70497046">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7161,55 +7161,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21934976">
-    <w:abstractNumId w:val="21934976"/>
+  <w:num w:numId="73583415">
+    <w:abstractNumId w:val="73583415"/>
   </w:num>
-  <w:num w:numId="21934977">
-    <w:abstractNumId w:val="21934977"/>
+  <w:num w:numId="73583416">
+    <w:abstractNumId w:val="73583416"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18759,51 +18759,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792107977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976951819" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId128969a094def2ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId246469a094def2b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId183669a094def37e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId250269a094df01a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId222669a094df01de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId466569a094df02968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId537869a094df02cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId979269a094df02f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId776369a094def30d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776369a094def30d4.jpg"/><Relationship Id="rId799769a094df006c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799769a094df006c0.jpg"/><Relationship Id="rId218569a094df03296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218569a094df03296.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712889868" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498433266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId737369bb2c399c402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/" TargetMode="External"/><Relationship Id="rId483969bb2c399c46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/categorization" TargetMode="External"/><Relationship Id="rId480469bb2c399c6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFP/photos" TargetMode="External"/><Relationship Id="rId727669bb2c399ecef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4640" TargetMode="External"/><Relationship Id="rId983769bb2c399f0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12375" TargetMode="External"/><Relationship Id="rId504069bb2c399fa06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudouest.vnf.fr/2014-vnf-replante-le-canal-et-le-chancre-colore-a432.html" TargetMode="External"/><Relationship Id="rId673369bb2c399fc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484669bb2c399fdbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01129.x" TargetMode="External"/><Relationship Id="rId835769bb2c399c562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835769bb2c399c562.jpg"/><Relationship Id="rId361369bb2c399db3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId361369bb2c399db3e.jpg"/><Relationship Id="rId850069bb2c399fe15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId850069bb2c399fe15.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>