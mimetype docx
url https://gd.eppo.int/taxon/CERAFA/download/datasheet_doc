--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId642368e7359e578d8" w:history="1">
+            <w:hyperlink r:id="rId8924690d9b2007090" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId910568e7359e57942" w:history="1">
+            <w:hyperlink r:id="rId7388690d9b20070f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42338104" name="name742668e7359e57a04" descr="341.jpg"/>
+                  <wp:docPr id="38295138" name="name9506690d9b2007abe" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId278268e7359e57a02" cstate="print"/>
+                          <a:blip r:embed="rId5943690d9b2007abb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId271768e7359e57b32" w:history="1">
+            <w:hyperlink r:id="rId1497690d9b2007bf0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99003034" name="name472068e7359e58ddc" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="88170771" name="name3701690d9b200940d" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId321268e7359e58dda" cstate="print"/>
+                    <a:blip r:embed="rId6654690d9b200940a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315668e7359e5a3fd" w:history="1">
+      <w:hyperlink r:id="rId5126690d9b200ac51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506768e7359e5a496" w:history="1">
+      <w:hyperlink r:id="rId8520690d9b200acf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695868e7359e5ad7f" w:history="1">
+      <w:hyperlink r:id="rId8294690d9b200b392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956968e7359e5adfa" w:history="1">
+      <w:hyperlink r:id="rId6391690d9b200b405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930468e7359e5aec6" w:history="1">
+      <w:hyperlink r:id="rId3804690d9b200b4b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121568e7359e5b28c" w:history="1">
+      <w:hyperlink r:id="rId2141690d9b200b867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968468e7359e5b416" w:history="1">
+      <w:hyperlink r:id="rId9446690d9b200b9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25799148" name="name623968e7359e5b47e" descr="eu_funding_250.png"/>
+            <wp:docPr id="93914280" name="name9229690d9b200baa4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId293368e7359e5b47d" cstate="print"/>
+                    <a:blip r:embed="rId4889690d9b200baa3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99012859">
+  <w:abstractNum w:abstractNumId="72371209">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54690572">
+    <w:lvl w:ilvl="0" w:tplc="78743692">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54690572" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78743692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99012858">
+  <w:abstractNum w:abstractNumId="72371208">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57343704">
+    <w:lvl w:ilvl="0" w:tplc="29144311">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99012858">
-    <w:abstractNumId w:val="99012858"/>
+  <w:num w:numId="72371208">
+    <w:abstractNumId w:val="72371208"/>
   </w:num>
-  <w:num w:numId="99012859">
-    <w:abstractNumId w:val="99012859"/>
+  <w:num w:numId="72371209">
+    <w:abstractNumId w:val="72371209"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930491192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259371909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId642368e7359e578d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId910568e7359e57942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId271768e7359e57b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId315668e7359e5a3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId506768e7359e5a496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId695868e7359e5ad7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId956968e7359e5adfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId930468e7359e5aec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId121568e7359e5b28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968468e7359e5b416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId278268e7359e57a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278268e7359e57a02.jpg"/><Relationship Id="rId321268e7359e58dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId321268e7359e58dda.jpg"/><Relationship Id="rId293368e7359e5b47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293368e7359e5b47d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441482253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId298889858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8924690d9b2007090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId7388690d9b20070f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId1497690d9b2007bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId5126690d9b200ac51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId8520690d9b200acf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId8294690d9b200b392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId6391690d9b200b405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId3804690d9b200b4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId2141690d9b200b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9446690d9b200b9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId5943690d9b2007abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5943690d9b2007abb.jpg"/><Relationship Id="rId6654690d9b200940a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6654690d9b200940a.jpg"/><Relationship Id="rId4889690d9b200baa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4889690d9b200baa3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>