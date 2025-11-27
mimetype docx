--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8924690d9b2007090" w:history="1">
+            <w:hyperlink r:id="rId9532692807d93f2d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7388690d9b20070f9" w:history="1">
+            <w:hyperlink r:id="rId8181692807d93f365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38295138" name="name9506690d9b2007abe" descr="341.jpg"/>
+                  <wp:docPr id="19364341" name="name1000692807d93f443" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5943690d9b2007abb" cstate="print"/>
+                          <a:blip r:embed="rId5878692807d93f441" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1497690d9b2007bf0" w:history="1">
+            <w:hyperlink r:id="rId4753692807d93f53b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88170771" name="name3701690d9b200940d" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="55200690" name="name7626692807d941078" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6654690d9b200940a" cstate="print"/>
+                    <a:blip r:embed="rId3741692807d941076" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5126690d9b200ac51" w:history="1">
+      <w:hyperlink r:id="rId1371692807d94283f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8520690d9b200acf1" w:history="1">
+      <w:hyperlink r:id="rId4231692807d9428da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8294690d9b200b392" w:history="1">
+      <w:hyperlink r:id="rId9792692807d942f92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6391690d9b200b405" w:history="1">
+      <w:hyperlink r:id="rId1418692807d943005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3804690d9b200b4b6" w:history="1">
+      <w:hyperlink r:id="rId7789692807d9430b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2141690d9b200b867" w:history="1">
+      <w:hyperlink r:id="rId8270692807d943461" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9446690d9b200b9f3" w:history="1">
+      <w:hyperlink r:id="rId8001692807d943609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93914280" name="name9229690d9b200baa4" descr="eu_funding_250.png"/>
+            <wp:docPr id="70880244" name="name5204692807d943685" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4889690d9b200baa3" cstate="print"/>
+                    <a:blip r:embed="rId6540692807d943684" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72371209">
+  <w:abstractNum w:abstractNumId="80211908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78743692">
+    <w:lvl w:ilvl="0" w:tplc="60104742">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78743692" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60104742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72371208">
+  <w:abstractNum w:abstractNumId="80211907">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29144311">
+    <w:lvl w:ilvl="0" w:tplc="35548918">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72371208">
-    <w:abstractNumId w:val="72371208"/>
+  <w:num w:numId="80211907">
+    <w:abstractNumId w:val="80211907"/>
   </w:num>
-  <w:num w:numId="72371209">
-    <w:abstractNumId w:val="72371209"/>
+  <w:num w:numId="80211908">
+    <w:abstractNumId w:val="80211908"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId441482253" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId298889858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8924690d9b2007090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId7388690d9b20070f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId1497690d9b2007bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId5126690d9b200ac51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId8520690d9b200acf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId8294690d9b200b392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId6391690d9b200b405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId3804690d9b200b4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId2141690d9b200b867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9446690d9b200b9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId5943690d9b2007abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5943690d9b2007abb.jpg"/><Relationship Id="rId6654690d9b200940a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6654690d9b200940a.jpg"/><Relationship Id="rId4889690d9b200baa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4889690d9b200baa3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId753979758" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717066256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9532692807d93f2d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId8181692807d93f365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId4753692807d93f53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId1371692807d94283f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4231692807d9428da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId9792692807d942f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId1418692807d943005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId7789692807d9430b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId8270692807d943461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8001692807d943609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId5878692807d93f441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5878692807d93f441.jpg"/><Relationship Id="rId3741692807d941076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3741692807d941076.jpg"/><Relationship Id="rId6540692807d943684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6540692807d943684.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>