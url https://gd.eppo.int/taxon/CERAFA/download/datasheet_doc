--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9532692807d93f2d1" w:history="1">
+            <w:hyperlink r:id="rId5733694295b3b9ca6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8181692807d93f365" w:history="1">
+            <w:hyperlink r:id="rId7559694295b3b9d0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19364341" name="name1000692807d93f443" descr="341.jpg"/>
+                  <wp:docPr id="36555448" name="name2575694295b3ba514" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5878692807d93f441" cstate="print"/>
+                          <a:blip r:embed="rId8848694295b3ba512" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4753692807d93f53b" w:history="1">
+            <w:hyperlink r:id="rId7660694295b3ba626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55200690" name="name7626692807d941078" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="19171538" name="name8790694295b3bbe60" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3741692807d941076" cstate="print"/>
+                    <a:blip r:embed="rId2803694295b3bbe5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1371692807d94283f" w:history="1">
+      <w:hyperlink r:id="rId3878694295b3bd57f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4231692807d9428da" w:history="1">
+      <w:hyperlink r:id="rId3767694295b3bd62e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9792692807d942f92" w:history="1">
+      <w:hyperlink r:id="rId5122694295b3be0dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1418692807d943005" w:history="1">
+      <w:hyperlink r:id="rId5802694295b3be157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7789692807d9430b7" w:history="1">
+      <w:hyperlink r:id="rId8649694295b3be20a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8270692807d943461" w:history="1">
+      <w:hyperlink r:id="rId1814694295b3be5e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8001692807d943609" w:history="1">
+      <w:hyperlink r:id="rId1675694295b3be7b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70880244" name="name5204692807d943685" descr="eu_funding_250.png"/>
+            <wp:docPr id="46380640" name="name1741694295b3be833" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6540692807d943684" cstate="print"/>
+                    <a:blip r:embed="rId5702694295b3be832" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80211908">
+  <w:abstractNum w:abstractNumId="53543176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60104742">
+    <w:lvl w:ilvl="0" w:tplc="91310620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60104742" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91310620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80211907">
+  <w:abstractNum w:abstractNumId="53543175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35548918">
+    <w:lvl w:ilvl="0" w:tplc="47009384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80211907">
-    <w:abstractNumId w:val="80211907"/>
+  <w:num w:numId="53543175">
+    <w:abstractNumId w:val="53543175"/>
   </w:num>
-  <w:num w:numId="80211908">
-    <w:abstractNumId w:val="80211908"/>
+  <w:num w:numId="53543176">
+    <w:abstractNumId w:val="53543176"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId753979758" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717066256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9532692807d93f2d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId8181692807d93f365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId4753692807d93f53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId1371692807d94283f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId4231692807d9428da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId9792692807d942f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId1418692807d943005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId7789692807d9430b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId8270692807d943461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8001692807d943609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId5878692807d93f441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5878692807d93f441.jpg"/><Relationship Id="rId3741692807d941076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3741692807d941076.jpg"/><Relationship Id="rId6540692807d943684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6540692807d943684.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563163489" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183675955" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5733694295b3b9ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId7559694295b3b9d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId7660694295b3ba626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId3878694295b3bd57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId3767694295b3bd62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId5122694295b3be0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId5802694295b3be157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId8649694295b3be20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId1814694295b3be5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1675694295b3be7b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId8848694295b3ba512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8848694295b3ba512.jpg"/><Relationship Id="rId2803694295b3bbe5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2803694295b3bbe5d.jpg"/><Relationship Id="rId5702694295b3be832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5702694295b3be832.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>