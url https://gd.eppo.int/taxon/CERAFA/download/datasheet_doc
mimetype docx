--- v3 (2025-12-17)
+++ v4 (2026-01-08)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5733694295b3b9ca6" w:history="1">
+            <w:hyperlink r:id="rId3702695f804a53f1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7559694295b3b9d0f" w:history="1">
+            <w:hyperlink r:id="rId5214695f804a53fa2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36555448" name="name2575694295b3ba514" descr="341.jpg"/>
+                  <wp:docPr id="68778176" name="name2573695f804a5406a" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8848694295b3ba512" cstate="print"/>
+                          <a:blip r:embed="rId6523695f804a54068" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7660694295b3ba626" w:history="1">
+            <w:hyperlink r:id="rId2945695f804a54177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19171538" name="name8790694295b3bbe60" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="22221647" name="name9733695f804a5528a" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2803694295b3bbe5d" cstate="print"/>
+                    <a:blip r:embed="rId9133695f804a55287" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3878694295b3bd57f" w:history="1">
+      <w:hyperlink r:id="rId9207695f804a56c7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3767694295b3bd62e" w:history="1">
+      <w:hyperlink r:id="rId2508695f804a56d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5122694295b3be0dd" w:history="1">
+      <w:hyperlink r:id="rId7778695f804a57417" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5802694295b3be157" w:history="1">
+      <w:hyperlink r:id="rId2524695f804a5748d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8649694295b3be20a" w:history="1">
+      <w:hyperlink r:id="rId2521695f804a57540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6852,73 +6852,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1814694295b3be5e7" w:history="1">
+      <w:hyperlink r:id="rId3494695f804a578e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1675694295b3be7b7" w:history="1">
+      <w:hyperlink r:id="rId6086695f804a57aaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46380640" name="name1741694295b3be833" descr="eu_funding_250.png"/>
+            <wp:docPr id="88753550" name="name5860695f804a57b17" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5702694295b3be832" cstate="print"/>
+                    <a:blip r:embed="rId5848695f804a57b16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53543176">
+  <w:abstractNum w:abstractNumId="61314343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91310620">
+    <w:lvl w:ilvl="0" w:tplc="72558657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91310620" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72558657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53543175">
+  <w:abstractNum w:abstractNumId="61314342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47009384">
+    <w:lvl w:ilvl="0" w:tplc="94343261">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53543175">
-    <w:abstractNumId w:val="53543175"/>
+  <w:num w:numId="61314342">
+    <w:abstractNumId w:val="61314342"/>
   </w:num>
-  <w:num w:numId="53543176">
-    <w:abstractNumId w:val="53543176"/>
+  <w:num w:numId="61314343">
+    <w:abstractNumId w:val="61314343"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563163489" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183675955" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5733694295b3b9ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId7559694295b3b9d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId7660694295b3ba626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId3878694295b3bd57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId3767694295b3bd62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId5122694295b3be0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId5802694295b3be157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId8649694295b3be20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId1814694295b3be5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1675694295b3be7b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId8848694295b3ba512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8848694295b3ba512.jpg"/><Relationship Id="rId2803694295b3bbe5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2803694295b3bbe5d.jpg"/><Relationship Id="rId5702694295b3be832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5702694295b3be832.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257368040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId667074908" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3702695f804a53f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId5214695f804a53fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId2945695f804a54177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId9207695f804a56c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId2508695f804a56d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId7778695f804a57417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId2524695f804a5748d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId2521695f804a57540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId3494695f804a578e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6086695f804a57aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId6523695f804a54068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6523695f804a54068.jpg"/><Relationship Id="rId9133695f804a55287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9133695f804a55287.jpg"/><Relationship Id="rId5848695f804a57b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5848695f804a57b16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>