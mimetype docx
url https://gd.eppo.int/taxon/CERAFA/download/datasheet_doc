--- v4 (2026-01-08)
+++ v5 (2026-01-28)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3702695f804a53f1c" w:history="1">
+            <w:hyperlink r:id="rId4212697a3a5ae6115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5214695f804a53fa2" w:history="1">
+            <w:hyperlink r:id="rId2158697a3a5ae618a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68778176" name="name2573695f804a5406a" descr="341.jpg"/>
+                  <wp:docPr id="26462576" name="name7608697a3a5ae6764" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6523695f804a54068" cstate="print"/>
+                          <a:blip r:embed="rId7978697a3a5ae6762" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2945695f804a54177" w:history="1">
+            <w:hyperlink r:id="rId3445697a3a5ae689c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22221647" name="name9733695f804a5528a" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="4542356" name="name3216697a3a5ae7c94" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9133695f804a55287" cstate="print"/>
+                    <a:blip r:embed="rId9697697a3a5ae7c91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9207695f804a56c7e" w:history="1">
+      <w:hyperlink r:id="rId4958697a3a5ae94ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2508695f804a56d1a" w:history="1">
+      <w:hyperlink r:id="rId7957697a3a5ae954a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7778695f804a57417" w:history="1">
+      <w:hyperlink r:id="rId7346697a3a5ae9c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2524695f804a5748d" w:history="1">
+      <w:hyperlink r:id="rId2895697a3a5ae9ca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2521695f804a57540" w:history="1">
+      <w:hyperlink r:id="rId3088697a3a5ae9d59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3494695f804a578e1" w:history="1">
+      <w:hyperlink r:id="rId6611697a3a5aea119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6086695f804a57aaa" w:history="1">
+      <w:hyperlink r:id="rId2400697a3a5aea2b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88753550" name="name5860695f804a57b17" descr="eu_funding_250.png"/>
+            <wp:docPr id="37646389" name="name9111697a3a5aea344" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5848695f804a57b16" cstate="print"/>
+                    <a:blip r:embed="rId6856697a3a5aea343" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61314343">
+  <w:abstractNum w:abstractNumId="50311973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72558657">
+    <w:lvl w:ilvl="0" w:tplc="34825746">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72558657" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34825746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61314342">
+  <w:abstractNum w:abstractNumId="50311972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94343261">
+    <w:lvl w:ilvl="0" w:tplc="14397957">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61314342">
-    <w:abstractNumId w:val="61314342"/>
+  <w:num w:numId="50311972">
+    <w:abstractNumId w:val="50311972"/>
   </w:num>
-  <w:num w:numId="61314343">
-    <w:abstractNumId w:val="61314343"/>
+  <w:num w:numId="50311973">
+    <w:abstractNumId w:val="50311973"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257368040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId667074908" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3702695f804a53f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId5214695f804a53fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId2945695f804a54177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId9207695f804a56c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId2508695f804a56d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId7778695f804a57417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId2524695f804a5748d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId2521695f804a57540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId3494695f804a578e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6086695f804a57aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId6523695f804a54068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6523695f804a54068.jpg"/><Relationship Id="rId9133695f804a55287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9133695f804a55287.jpg"/><Relationship Id="rId5848695f804a57b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5848695f804a57b16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId373659969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId445175557" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4212697a3a5ae6115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId2158697a3a5ae618a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId3445697a3a5ae689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId4958697a3a5ae94ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7957697a3a5ae954a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId7346697a3a5ae9c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId2895697a3a5ae9ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId3088697a3a5ae9d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId6611697a3a5aea119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2400697a3a5aea2b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId7978697a3a5ae6762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7978697a3a5ae6762.jpg"/><Relationship Id="rId9697697a3a5ae7c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9697697a3a5ae7c91.jpg"/><Relationship Id="rId6856697a3a5aea343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6856697a3a5aea343.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>