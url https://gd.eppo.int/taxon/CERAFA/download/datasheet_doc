--- v5 (2026-01-28)
+++ v6 (2026-02-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4212697a3a5ae6115" w:history="1">
+            <w:hyperlink r:id="rId90066995b20809b51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2158697a3a5ae618a" w:history="1">
+            <w:hyperlink r:id="rId85986995b20809bbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26462576" name="name7608697a3a5ae6764" descr="341.jpg"/>
+                  <wp:docPr id="40060845" name="name72386995b2080a3de" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7978697a3a5ae6762" cstate="print"/>
+                          <a:blip r:embed="rId26156995b2080a3db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3445697a3a5ae689c" w:history="1">
+            <w:hyperlink r:id="rId35986995b2080a52e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4542356" name="name3216697a3a5ae7c94" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="83582763" name="name94906995b2080bb62" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9697697a3a5ae7c91" cstate="print"/>
+                    <a:blip r:embed="rId72296995b2080bb5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4958697a3a5ae94ad" w:history="1">
+      <w:hyperlink r:id="rId72456995b2080d23e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7957697a3a5ae954a" w:history="1">
+      <w:hyperlink r:id="rId91846995b2080d2d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7346697a3a5ae9c2f" w:history="1">
+      <w:hyperlink r:id="rId84496995b2080d9e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2895697a3a5ae9ca6" w:history="1">
+      <w:hyperlink r:id="rId79856995b2080da64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3088697a3a5ae9d59" w:history="1">
+      <w:hyperlink r:id="rId15486995b2080db3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6611697a3a5aea119" w:history="1">
+      <w:hyperlink r:id="rId34196995b2080df1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2400697a3a5aea2b0" w:history="1">
+      <w:hyperlink r:id="rId34696995b2080e0c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37646389" name="name9111697a3a5aea344" descr="eu_funding_250.png"/>
+            <wp:docPr id="72792934" name="name26966995b2080e304" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6856697a3a5aea343" cstate="print"/>
+                    <a:blip r:embed="rId12196995b2080e302" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50311973">
+  <w:abstractNum w:abstractNumId="38319879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34825746">
+    <w:lvl w:ilvl="0" w:tplc="41031216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34825746" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41031216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50311972">
+  <w:abstractNum w:abstractNumId="38319878">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14397957">
+    <w:lvl w:ilvl="0" w:tplc="77755714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50311972">
-    <w:abstractNumId w:val="50311972"/>
+  <w:num w:numId="38319878">
+    <w:abstractNumId w:val="38319878"/>
   </w:num>
-  <w:num w:numId="50311973">
-    <w:abstractNumId w:val="50311973"/>
+  <w:num w:numId="38319879">
+    <w:abstractNumId w:val="38319879"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId373659969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId445175557" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4212697a3a5ae6115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId2158697a3a5ae618a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId3445697a3a5ae689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId4958697a3a5ae94ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId7957697a3a5ae954a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId7346697a3a5ae9c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId2895697a3a5ae9ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId3088697a3a5ae9d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId6611697a3a5aea119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2400697a3a5aea2b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId7978697a3a5ae6762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7978697a3a5ae6762.jpg"/><Relationship Id="rId9697697a3a5ae7c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9697697a3a5ae7c91.jpg"/><Relationship Id="rId6856697a3a5aea343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6856697a3a5aea343.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId754604570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId238256079" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90066995b20809b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId85986995b20809bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId35986995b2080a52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId72456995b2080d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId91846995b2080d2d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId84496995b2080d9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId79856995b2080da64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId15486995b2080db3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId34196995b2080df1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34696995b2080e0c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId26156995b2080a3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26156995b2080a3db.jpg"/><Relationship Id="rId72296995b2080bb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72296995b2080bb5e.jpg"/><Relationship Id="rId12196995b2080e302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12196995b2080e302.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>