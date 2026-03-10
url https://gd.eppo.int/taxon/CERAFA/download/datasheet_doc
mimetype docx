--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (B.W. Henry) A.E. Paulin, T.C. Harrington &amp; McNew</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oak wilt, wilt of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90066995b20809b51" w:history="1">
+            <w:hyperlink r:id="rId779569b03500c3762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85986995b20809bbb" w:history="1">
+            <w:hyperlink r:id="rId492669b03500c37cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CERAFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40060845" name="name72386995b2080a3de" descr="341.jpg"/>
+                  <wp:docPr id="28364741" name="name184269b03500c394b" descr="341.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="341.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26156995b2080a3db" cstate="print"/>
+                          <a:blip r:embed="rId385169b03500c394a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId35986995b2080a52e" w:history="1">
+            <w:hyperlink r:id="rId763469b03500c3a87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1841,63 +1841,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008). For many years, the fungus was known only from a number of states in the eastern United States, but in June 2023 it was found for the first time in Ontario (Canada) where official control measures were taken (NAPPO, 2023). At present, the fungus has not spread to other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83582763" name="name94906995b2080bb62" descr="CERAFA_distribution_map.jpg"/>
+            <wp:docPr id="62292810" name="name310269b03500c51d0" descr="CERAFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CERAFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72296995b2080bb5e" cstate="print"/>
+                    <a:blip r:embed="rId557869b03500c51cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4961,51 +4961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e05185, 30 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72456995b2080d23e" w:history="1">
+      <w:hyperlink r:id="rId328769b03500c6a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5051,51 +5051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6352, 67 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91846995b2080d2d9" w:history="1">
+      <w:hyperlink r:id="rId453969b03500c6b01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6122,51 +6122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), e0134265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84496995b2080d9e1" w:history="1">
+      <w:hyperlink r:id="rId951569b03500c71b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0134265</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6190,51 +6190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO Phytosanitary Alert System. Official Pest Reports. Canada (2023-06-16) Report of oak wilt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Niagara Falls, Ontario, Canada (2023). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79856995b2080da64" w:history="1">
+      <w:hyperlink r:id="rId832669b03500c722b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6298,51 +6298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinon J, MacDonald W, Double M &amp; Tainter F (2003) Les risques pour la chênaie européenne d’introduction de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratocystis fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provenance des Etats-Unis, 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15486995b2080db3d" w:history="1">
+      <w:hyperlink r:id="rId161269b03500c72db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bretziella fagacearum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34196995b2080df1f" w:history="1">
+      <w:hyperlink r:id="rId934369b03500c76bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7109,81 +7109,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 31-37.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34696995b2080e0c3" w:history="1">
+      <w:hyperlink r:id="rId801169b03500c7850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02448.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72792934" name="name26966995b2080e304" descr="eu_funding_250.png"/>
+            <wp:docPr id="58722621" name="name745669b03500c78f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12196995b2080e302" cstate="print"/>
+                    <a:blip r:embed="rId962569b03500c78f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7281,137 +7281,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38319879">
+  <w:abstractNum w:abstractNumId="85762158">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41031216">
+    <w:lvl w:ilvl="0" w:tplc="35138829">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41031216" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35138829" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38319878">
+  <w:abstractNum w:abstractNumId="85762157">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77755714">
+    <w:lvl w:ilvl="0" w:tplc="30913247">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8163,55 +8163,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38319878">
-    <w:abstractNumId w:val="38319878"/>
+  <w:num w:numId="85762157">
+    <w:abstractNumId w:val="85762157"/>
   </w:num>
-  <w:num w:numId="38319879">
-    <w:abstractNumId w:val="38319879"/>
+  <w:num w:numId="85762158">
+    <w:abstractNumId w:val="85762158"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19761,51 +19761,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId754604570" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId238256079" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90066995b20809b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId85986995b20809bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId35986995b2080a52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId72456995b2080d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId91846995b2080d2d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId84496995b2080d9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId79856995b2080da64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId15486995b2080db3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId34196995b2080df1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34696995b2080e0c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId26156995b2080a3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26156995b2080a3db.jpg"/><Relationship Id="rId72296995b2080bb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72296995b2080bb5e.jpg"/><Relationship Id="rId12196995b2080e302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12196995b2080e302.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId800147602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364679814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId779569b03500c3762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/" TargetMode="External"/><Relationship Id="rId492669b03500c37cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/categorization" TargetMode="External"/><Relationship Id="rId763469b03500c3a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CERAFA/photos" TargetMode="External"/><Relationship Id="rId328769b03500c6a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5185" TargetMode="External"/><Relationship Id="rId453969b03500c6b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6352" TargetMode="External"/><Relationship Id="rId951569b03500c71b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0134265" TargetMode="External"/><Relationship Id="rId832669b03500c722b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pestalerts.org/official-pest-report/report-oak-wilt-bretziella-fagacearum-niagara-falls-ontario-canada-2023" TargetMode="External"/><Relationship Id="rId161269b03500c72db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-agriculture.fr/actualites/academie/seance/academie/la-place-des-champignons-pathogenes-dans-lequilibre-de-la?191103" TargetMode="External"/><Relationship Id="rId934369b03500c76bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId801169b03500c7850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02448.x" TargetMode="External"/><Relationship Id="rId385169b03500c394a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId385169b03500c394a.jpg"/><Relationship Id="rId557869b03500c51cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557869b03500c51cd.jpg"/><Relationship Id="rId962569b03500c78f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962569b03500c78f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>