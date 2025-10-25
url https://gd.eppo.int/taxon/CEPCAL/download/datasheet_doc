--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId719868e0cac33d184" w:history="1">
+            <w:hyperlink r:id="rId874668fd4cc651b24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477668e0cac33d1c8" w:history="1">
+            <w:hyperlink r:id="rId880068fd4cc651b69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,63 +809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97141889" name="name157268e0cac33e291" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="54530735" name="name322868fd4cc6530c8" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId241268e0cac33e28f" cstate="print"/>
+                    <a:blip r:embed="rId971168fd4cc6530c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487468e0cac33eeb7" w:history="1">
+      <w:hyperlink r:id="rId319768fd4cc653cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344168e0cac33f58b" w:history="1">
+      <w:hyperlink r:id="rId519968fd4cc6543a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194768e0cac33f642" w:history="1">
+      <w:hyperlink r:id="rId912868fd4cc654462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87814589" name="name620868e0cac33f76f" descr="eu_funding_250.png"/>
+            <wp:docPr id="26837934" name="name388368fd4cc65454f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId771868e0cac33f75f" cstate="print"/>
+                    <a:blip r:embed="rId424068fd4cc65454e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14077759">
+  <w:abstractNum w:abstractNumId="78822064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68177635">
+    <w:lvl w:ilvl="0" w:tplc="29275593">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68177635" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29275593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14077758">
+  <w:abstractNum w:abstractNumId="78822063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75404580">
+    <w:lvl w:ilvl="0" w:tplc="91576716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14077758">
-    <w:abstractNumId w:val="14077758"/>
+  <w:num w:numId="78822063">
+    <w:abstractNumId w:val="78822063"/>
   </w:num>
-  <w:num w:numId="14077759">
-    <w:abstractNumId w:val="14077759"/>
+  <w:num w:numId="78822064">
+    <w:abstractNumId w:val="78822064"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665894440" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300437846" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId719868e0cac33d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId477668e0cac33d1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId487468e0cac33eeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId344168e0cac33f58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId194768e0cac33f642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId241268e0cac33e28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId241268e0cac33e28f.jpg"/><Relationship Id="rId771868e0cac33f75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771868e0cac33f75f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId734925889" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId948996028" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId874668fd4cc651b24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId880068fd4cc651b69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId319768fd4cc653cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId519968fd4cc6543a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId912868fd4cc654462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId971168fd4cc6530c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971168fd4cc6530c5.jpg"/><Relationship Id="rId424068fd4cc65454e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424068fd4cc65454e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>