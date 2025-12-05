--- v1 (2025-10-25)
+++ v2 (2025-12-05)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId874668fd4cc651b24" w:history="1">
+            <w:hyperlink r:id="rId35806932856e8b212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId880068fd4cc651b69" w:history="1">
+            <w:hyperlink r:id="rId71816932856e8b245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,63 +809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54530735" name="name322868fd4cc6530c8" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="88745455" name="name48556932856e8cc44" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId971168fd4cc6530c5" cstate="print"/>
+                    <a:blip r:embed="rId40036932856e8cc42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319768fd4cc653cb2" w:history="1">
+      <w:hyperlink r:id="rId46726932856e8d63f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519968fd4cc6543a9" w:history="1">
+      <w:hyperlink r:id="rId48046932856e8e9be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912868fd4cc654462" w:history="1">
+      <w:hyperlink r:id="rId99396932856e8ea64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26837934" name="name388368fd4cc65454f" descr="eu_funding_250.png"/>
+            <wp:docPr id="63363444" name="name26406932856e90928" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId424068fd4cc65454e" cstate="print"/>
+                    <a:blip r:embed="rId51606932856e90926" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78822064">
+  <w:abstractNum w:abstractNumId="74890141">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29275593">
+    <w:lvl w:ilvl="0" w:tplc="23425977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29275593" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23425977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78822063">
+  <w:abstractNum w:abstractNumId="74890140">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91576716">
+    <w:lvl w:ilvl="0" w:tplc="18555572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78822063">
-    <w:abstractNumId w:val="78822063"/>
+  <w:num w:numId="74890140">
+    <w:abstractNumId w:val="74890140"/>
   </w:num>
-  <w:num w:numId="78822064">
-    <w:abstractNumId w:val="78822064"/>
+  <w:num w:numId="74890141">
+    <w:abstractNumId w:val="74890141"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId734925889" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId948996028" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId874668fd4cc651b24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId880068fd4cc651b69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId319768fd4cc653cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId519968fd4cc6543a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId912868fd4cc654462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId971168fd4cc6530c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971168fd4cc6530c5.jpg"/><Relationship Id="rId424068fd4cc65454e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424068fd4cc65454e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118623471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId623094616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35806932856e8b212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId71816932856e8b245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId46726932856e8d63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId48046932856e8e9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId99396932856e8ea64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40036932856e8cc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40036932856e8cc42.jpg"/><Relationship Id="rId51606932856e90926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51606932856e90926.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>