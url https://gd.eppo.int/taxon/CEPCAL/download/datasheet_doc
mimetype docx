--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35806932856e8b212" w:history="1">
+            <w:hyperlink r:id="rId8870694d275c1b322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71816932856e8b245" w:history="1">
+            <w:hyperlink r:id="rId2119694d275c1b3ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,63 +809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88745455" name="name48556932856e8cc44" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="43583102" name="name6554694d275c1c8aa" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40036932856e8cc42" cstate="print"/>
+                    <a:blip r:embed="rId8403694d275c1c8a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46726932856e8d63f" w:history="1">
+      <w:hyperlink r:id="rId6987694d275c1d614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48046932856e8e9be" w:history="1">
+      <w:hyperlink r:id="rId6575694d275c1dd54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99396932856e8ea64" w:history="1">
+      <w:hyperlink r:id="rId2818694d275c1de0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63363444" name="name26406932856e90928" descr="eu_funding_250.png"/>
+            <wp:docPr id="81972464" name="name5878694d275c1e142" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51606932856e90926" cstate="print"/>
+                    <a:blip r:embed="rId4694694d275c1e141" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74890141">
+  <w:abstractNum w:abstractNumId="94298070">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23425977">
+    <w:lvl w:ilvl="0" w:tplc="15480528">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23425977" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15480528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74890140">
+  <w:abstractNum w:abstractNumId="94298069">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18555572">
+    <w:lvl w:ilvl="0" w:tplc="93815351">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74890140">
-    <w:abstractNumId w:val="74890140"/>
+  <w:num w:numId="94298069">
+    <w:abstractNumId w:val="94298069"/>
   </w:num>
-  <w:num w:numId="74890141">
-    <w:abstractNumId w:val="74890141"/>
+  <w:num w:numId="94298070">
+    <w:abstractNumId w:val="94298070"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118623471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId623094616" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35806932856e8b212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId71816932856e8b245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId46726932856e8d63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId48046932856e8e9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId99396932856e8ea64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40036932856e8cc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40036932856e8cc42.jpg"/><Relationship Id="rId51606932856e90926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51606932856e90926.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237358586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817018295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8870694d275c1b322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId2119694d275c1b3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId6987694d275c1d614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId6575694d275c1dd54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId2818694d275c1de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8403694d275c1c8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8403694d275c1c8a7.jpg"/><Relationship Id="rId4694694d275c1e141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4694694d275c1e141.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>