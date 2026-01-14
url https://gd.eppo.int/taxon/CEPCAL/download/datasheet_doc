--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8870694d275c1b322" w:history="1">
+            <w:hyperlink r:id="rId13546968043933da5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2119694d275c1b3ee" w:history="1">
+            <w:hyperlink r:id="rId95836968043933de8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,63 +809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43583102" name="name6554694d275c1c8aa" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="14857758" name="name64956968043934c7b" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8403694d275c1c8a7" cstate="print"/>
+                    <a:blip r:embed="rId60856968043934c78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6987694d275c1d614" w:history="1">
+      <w:hyperlink r:id="rId8490696804393582f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6575694d275c1dd54" w:history="1">
+      <w:hyperlink r:id="rId49156968043935f14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3510,73 +3510,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2818694d275c1de0c" w:history="1">
+      <w:hyperlink r:id="rId96766968043935fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81972464" name="name5878694d275c1e142" descr="eu_funding_250.png"/>
+            <wp:docPr id="24278441" name="name481769680439360a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4694694d275c1e141" cstate="print"/>
+                    <a:blip r:embed="rId311969680439360a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94298070">
+  <w:abstractNum w:abstractNumId="92116222">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15480528">
+    <w:lvl w:ilvl="0" w:tplc="97569177">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15480528" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97569177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94298069">
+  <w:abstractNum w:abstractNumId="92116221">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93815351">
+    <w:lvl w:ilvl="0" w:tplc="90045937">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94298069">
-    <w:abstractNumId w:val="94298069"/>
+  <w:num w:numId="92116221">
+    <w:abstractNumId w:val="92116221"/>
   </w:num>
-  <w:num w:numId="94298070">
-    <w:abstractNumId w:val="94298070"/>
+  <w:num w:numId="92116222">
+    <w:abstractNumId w:val="92116222"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237358586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817018295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8870694d275c1b322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId2119694d275c1b3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId6987694d275c1d614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId6575694d275c1dd54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId2818694d275c1de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8403694d275c1c8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8403694d275c1c8a7.jpg"/><Relationship Id="rId4694694d275c1e141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4694694d275c1e141.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322186737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600801344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13546968043933da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId95836968043933de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId8490696804393582f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId49156968043935f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId96766968043935fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60856968043934c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60856968043934c78.jpg"/><Relationship Id="rId311969680439360a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311969680439360a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>