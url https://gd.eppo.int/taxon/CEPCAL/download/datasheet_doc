--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13546968043933da5" w:history="1">
+            <w:hyperlink r:id="rId405669828d3306383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95836968043933de8" w:history="1">
+            <w:hyperlink r:id="rId247769828d33063c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,105 +809,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14857758" name="name64956968043934c7b" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="57605110" name="name888069828d3307530" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60856968043934c78" cstate="print"/>
+                    <a:blip r:embed="rId813269828d330752d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, France (mainland), Germany, Italy (mainland), Netherlands, Poland, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Slovenia, Sweden, Switzerland, United Kingdom (England, Scotland, Wales)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, France (mainland), Germany, Italy (mainland), Netherlands, Poland, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Slovenia, Sweden, Switzerland, United Kingdom (England, Scotland, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Jilin, Neimenggu, Shanxi), Japan (Hokkaido, Honshu)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8490696804393582f" w:history="1">
+      <w:hyperlink r:id="rId117369828d330815e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49156968043935f14" w:history="1">
+      <w:hyperlink r:id="rId415769828d330883b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96766968043935fca" w:history="1">
+      <w:hyperlink r:id="rId628769828d33088f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24278441" name="name481769680439360a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="26017992" name="name242869828d33089d3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId311969680439360a4" cstate="print"/>
+                    <a:blip r:embed="rId561069828d33089d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92116222">
+  <w:abstractNum w:abstractNumId="58833226">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97569177">
+    <w:lvl w:ilvl="0" w:tplc="50327747">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97569177" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50327747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92116221">
+  <w:abstractNum w:abstractNumId="58833225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90045937">
+    <w:lvl w:ilvl="0" w:tplc="65087237">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92116221">
-    <w:abstractNumId w:val="92116221"/>
+  <w:num w:numId="58833225">
+    <w:abstractNumId w:val="58833225"/>
   </w:num>
-  <w:num w:numId="92116222">
-    <w:abstractNumId w:val="92116222"/>
+  <w:num w:numId="58833226">
+    <w:abstractNumId w:val="58833226"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322186737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600801344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13546968043933da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId95836968043933de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId8490696804393582f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId49156968043935f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId96766968043935fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60856968043934c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60856968043934c78.jpg"/><Relationship Id="rId311969680439360a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311969680439360a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId797826186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593429882" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId405669828d3306383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId247769828d33063c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId117369828d330815e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId415769828d330883b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId628769828d33088f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId813269828d330752d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813269828d330752d.jpg"/><Relationship Id="rId561069828d33089d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId561069828d33089d2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>