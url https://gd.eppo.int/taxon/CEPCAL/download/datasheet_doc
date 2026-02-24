--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405669828d3306383" w:history="1">
+            <w:hyperlink r:id="rId8010699d6a74568c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247769828d33063c7" w:history="1">
+            <w:hyperlink r:id="rId6214699d6a745690b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,63 +809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57605110" name="name888069828d3307530" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="16212448" name="name8335699d6a7457ad8" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId813269828d330752d" cstate="print"/>
+                    <a:blip r:embed="rId3555699d6a7457ad5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117369828d330815e" w:history="1">
+      <w:hyperlink r:id="rId8316699d6a7458743" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415769828d330883b" w:history="1">
+      <w:hyperlink r:id="rId4212699d6a7458e3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628769828d33088f0" w:history="1">
+      <w:hyperlink r:id="rId5805699d6a7458f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26017992" name="name242869828d33089d3" descr="eu_funding_250.png"/>
+            <wp:docPr id="61453692" name="name1987699d6a74590e4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId561069828d33089d2" cstate="print"/>
+                    <a:blip r:embed="rId3663699d6a74590e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58833226">
+  <w:abstractNum w:abstractNumId="38538348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50327747">
+    <w:lvl w:ilvl="0" w:tplc="33736898">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50327747" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33736898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58833225">
+  <w:abstractNum w:abstractNumId="38538347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65087237">
+    <w:lvl w:ilvl="0" w:tplc="57205667">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58833225">
-    <w:abstractNumId w:val="58833225"/>
+  <w:num w:numId="38538347">
+    <w:abstractNumId w:val="38538347"/>
   </w:num>
-  <w:num w:numId="58833226">
-    <w:abstractNumId w:val="58833226"/>
+  <w:num w:numId="38538348">
+    <w:abstractNumId w:val="38538348"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId797826186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593429882" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId405669828d3306383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId247769828d33063c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId117369828d330815e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId415769828d330883b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId628769828d33088f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId813269828d330752d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813269828d330752d.jpg"/><Relationship Id="rId561069828d33089d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId561069828d33089d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526432957" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279840580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8010699d6a74568c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId6214699d6a745690b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId8316699d6a7458743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId4212699d6a7458e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId5805699d6a7458f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3555699d6a7457ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3555699d6a7457ad5.jpg"/><Relationship Id="rId3663699d6a74590e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3663699d6a74590e3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>