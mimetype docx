--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Wachtl)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European larch web-spinner, European web-spinning larch sawfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8010699d6a74568c7" w:history="1">
+            <w:hyperlink r:id="rId409369b843aa36ec3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6214699d6a745690b" w:history="1">
+            <w:hyperlink r:id="rId794069b843aa36f08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -809,105 +809,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is known from Japan, Eastern and Western Siberia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16212448" name="name8335699d6a7457ad8" descr="CEPCAL_distribution_map.jpg"/>
+            <wp:docPr id="8081011" name="name371569b843aa38008" descr="CEPCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CEPCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3555699d6a7457ad5" cstate="print"/>
+                    <a:blip r:embed="rId571269b843aa38005" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, France (mainland), Germany, Italy (mainland), Netherlands, Poland, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Slovenia, Sweden, Switzerland, United Kingdom (England, Scotland, Wales)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, France (mainland), Germany, Italy (mainland), Netherlands, Poland, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Slovakia, Slovenia, Sweden, Switzerland, Ukraine, United Kingdom (England, Scotland, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Jilin, Neimenggu, Shanxi), Japan (Hokkaido, Honshu)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2324,51 +2324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05106. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8316699d6a7458743" w:history="1">
+      <w:hyperlink r:id="rId593269b843aa38c78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3422,51 +3422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European web-spinning larch sawfly). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4212699d6a7458e3a" w:history="1">
+      <w:hyperlink r:id="rId322969b843aa3948c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3532,51 +3532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cephalcia lariciphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5805699d6a7458f07" w:history="1">
+      <w:hyperlink r:id="rId745669b843aa39589" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3607,63 +3607,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61453692" name="name1987699d6a74590e4" descr="eu_funding_250.png"/>
+            <wp:docPr id="10931632" name="name199169b843aa39810" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3663699d6a74590e3" cstate="print"/>
+                    <a:blip r:embed="rId570069b843aa3980e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3761,137 +3761,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38538348">
+  <w:abstractNum w:abstractNumId="19467119">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33736898">
+    <w:lvl w:ilvl="0" w:tplc="75976113">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33736898" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75976113" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38538347">
+  <w:abstractNum w:abstractNumId="19467118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57205667">
+    <w:lvl w:ilvl="0" w:tplc="11696937">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4643,55 +4643,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38538347">
-    <w:abstractNumId w:val="38538347"/>
+  <w:num w:numId="19467118">
+    <w:abstractNumId w:val="19467118"/>
   </w:num>
-  <w:num w:numId="38538348">
-    <w:abstractNumId w:val="38538348"/>
+  <w:num w:numId="19467119">
+    <w:abstractNumId w:val="19467119"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16241,51 +16241,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526432957" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279840580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8010699d6a74568c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId6214699d6a745690b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId8316699d6a7458743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId4212699d6a7458e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId5805699d6a7458f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3555699d6a7457ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3555699d6a7457ad5.jpg"/><Relationship Id="rId3663699d6a74590e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3663699d6a74590e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId877260617" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId984278014" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId409369b843aa36ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/" TargetMode="External"/><Relationship Id="rId794069b843aa36f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CEPCAL/categorization" TargetMode="External"/><Relationship Id="rId593269b843aa38c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5106" TargetMode="External"/><Relationship Id="rId322969b843aa3948c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.12103" TargetMode="External"/><Relationship Id="rId745669b843aa39589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId571269b843aa38005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571269b843aa38005.jpg"/><Relationship Id="rId570069b843aa3980e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570069b843aa3980e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>