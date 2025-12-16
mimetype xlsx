--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -476,54 +476,54 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Northern Russia</t>
+  </si>
+  <si>
+    <t>nr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>