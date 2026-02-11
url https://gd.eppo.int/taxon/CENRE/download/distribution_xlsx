--- v1 (2025-12-16)
+++ v2 (2026-02-11)
@@ -464,51 +464,51 @@
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>