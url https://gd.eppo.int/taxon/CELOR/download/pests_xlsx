--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -36,51 +36,51 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>XYLOPY</t>
   </si>
   <si>
     <t>Xylotrechus pyrrhoderus</t>
   </si>
   <si>
     <t>* Jang HK., Lee SH, Choi W (2015) Cerambycidae of Korea. Geobook, Seoul. 399 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- not possible to find confirmation of X. pyrrhoderus infesting this plant. Further details in EPPO PRA</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.
 * Liu H (2019) Oviposition substrate selection, egg mass characteristics, host preference, and life history of the spotted lanternfly (Hemiptera: Fulgoridae) in North America, Environmental Entomology, 48(6), 1452–1468. https://doi.org/10.1093/ee/nvz123
 ------- Confirmed host.</t>
   </si>