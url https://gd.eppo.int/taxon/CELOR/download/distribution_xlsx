--- v0 (2025-10-16)
+++ v1 (2026-02-17)
@@ -458,51 +458,51 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>