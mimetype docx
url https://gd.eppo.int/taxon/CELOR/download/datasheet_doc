--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Nakai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian bittersweet, Asiatic bittersweet, Chinese bittersweet, oriental bittersweet (US), round-leaved bittersweet, staff vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378268e707de26c97" w:history="1">
+            <w:hyperlink r:id="rId596269183c8d7d20c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707468e707de26cdb" w:history="1">
+            <w:hyperlink r:id="rId251469183c8d7d250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CELOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20814710" name="name347968e707de273a9" descr="12016.jpg"/>
+                  <wp:docPr id="79975536" name="name366369183c8d7d313" descr="12016.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12016.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId495668e707de273a7" cstate="print"/>
+                          <a:blip r:embed="rId981769183c8d7d312" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId519468e707de274ac" w:history="1">
+            <w:hyperlink r:id="rId936769183c8d7d408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -691,51 +691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as present in 25 eastern states. However, 31 states document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as present in at least one county according to EDDMapS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId939868e707de27605" w:history="1">
+      <w:hyperlink r:id="rId140569183c8d7d581" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eddmaps.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The current distribution of the species in the United States extends from Maine south to Georgia and west to Iowa (IPSAWG, 2019). Patterson (1973) stated that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -885,63 +885,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) record the species in 13 European countries (adding Latvia, Lithuania, Norway, European Russia, and Ukraine to the previous list) (see EPPO, 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48256688" name="name634868e707de282a1" descr="CELOR_distribution_map.jpg"/>
+            <wp:docPr id="54386682" name="name515469183c8d7e975" descr="CELOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CELOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId299268e707de2829e" cstate="print"/>
+                    <a:blip r:embed="rId503769183c8d7e972" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4566,51 +4566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been regulated as a quarantine pest since 2001. It is included in the Official New Zealand Pest Register (Pest Register for Importing Commodities to New Zealand, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629068e707de29bf8" w:history="1">
+      <w:hyperlink r:id="rId894569183c8d80303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestre gister.mpi.govt.nz/Pests Register/ImportCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bugwood (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393868e707de29ef4" w:history="1">
+      <w:hyperlink r:id="rId312569183c8d80603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/Celastrus_orbiculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,81 +5090,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508368e707de29f53" w:history="1">
+      <w:hyperlink r:id="rId653569183c8d80661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datas heet/12009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costley JL (2006) Introduced species summary project. Oriental bittersweet (Celastrus orbiculatus). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654068e707de29f86" w:history="1">
+      <w:hyperlink r:id="rId366769183c8d80695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.columbia.edu/itc/cerc/danof f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5237,51 +5237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dreyer G (1994). Element stewardship abstract: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [Online]. In: Invasive on the web: The Nature Conservancy wildland invasive species program. The Nature Conservancy (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958668e707de2a055" w:history="1">
+      <w:hyperlink r:id="rId822269183c8d80753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5441,131 +5441,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 225-264.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eppel-Hotz A (2012) Grüner Schmuck im Straßenraum –Bewährte Pflanzen für Lärmschutzsysteme. Hrsg. Bayerische Landesanstalt für Weinbau und Gartenbau, Abteilung Landespflege. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695968e707de2a1a1" w:history="1">
+      <w:hyperlink r:id="rId352169183c8d8089d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602868e707de2a1d4" w:history="1">
+      <w:hyperlink r:id="rId522169183c8d808d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1084. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826668e707de2a225" w:history="1">
+      <w:hyperlink r:id="rId652669183c8d80921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CELOR/ documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fryer JL (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894168e707de2a2fc" w:history="1">
+      <w:hyperlink r:id="rId603069183c8d809f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 17 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5900,51 +5900,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horse DVM (2020) Orental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542768e707de2a4a9" w:history="1">
+      <w:hyperlink r:id="rId333369183c8d80ba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.horsedvm.com/poisonous/bittersweet/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6039,51 +6039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSAWG (2019) Oriental bittersweet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Invasive plant species fact sheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982968e707de2a589" w:history="1">
+      <w:hyperlink r:id="rId281669183c8d80c86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.in.gov/dnr/files/OrientalBittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 24 February 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6773,51 +6773,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrhoff LJ, Silander JA Jr, Leicht SA, Mosher ES &amp; Tabak NM (2003) IPANE: Invasive Plant Atlas of New England, [Online].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storrs, CT: University of Connecticut, Department of Ecology and Evolutionary Biology (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502068e707de2aa46" w:history="1">
+      <w:hyperlink r:id="rId250969183c8d81163" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nbii-nin.ciesin.columbia.edu/ipane/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69–76.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2020) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489868e707de2ac7a" w:history="1">
+      <w:hyperlink r:id="rId962769183c8d813a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 25 10 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7346,51 +7346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritterskamp M (2018) Invasive species of the month Oriental bittersweet (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609368e707de2adde" w:history="1">
+      <w:hyperlink r:id="rId337669183c8d8151b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thunb. Oriental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994768e707de2af78" w:history="1">
+      <w:hyperlink r:id="rId448969183c8d81699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden of Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573868e707de2afcd" w:history="1">
+      <w:hyperlink r:id="rId744969183c8d816ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8267,51 +8267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587768e707de2b3ce" w:history="1">
+      <w:hyperlink r:id="rId467169183c8d81aee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8380,51 +8380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 379-386 . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736468e707de2b484" w:history="1">
+      <w:hyperlink r:id="rId628069183c8d81ba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8511,137 +8511,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57721834">
+  <w:abstractNum w:abstractNumId="71584552">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17839105">
+    <w:lvl w:ilvl="0" w:tplc="94851092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17839105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94851092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57721833">
+  <w:abstractNum w:abstractNumId="71584551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90030096">
+    <w:lvl w:ilvl="0" w:tplc="76062159">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9393,55 +9393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57721833">
-    <w:abstractNumId w:val="57721833"/>
+  <w:num w:numId="71584551">
+    <w:abstractNumId w:val="71584551"/>
   </w:num>
-  <w:num w:numId="57721834">
-    <w:abstractNumId w:val="57721834"/>
+  <w:num w:numId="71584552">
+    <w:abstractNumId w:val="71584552"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20991,51 +20991,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487040058" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870744503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId378268e707de26c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId707468e707de26cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId519468e707de274ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId939868e707de27605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId629068e707de29bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId393868e707de29ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId508368e707de29f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId654068e707de29f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId958668e707de2a055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId695968e707de2a1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId602868e707de2a1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId826668e707de2a225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId894168e707de2a2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId542768e707de2a4a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId982968e707de2a589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId502068e707de2aa46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId489868e707de2ac7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId609368e707de2adde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId994768e707de2af78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId573868e707de2afcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId587768e707de2b3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId736468e707de2b484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId495668e707de273a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495668e707de273a7.jpg"/><Relationship Id="rId299268e707de2829e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299268e707de2829e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930062067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880176894" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId596269183c8d7d20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId251469183c8d7d250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId936769183c8d7d408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId140569183c8d7d581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId894569183c8d80303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId312569183c8d80603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId653569183c8d80661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId366769183c8d80695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId822269183c8d80753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId352169183c8d8089d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId522169183c8d808d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId652669183c8d80921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId603069183c8d809f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId333369183c8d80ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId281669183c8d80c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId250969183c8d81163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId962769183c8d813a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId337669183c8d8151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId448969183c8d81699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId744969183c8d816ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId467169183c8d81aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId628069183c8d81ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId981769183c8d7d312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981769183c8d7d312.jpg"/><Relationship Id="rId503769183c8d7e972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId503769183c8d7e972.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>