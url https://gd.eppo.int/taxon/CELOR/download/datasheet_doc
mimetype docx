--- v1 (2025-11-15)
+++ v2 (2026-01-15)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Nakai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian bittersweet, Asiatic bittersweet, Chinese bittersweet, oriental bittersweet (US), round-leaved bittersweet, staff vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId596269183c8d7d20c" w:history="1">
+            <w:hyperlink r:id="rId99286968da0a87768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251469183c8d7d250" w:history="1">
+            <w:hyperlink r:id="rId88796968da0a877b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CELOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79975536" name="name366369183c8d7d313" descr="12016.jpg"/>
+                  <wp:docPr id="853807" name="name71156968da0a87e7c" descr="12016.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12016.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId981769183c8d7d312" cstate="print"/>
+                          <a:blip r:embed="rId87686968da0a87e7b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId936769183c8d7d408" w:history="1">
+            <w:hyperlink r:id="rId14406968da0a87fbe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -691,51 +691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as present in 25 eastern states. However, 31 states document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as present in at least one county according to EDDMapS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId140569183c8d7d581" w:history="1">
+      <w:hyperlink r:id="rId83316968da0a88122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eddmaps.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The current distribution of the species in the United States extends from Maine south to Georgia and west to Iowa (IPSAWG, 2019). Patterson (1973) stated that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -885,63 +885,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) record the species in 13 European countries (adding Latvia, Lithuania, Norway, European Russia, and Ukraine to the previous list) (see EPPO, 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54386682" name="name515469183c8d7e975" descr="CELOR_distribution_map.jpg"/>
+            <wp:docPr id="67059744" name="name99546968da0a88dfc" descr="CELOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CELOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId503769183c8d7e972" cstate="print"/>
+                    <a:blip r:embed="rId53446968da0a88df9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4566,51 +4566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been regulated as a quarantine pest since 2001. It is included in the Official New Zealand Pest Register (Pest Register for Importing Commodities to New Zealand, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894569183c8d80303" w:history="1">
+      <w:hyperlink r:id="rId53886968da0a8a7c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestre gister.mpi.govt.nz/Pests Register/ImportCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bugwood (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312569183c8d80603" w:history="1">
+      <w:hyperlink r:id="rId19066968da0a8aadb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/Celastrus_orbiculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,81 +5090,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653569183c8d80661" w:history="1">
+      <w:hyperlink r:id="rId88126968da0a8ab3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datas heet/12009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costley JL (2006) Introduced species summary project. Oriental bittersweet (Celastrus orbiculatus). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366769183c8d80695" w:history="1">
+      <w:hyperlink r:id="rId35546968da0a8ab6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.columbia.edu/itc/cerc/danof f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5237,51 +5237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dreyer G (1994). Element stewardship abstract: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [Online]. In: Invasive on the web: The Nature Conservancy wildland invasive species program. The Nature Conservancy (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822269183c8d80753" w:history="1">
+      <w:hyperlink r:id="rId29806968da0a8ac2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5441,131 +5441,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 225-264.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eppel-Hotz A (2012) Grüner Schmuck im Straßenraum –Bewährte Pflanzen für Lärmschutzsysteme. Hrsg. Bayerische Landesanstalt für Weinbau und Gartenbau, Abteilung Landespflege. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352169183c8d8089d" w:history="1">
+      <w:hyperlink r:id="rId92586968da0a8ad7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522169183c8d808d0" w:history="1">
+      <w:hyperlink r:id="rId35136968da0a8adaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1084. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652669183c8d80921" w:history="1">
+      <w:hyperlink r:id="rId78006968da0a8ae0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CELOR/ documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fryer JL (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603069183c8d809f3" w:history="1">
+      <w:hyperlink r:id="rId61586968da0a8aed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 17 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5900,51 +5900,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horse DVM (2020) Orental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333369183c8d80ba6" w:history="1">
+      <w:hyperlink r:id="rId89966968da0a8b07e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.horsedvm.com/poisonous/bittersweet/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6039,51 +6039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSAWG (2019) Oriental bittersweet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Invasive plant species fact sheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281669183c8d80c86" w:history="1">
+      <w:hyperlink r:id="rId70436968da0a8b160" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.in.gov/dnr/files/OrientalBittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 24 February 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6773,51 +6773,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrhoff LJ, Silander JA Jr, Leicht SA, Mosher ES &amp; Tabak NM (2003) IPANE: Invasive Plant Atlas of New England, [Online].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storrs, CT: University of Connecticut, Department of Ecology and Evolutionary Biology (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250969183c8d81163" w:history="1">
+      <w:hyperlink r:id="rId49086968da0a8b60b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nbii-nin.ciesin.columbia.edu/ipane/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69–76.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2020) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962769183c8d813a3" w:history="1">
+      <w:hyperlink r:id="rId91826968da0a8b849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 25 10 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7346,51 +7346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritterskamp M (2018) Invasive species of the month Oriental bittersweet (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337669183c8d8151b" w:history="1">
+      <w:hyperlink r:id="rId15336968da0a8b9cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thunb. Oriental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448969183c8d81699" w:history="1">
+      <w:hyperlink r:id="rId63986968da0a8bb69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden of Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744969183c8d816ea" w:history="1">
+      <w:hyperlink r:id="rId84896968da0a8bbbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8245,73 +8245,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467169183c8d81aee" w:history="1">
+      <w:hyperlink r:id="rId51566968da0a8bfc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8380,51 +8380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 379-386 . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628069183c8d81ba5" w:history="1">
+      <w:hyperlink r:id="rId66166968da0a8c07f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8511,137 +8511,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71584552">
+  <w:abstractNum w:abstractNumId="37708495">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94851092">
+    <w:lvl w:ilvl="0" w:tplc="98696097">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94851092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98696097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71584551">
+  <w:abstractNum w:abstractNumId="37708494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76062159">
+    <w:lvl w:ilvl="0" w:tplc="23021160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9393,55 +9393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71584551">
-    <w:abstractNumId w:val="71584551"/>
+  <w:num w:numId="37708494">
+    <w:abstractNumId w:val="37708494"/>
   </w:num>
-  <w:num w:numId="71584552">
-    <w:abstractNumId w:val="71584552"/>
+  <w:num w:numId="37708495">
+    <w:abstractNumId w:val="37708495"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20991,51 +20991,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930062067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880176894" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId596269183c8d7d20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId251469183c8d7d250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId936769183c8d7d408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId140569183c8d7d581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId894569183c8d80303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId312569183c8d80603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId653569183c8d80661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId366769183c8d80695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId822269183c8d80753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId352169183c8d8089d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId522169183c8d808d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId652669183c8d80921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId603069183c8d809f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId333369183c8d80ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId281669183c8d80c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId250969183c8d81163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId962769183c8d813a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId337669183c8d8151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId448969183c8d81699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId744969183c8d816ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId467169183c8d81aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId628069183c8d81ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId981769183c8d7d312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981769183c8d7d312.jpg"/><Relationship Id="rId503769183c8d7e972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId503769183c8d7e972.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId660296591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175146418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99286968da0a87768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId88796968da0a877b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId14406968da0a87fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId83316968da0a88122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId53886968da0a8a7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId19066968da0a8aadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId88126968da0a8ab3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId35546968da0a8ab6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId29806968da0a8ac2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId92586968da0a8ad7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId35136968da0a8adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId78006968da0a8ae0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId61586968da0a8aed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId89966968da0a8b07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId70436968da0a8b160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId49086968da0a8b60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId91826968da0a8b849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId15336968da0a8b9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId63986968da0a8bb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId84896968da0a8bbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId51566968da0a8bfc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66166968da0a8c07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId87686968da0a87e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87686968da0a87e7b.jpg"/><Relationship Id="rId53446968da0a88df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53446968da0a88df9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>