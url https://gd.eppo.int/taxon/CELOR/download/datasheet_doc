--- v2 (2026-01-15)
+++ v3 (2026-02-04)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Nakai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian bittersweet, Asiatic bittersweet, Chinese bittersweet, oriental bittersweet (US), round-leaved bittersweet, staff vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99286968da0a87768" w:history="1">
+            <w:hyperlink r:id="rId681469836c1b80469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88796968da0a877b0" w:history="1">
+            <w:hyperlink r:id="rId809869836c1b804ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CELOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="853807" name="name71156968da0a87e7c" descr="12016.jpg"/>
+                  <wp:docPr id="97776305" name="name154369836c1b80bd3" descr="12016.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12016.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87686968da0a87e7b" cstate="print"/>
+                          <a:blip r:embed="rId657569836c1b80bd2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId14406968da0a87fbe" w:history="1">
+            <w:hyperlink r:id="rId837269836c1b80d54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -691,51 +691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as present in 25 eastern states. However, 31 states document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as present in at least one county according to EDDMapS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId83316968da0a88122" w:history="1">
+      <w:hyperlink r:id="rId486269836c1b80edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eddmaps.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The current distribution of the species in the United States extends from Maine south to Georgia and west to Iowa (IPSAWG, 2019). Patterson (1973) stated that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -885,105 +885,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) record the species in 13 European countries (adding Latvia, Lithuania, Norway, European Russia, and Ukraine to the previous list) (see EPPO, 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67059744" name="name99546968da0a88dfc" descr="CELOR_distribution_map.jpg"/>
+            <wp:docPr id="58945690" name="name288869836c1b81c8b" descr="CELOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CELOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53446968da0a88df9" cstate="print"/>
+                    <a:blip r:embed="rId658469836c1b81c89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, Germany, Latvia, Lithuania, Netherlands, Norway, Poland, Russian Federation (the) (European Russia, Far East), Sweden, Switzerland, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Czechia, Denmark, Germany, Latvia, Lithuania, Netherlands, Norway, Poland, Russian Federation (European Russia, Far East), Sweden, Switzerland, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Gansu, Hebei, Heilongjiang, Henan, Hubei, Jiangsu, Jiangxi, Jilin, Liaoning, Shaanxi, Shandong, Shanxi, Sichuan, Zhejiang), Japan, Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4566,51 +4566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been regulated as a quarantine pest since 2001. It is included in the Official New Zealand Pest Register (Pest Register for Importing Commodities to New Zealand, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53886968da0a8a7c6" w:history="1">
+      <w:hyperlink r:id="rId892769836c1b83587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestre gister.mpi.govt.nz/Pests Register/ImportCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bugwood (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19066968da0a8aadb" w:history="1">
+      <w:hyperlink r:id="rId450869836c1b8387f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/Celastrus_orbiculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,81 +5090,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88126968da0a8ab3a" w:history="1">
+      <w:hyperlink r:id="rId483869836c1b838dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datas heet/12009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costley JL (2006) Introduced species summary project. Oriental bittersweet (Celastrus orbiculatus). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35546968da0a8ab6f" w:history="1">
+      <w:hyperlink r:id="rId498969836c1b8390f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.columbia.edu/itc/cerc/danof f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5237,51 +5237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dreyer G (1994). Element stewardship abstract: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [Online]. In: Invasive on the web: The Nature Conservancy wildland invasive species program. The Nature Conservancy (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29806968da0a8ac2f" w:history="1">
+      <w:hyperlink r:id="rId575669836c1b839ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5441,131 +5441,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 225-264.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eppel-Hotz A (2012) Grüner Schmuck im Straßenraum –Bewährte Pflanzen für Lärmschutzsysteme. Hrsg. Bayerische Landesanstalt für Weinbau und Gartenbau, Abteilung Landespflege. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92586968da0a8ad7d" w:history="1">
+      <w:hyperlink r:id="rId649269836c1b83b11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35136968da0a8adaf" w:history="1">
+      <w:hyperlink r:id="rId608069836c1b83b43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1084. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78006968da0a8ae0d" w:history="1">
+      <w:hyperlink r:id="rId523169836c1b83b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CELOR/ documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fryer JL (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61586968da0a8aed1" w:history="1">
+      <w:hyperlink r:id="rId717969836c1b83c52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 17 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5900,51 +5900,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horse DVM (2020) Orental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89966968da0a8b07e" w:history="1">
+      <w:hyperlink r:id="rId558369836c1b83e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.horsedvm.com/poisonous/bittersweet/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6039,51 +6039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSAWG (2019) Oriental bittersweet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Invasive plant species fact sheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70436968da0a8b160" w:history="1">
+      <w:hyperlink r:id="rId125569836c1b83efd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.in.gov/dnr/files/OrientalBittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 24 February 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6773,51 +6773,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrhoff LJ, Silander JA Jr, Leicht SA, Mosher ES &amp; Tabak NM (2003) IPANE: Invasive Plant Atlas of New England, [Online].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storrs, CT: University of Connecticut, Department of Ecology and Evolutionary Biology (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49086968da0a8b60b" w:history="1">
+      <w:hyperlink r:id="rId246769836c1b843a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nbii-nin.ciesin.columbia.edu/ipane/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69–76.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2020) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91826968da0a8b849" w:history="1">
+      <w:hyperlink r:id="rId737869836c1b845d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 25 10 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7346,51 +7346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritterskamp M (2018) Invasive species of the month Oriental bittersweet (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15336968da0a8b9cd" w:history="1">
+      <w:hyperlink r:id="rId974769836c1b8473a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thunb. Oriental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63986968da0a8bb69" w:history="1">
+      <w:hyperlink r:id="rId835869836c1b848b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden of Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84896968da0a8bbbd" w:history="1">
+      <w:hyperlink r:id="rId306869836c1b84911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8267,51 +8267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51566968da0a8bfc7" w:history="1">
+      <w:hyperlink r:id="rId846769836c1b850ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8380,51 +8380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 379-386 . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66166968da0a8c07f" w:history="1">
+      <w:hyperlink r:id="rId231369836c1b851a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8511,137 +8511,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37708495">
+  <w:abstractNum w:abstractNumId="93981289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98696097">
+    <w:lvl w:ilvl="0" w:tplc="53895997">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98696097" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53895997" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37708494">
+  <w:abstractNum w:abstractNumId="93981288">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23021160">
+    <w:lvl w:ilvl="0" w:tplc="83635491">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9393,55 +9393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37708494">
-    <w:abstractNumId w:val="37708494"/>
+  <w:num w:numId="93981288">
+    <w:abstractNumId w:val="93981288"/>
   </w:num>
-  <w:num w:numId="37708495">
-    <w:abstractNumId w:val="37708495"/>
+  <w:num w:numId="93981289">
+    <w:abstractNumId w:val="93981289"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20991,51 +20991,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId660296591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175146418" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99286968da0a87768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId88796968da0a877b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId14406968da0a87fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId83316968da0a88122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId53886968da0a8a7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId19066968da0a8aadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId88126968da0a8ab3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId35546968da0a8ab6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId29806968da0a8ac2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId92586968da0a8ad7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId35136968da0a8adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId78006968da0a8ae0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId61586968da0a8aed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId89966968da0a8b07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId70436968da0a8b160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId49086968da0a8b60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId91826968da0a8b849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId15336968da0a8b9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId63986968da0a8bb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId84896968da0a8bbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId51566968da0a8bfc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66166968da0a8c07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId87686968da0a87e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87686968da0a87e7b.jpg"/><Relationship Id="rId53446968da0a88df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53446968da0a88df9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId518441798" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406435645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId681469836c1b80469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId809869836c1b804ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId837269836c1b80d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId486269836c1b80edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId892769836c1b83587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId450869836c1b8387f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId483869836c1b838dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId498969836c1b8390f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId575669836c1b839ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId649269836c1b83b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId608069836c1b83b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId523169836c1b83b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId717969836c1b83c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId558369836c1b83e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId125569836c1b83efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId246769836c1b843a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId737869836c1b845d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId974769836c1b8473a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId835869836c1b848b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId306869836c1b84911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId846769836c1b850ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId231369836c1b851a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId657569836c1b80bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657569836c1b80bd2.jpg"/><Relationship Id="rId658469836c1b81c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658469836c1b81c89.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>