--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Nakai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian bittersweet, Asiatic bittersweet, Chinese bittersweet, oriental bittersweet (US), round-leaved bittersweet, staff vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId681469836c1b80469" w:history="1">
+            <w:hyperlink r:id="rId3044699f63b618bdb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId809869836c1b804ad" w:history="1">
+            <w:hyperlink r:id="rId4952699f63b618c21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CELOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97776305" name="name154369836c1b80bd3" descr="12016.jpg"/>
+                  <wp:docPr id="57562702" name="name5551699f63b618d24" descr="12016.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12016.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId657569836c1b80bd2" cstate="print"/>
+                          <a:blip r:embed="rId4774699f63b618d23" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId837269836c1b80d54" w:history="1">
+            <w:hyperlink r:id="rId9518699f63b618e36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -691,51 +691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as present in 25 eastern states. However, 31 states document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as present in at least one county according to EDDMapS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId486269836c1b80edf" w:history="1">
+      <w:hyperlink r:id="rId4558699f63b618f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eddmaps.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The current distribution of the species in the United States extends from Maine south to Georgia and west to Iowa (IPSAWG, 2019). Patterson (1973) stated that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -885,63 +885,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) record the species in 13 European countries (adding Latvia, Lithuania, Norway, European Russia, and Ukraine to the previous list) (see EPPO, 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58945690" name="name288869836c1b81c8b" descr="CELOR_distribution_map.jpg"/>
+            <wp:docPr id="31600241" name="name3374699f63b619fa6" descr="CELOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CELOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId658469836c1b81c89" cstate="print"/>
+                    <a:blip r:embed="rId1274699f63b619fa3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4566,51 +4566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been regulated as a quarantine pest since 2001. It is included in the Official New Zealand Pest Register (Pest Register for Importing Commodities to New Zealand, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892769836c1b83587" w:history="1">
+      <w:hyperlink r:id="rId8363699f63b61b995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestre gister.mpi.govt.nz/Pests Register/ImportCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bugwood (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450869836c1b8387f" w:history="1">
+      <w:hyperlink r:id="rId7449699f63b61bca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/Celastrus_orbiculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,81 +5090,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483869836c1b838dc" w:history="1">
+      <w:hyperlink r:id="rId8135699f63b61bd03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datas heet/12009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costley JL (2006) Introduced species summary project. Oriental bittersweet (Celastrus orbiculatus). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498969836c1b8390f" w:history="1">
+      <w:hyperlink r:id="rId6737699f63b61bd36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.columbia.edu/itc/cerc/danof f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5237,51 +5237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dreyer G (1994). Element stewardship abstract: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [Online]. In: Invasive on the web: The Nature Conservancy wildland invasive species program. The Nature Conservancy (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575669836c1b839ca" w:history="1">
+      <w:hyperlink r:id="rId2847699f63b61bdf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5441,131 +5441,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 225-264.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eppel-Hotz A (2012) Grüner Schmuck im Straßenraum –Bewährte Pflanzen für Lärmschutzsysteme. Hrsg. Bayerische Landesanstalt für Weinbau und Gartenbau, Abteilung Landespflege. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649269836c1b83b11" w:history="1">
+      <w:hyperlink r:id="rId9666699f63b61bf3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608069836c1b83b43" w:history="1">
+      <w:hyperlink r:id="rId4235699f63b61bf6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1084. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523169836c1b83b92" w:history="1">
+      <w:hyperlink r:id="rId7080699f63b61bfbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CELOR/ documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fryer JL (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717969836c1b83c52" w:history="1">
+      <w:hyperlink r:id="rId6390699f63b61c07b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 17 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5900,51 +5900,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horse DVM (2020) Orental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558369836c1b83e1c" w:history="1">
+      <w:hyperlink r:id="rId3148699f63b61c220" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.horsedvm.com/poisonous/bittersweet/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6039,51 +6039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSAWG (2019) Oriental bittersweet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Invasive plant species fact sheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125569836c1b83efd" w:history="1">
+      <w:hyperlink r:id="rId6970699f63b61c2fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.in.gov/dnr/files/OrientalBittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 24 February 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6773,51 +6773,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrhoff LJ, Silander JA Jr, Leicht SA, Mosher ES &amp; Tabak NM (2003) IPANE: Invasive Plant Atlas of New England, [Online].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storrs, CT: University of Connecticut, Department of Ecology and Evolutionary Biology (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246769836c1b843a2" w:history="1">
+      <w:hyperlink r:id="rId6242699f63b61c7e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nbii-nin.ciesin.columbia.edu/ipane/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69–76.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2020) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId737869836c1b845d5" w:history="1">
+      <w:hyperlink r:id="rId8015699f63b61ca2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 25 10 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7346,51 +7346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritterskamp M (2018) Invasive species of the month Oriental bittersweet (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974769836c1b8473a" w:history="1">
+      <w:hyperlink r:id="rId9128699f63b61cb92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thunb. Oriental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835869836c1b848b3" w:history="1">
+      <w:hyperlink r:id="rId5470699f63b61cd07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden of Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306869836c1b84911" w:history="1">
+      <w:hyperlink r:id="rId8323699f63b61cd58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8267,51 +8267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846769836c1b850ed" w:history="1">
+      <w:hyperlink r:id="rId7904699f63b61d15f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8380,51 +8380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 379-386 . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231369836c1b851a6" w:history="1">
+      <w:hyperlink r:id="rId4762699f63b61d214" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8511,137 +8511,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93981289">
+  <w:abstractNum w:abstractNumId="39428101">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53895997">
+    <w:lvl w:ilvl="0" w:tplc="38532340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53895997" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38532340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93981288">
+  <w:abstractNum w:abstractNumId="39428100">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83635491">
+    <w:lvl w:ilvl="0" w:tplc="77560819">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9393,55 +9393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93981288">
-    <w:abstractNumId w:val="93981288"/>
+  <w:num w:numId="39428100">
+    <w:abstractNumId w:val="39428100"/>
   </w:num>
-  <w:num w:numId="93981289">
-    <w:abstractNumId w:val="93981289"/>
+  <w:num w:numId="39428101">
+    <w:abstractNumId w:val="39428101"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20991,51 +20991,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId518441798" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406435645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId681469836c1b80469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId809869836c1b804ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId837269836c1b80d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId486269836c1b80edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId892769836c1b83587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId450869836c1b8387f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId483869836c1b838dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId498969836c1b8390f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId575669836c1b839ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId649269836c1b83b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId608069836c1b83b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId523169836c1b83b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId717969836c1b83c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId558369836c1b83e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId125569836c1b83efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId246769836c1b843a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId737869836c1b845d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId974769836c1b8473a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId835869836c1b848b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId306869836c1b84911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId846769836c1b850ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId231369836c1b851a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId657569836c1b80bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657569836c1b80bd2.jpg"/><Relationship Id="rId658469836c1b81c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658469836c1b81c89.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId601205431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725744800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3044699f63b618bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId4952699f63b618c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId9518699f63b618e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId4558699f63b618f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId8363699f63b61b995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId7449699f63b61bca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId8135699f63b61bd03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId6737699f63b61bd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId2847699f63b61bdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId9666699f63b61bf3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId4235699f63b61bf6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7080699f63b61bfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId6390699f63b61c07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId3148699f63b61c220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId6970699f63b61c2fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId6242699f63b61c7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId8015699f63b61ca2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId9128699f63b61cb92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId5470699f63b61cd07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId8323699f63b61cd58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId7904699f63b61d15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4762699f63b61d214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId4774699f63b618d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4774699f63b618d23.jpg"/><Relationship Id="rId1274699f63b619fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274699f63b619fa3.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>