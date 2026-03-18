--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Nakai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian bittersweet, Asiatic bittersweet, Chinese bittersweet, oriental bittersweet (US), round-leaved bittersweet, staff vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3044699f63b618bdb" w:history="1">
+            <w:hyperlink r:id="rId574369ba0dbee9280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4952699f63b618c21" w:history="1">
+            <w:hyperlink r:id="rId297869ba0dbee92c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CELOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57562702" name="name5551699f63b618d24" descr="12016.jpg"/>
+                  <wp:docPr id="85719960" name="name897769ba0dbee9a13" descr="12016.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12016.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4774699f63b618d23" cstate="print"/>
+                          <a:blip r:embed="rId607369ba0dbee9a11" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9518699f63b618e36" w:history="1">
+            <w:hyperlink r:id="rId245969ba0dbee9b55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -691,51 +691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as present in 25 eastern states. However, 31 states document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as present in at least one county according to EDDMapS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4558699f63b618f89" w:history="1">
+      <w:hyperlink r:id="rId548169ba0dbee9cd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eddmaps.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The current distribution of the species in the United States extends from Maine south to Georgia and west to Iowa (IPSAWG, 2019). Patterson (1973) stated that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -885,63 +885,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) record the species in 13 European countries (adding Latvia, Lithuania, Norway, European Russia, and Ukraine to the previous list) (see EPPO, 2021a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31600241" name="name3374699f63b619fa6" descr="CELOR_distribution_map.jpg"/>
+            <wp:docPr id="55414834" name="name325169ba0dbeea8ea" descr="CELOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CELOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1274699f63b619fa3" cstate="print"/>
+                    <a:blip r:embed="rId920869ba0dbeea8e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4566,51 +4566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In New Zealand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been regulated as a quarantine pest since 2001. It is included in the Official New Zealand Pest Register (Pest Register for Importing Commodities to New Zealand, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8363699f63b61b995" w:history="1">
+      <w:hyperlink r:id="rId404569ba0dbeec5d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestre gister.mpi.govt.nz/Pests Register/ImportCommodity/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bugwood (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7449699f63b61bca3" w:history="1">
+      <w:hyperlink r:id="rId967569ba0dbeec8dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://wiki.bugwood.org/Celastrus_orbiculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,81 +5090,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8135699f63b61bd03" w:history="1">
+      <w:hyperlink r:id="rId504469ba0dbeec93d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datas heet/12009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costley JL (2006) Introduced species summary project. Oriental bittersweet (Celastrus orbiculatus). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6737699f63b61bd36" w:history="1">
+      <w:hyperlink r:id="rId379569ba0dbeec971" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.columbia.edu/itc/cerc/danof f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 January 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5237,51 +5237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dreyer G (1994). Element stewardship abstract: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [Online]. In: Invasive on the web: The Nature Conservancy wildland invasive species program. The Nature Conservancy (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2847699f63b61bdf2" w:history="1">
+      <w:hyperlink r:id="rId485169ba0dbeeca32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5441,131 +5441,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 225-264.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eppel-Hotz A (2012) Grüner Schmuck im Straßenraum –Bewährte Pflanzen für Lärmschutzsysteme. Hrsg. Bayerische Landesanstalt für Weinbau und Gartenbau, Abteilung Landespflege. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9666699f63b61bf3a" w:history="1">
+      <w:hyperlink r:id="rId448369ba0dbeecb80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4235699f63b61bf6c" w:history="1">
+      <w:hyperlink r:id="rId953069ba0dbeecbb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1084. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7080699f63b61bfbb" w:history="1">
+      <w:hyperlink r:id="rId786369ba0dbeecc06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CELOR/ documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fryer JL (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Fire Effects Information System, [Online]. U.S. Department of Agriculture, Forest Service, Rocky Mountain Research Station, Fire Sciences Laboratory (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6390699f63b61c07b" w:history="1">
+      <w:hyperlink r:id="rId772369ba0dbeeccc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 17 November 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5900,51 +5900,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 215–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horse DVM (2020) Orental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3148699f63b61c220" w:history="1">
+      <w:hyperlink r:id="rId861369ba0dbeece74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.horsedvm.com/poisonous/bittersweet/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6039,51 +6039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPSAWG (2019) Oriental bittersweet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Invasive plant species fact sheet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6970699f63b61c2fe" w:history="1">
+      <w:hyperlink r:id="rId467569ba0dbeecf56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.in.gov/dnr/files/OrientalBittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 24 February 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6773,51 +6773,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mehrhoff LJ, Silander JA Jr, Leicht SA, Mosher ES &amp; Tabak NM (2003) IPANE: Invasive Plant Atlas of New England, [Online].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storrs, CT: University of Connecticut, Department of Ecology and Evolutionary Biology (Producer). Available: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6242699f63b61c7e7" w:history="1">
+      <w:hyperlink r:id="rId187269ba0dbeed421" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nbii-nin.ciesin.columbia.edu/ipane/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69–76.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2020) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8015699f63b61ca2a" w:history="1">
+      <w:hyperlink r:id="rId392769ba0dbeed6f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 25 10 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7346,51 +7346,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritterskamp M (2018) Invasive species of the month Oriental bittersweet (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9128699f63b61cb92" w:history="1">
+      <w:hyperlink r:id="rId320269ba0dbeed86d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7581,101 +7581,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thunb. Oriental bittersweet. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5470699f63b61cd07" w:history="1">
+      <w:hyperlink r:id="rId170069ba0dbeed9f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden of Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8323699f63b61cd58" w:history="1">
+      <w:hyperlink r:id="rId568169ba0dbeeda43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8267,51 +8267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Celastrus orbiculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7904699f63b61d15f" w:history="1">
+      <w:hyperlink r:id="rId954269ba0dbeede4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8380,51 +8380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 379-386 . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4762699f63b61d214" w:history="1">
+      <w:hyperlink r:id="rId591069ba0dbeedf02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8511,137 +8511,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39428101">
+  <w:abstractNum w:abstractNumId="24874764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38532340">
+    <w:lvl w:ilvl="0" w:tplc="60517682">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38532340" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60517682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39428100">
+  <w:abstractNum w:abstractNumId="24874763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77560819">
+    <w:lvl w:ilvl="0" w:tplc="92774842">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9393,55 +9393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39428100">
-    <w:abstractNumId w:val="39428100"/>
+  <w:num w:numId="24874763">
+    <w:abstractNumId w:val="24874763"/>
   </w:num>
-  <w:num w:numId="39428101">
-    <w:abstractNumId w:val="39428101"/>
+  <w:num w:numId="24874764">
+    <w:abstractNumId w:val="24874764"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20991,51 +20991,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId601205431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725744800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3044699f63b618bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId4952699f63b618c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId9518699f63b618e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId4558699f63b618f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId8363699f63b61b995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId7449699f63b61bca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId8135699f63b61bd03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId6737699f63b61bd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId2847699f63b61bdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId9666699f63b61bf3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId4235699f63b61bf6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7080699f63b61bfbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId6390699f63b61c07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId3148699f63b61c220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId6970699f63b61c2fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId6242699f63b61c7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId8015699f63b61ca2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId9128699f63b61cb92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId5470699f63b61cd07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId8323699f63b61cd58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId7904699f63b61d15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4762699f63b61d214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId4774699f63b618d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4774699f63b618d23.jpg"/><Relationship Id="rId1274699f63b619fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274699f63b619fa3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106430522" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423116007" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId574369ba0dbee9280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/" TargetMode="External"/><Relationship Id="rId297869ba0dbee92c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/categorization" TargetMode="External"/><Relationship Id="rId245969ba0dbee9b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/photos" TargetMode="External"/><Relationship Id="rId548169ba0dbee9cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eddmaps.org/" TargetMode="External"/><Relationship Id="rId404569ba0dbeec5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestre%20gister.mpi.govt.nz/Pests%20Register/ImportCommodity/" TargetMode="External"/><Relationship Id="rId967569ba0dbeec8dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.bugwood.org/Celastrus_orbiculatus" TargetMode="External"/><Relationship Id="rId504469ba0dbeec93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datas%20heet/12009" TargetMode="External"/><Relationship Id="rId379569ba0dbeec971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.columbia.edu/itc/cerc/danof%20f-burg/invasionbio/invsppsumm/Celastrusorbiculatus.htm" TargetMode="External"/><Relationship Id="rId485169ba0dbeeca32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tncweeds.ucdavis.edu/esadocs/documents/celaorb.html" TargetMode="External"/><Relationship Id="rId448369ba0dbeecb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwg.bayern.de/mam/cms06/landespflege/dateien/gruener_schmuck.pdf" TargetMode="External"/><Relationship Id="rId953069ba0dbeecbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId786369ba0dbeecc06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CELOR/documents" TargetMode="External"/><Relationship Id="rId772369ba0dbeeccc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/database/feis/plants/vine/celorb/all.html" TargetMode="External"/><Relationship Id="rId861369ba0dbeece74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.horsedvm.com/poisonous/bittersweet/" TargetMode="External"/><Relationship Id="rId467569ba0dbeecf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.in.gov/dnr/files/OrientalBittersweet.pdf" TargetMode="External"/><Relationship Id="rId187269ba0dbeed421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbii-nin.ciesin.columbia.edu/ipane/" TargetMode="External"/><Relationship Id="rId392769ba0dbeed6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId320269ba0dbeed86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://daviesscoswcd.org/images/pdf/December-2018-Oriental-Bittersweet.pdf" TargetMode="External"/><Relationship Id="rId170069ba0dbeed9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.sc.egov.usda.gov/core/profile?symbol=CEOR7" TargetMode="External"/><Relationship Id="rId568169ba0dbeeda43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId954269ba0dbeede4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId591069ba0dbeedf02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12811" TargetMode="External"/><Relationship Id="rId607369ba0dbee9a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607369ba0dbee9a11.jpg"/><Relationship Id="rId920869ba0dbeea8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId920869ba0dbeea8e7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>