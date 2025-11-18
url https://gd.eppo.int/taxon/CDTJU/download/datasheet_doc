--- v0 (2025-10-13)
+++ v1 (2025-11-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475668ecc57762476" w:history="1">
+            <w:hyperlink r:id="rId7670691cc4f8f1f8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606268ecc577624dc" w:history="1">
+            <w:hyperlink r:id="rId1928691cc4f8f2051" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79045643" name="name505068ecc577625a7" descr="5040.jpg"/>
+                  <wp:docPr id="28218875" name="name2637691cc4f8f2167" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId554568ecc577625a6" cstate="print"/>
+                          <a:blip r:embed="rId8400691cc4f8f2166" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId100568ecc57762689" w:history="1">
+            <w:hyperlink r:id="rId4573691cc4f8f2373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91129805" name="name664368ecc577636ae" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="52517847" name="name8409691cc4f8f343c" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId162568ecc577636ac" cstate="print"/>
+                    <a:blip r:embed="rId3951691cc4f8f343a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309268ecc5776468b" w:history="1">
+      <w:hyperlink r:id="rId6096691cc4f9003b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId432568ecc577646f2" w:history="1">
+      <w:hyperlink r:id="rId6145691cc4f900426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId962068ecc57764719" w:history="1">
+      <w:hyperlink r:id="rId1902691cc4f90044e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458468ecc577647eb" w:history="1">
+      <w:hyperlink r:id="rId7315691cc4f900526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381268ecc577648a6" w:history="1">
+      <w:hyperlink r:id="rId5542691cc4f9005e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525268ecc577648e5" w:history="1">
+      <w:hyperlink r:id="rId9757691cc4f900625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627868ecc57764990" w:history="1">
+      <w:hyperlink r:id="rId9289691cc4f9006c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547268ecc57764ae7" w:history="1">
+      <w:hyperlink r:id="rId2098691cc4f900a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451068ecc57764b32" w:history="1">
+      <w:hyperlink r:id="rId2734691cc4f900a7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420068ecc57764b70" w:history="1">
+      <w:hyperlink r:id="rId9572691cc4f900ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352468ecc57764bed" w:history="1">
+      <w:hyperlink r:id="rId6241691cc4f900b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620368ecc57764c2b" w:history="1">
+      <w:hyperlink r:id="rId6790691cc4f900bf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339268ecc57764c69" w:history="1">
+      <w:hyperlink r:id="rId2480691cc4f900c39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773768ecc57764ca6" w:history="1">
+      <w:hyperlink r:id="rId4975691cc4f900c7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511368ecc57764dcc" w:history="1">
+      <w:hyperlink r:id="rId5067691cc4f901326" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385768ecc57764e3e" w:history="1">
+      <w:hyperlink r:id="rId8223691cc4f9013ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170268ecc57764fea" w:history="1">
+      <w:hyperlink r:id="rId8638691cc4f901889" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180968ecc57765028" w:history="1">
+      <w:hyperlink r:id="rId1066691cc4f9018d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954568ecc57765065" w:history="1">
+      <w:hyperlink r:id="rId9405691cc4f901913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731168ecc577650a2" w:history="1">
+      <w:hyperlink r:id="rId3133691cc4f90197a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728568ecc5776513c" w:history="1">
+      <w:hyperlink r:id="rId1419691cc4f901a94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122368ecc5776517b" w:history="1">
+      <w:hyperlink r:id="rId9685691cc4f901b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440068ecc577651d6" w:history="1">
+      <w:hyperlink r:id="rId2940691cc4f901b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124168ecc57765284" w:history="1">
+      <w:hyperlink r:id="rId4555691cc4f901c1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430468ecc577652c3" w:history="1">
+      <w:hyperlink r:id="rId6755691cc4f901cf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837468ecc5776531e" w:history="1">
+      <w:hyperlink r:id="rId8288691cc4f901d5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786768ecc5776535b" w:history="1">
+      <w:hyperlink r:id="rId1759691cc4f901d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143768ecc57765653" w:history="1">
+      <w:hyperlink r:id="rId7718691cc4f902144" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321968ecc57765708" w:history="1">
+      <w:hyperlink r:id="rId2634691cc4f90249b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968168ecc5776589c" w:history="1">
+      <w:hyperlink r:id="rId8385691cc4f902a69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285668ecc57765927" w:history="1">
+      <w:hyperlink r:id="rId9695691cc4f902af8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5557,51 +5557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344968ecc57765a23" w:history="1">
+      <w:hyperlink r:id="rId2153691cc4f902c54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870368ecc57765bd3" w:history="1">
+      <w:hyperlink r:id="rId4866691cc4f902da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85139067">
+  <w:abstractNum w:abstractNumId="97773686">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48115683">
+    <w:lvl w:ilvl="0" w:tplc="43531590">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48115683" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43531590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85139066">
+  <w:abstractNum w:abstractNumId="97773685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61529648">
+    <w:lvl w:ilvl="0" w:tplc="93746334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85139066">
-    <w:abstractNumId w:val="85139066"/>
+  <w:num w:numId="97773685">
+    <w:abstractNumId w:val="97773685"/>
   </w:num>
-  <w:num w:numId="85139067">
-    <w:abstractNumId w:val="85139067"/>
+  <w:num w:numId="97773686">
+    <w:abstractNumId w:val="97773686"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId623613886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706055515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId475668ecc57762476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId606268ecc577624dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId100568ecc57762689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId309268ecc5776468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId432568ecc577646f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId962068ecc57764719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId458468ecc577647eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId381268ecc577648a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId525268ecc577648e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId627868ecc57764990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId547268ecc57764ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId451068ecc57764b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId420068ecc57764b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId352468ecc57764bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId620368ecc57764c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId339268ecc57764c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId773768ecc57764ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId511368ecc57764dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId385768ecc57764e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId170268ecc57764fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId180968ecc57765028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId954568ecc57765065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId731168ecc577650a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId728568ecc5776513c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId122368ecc5776517b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId440068ecc577651d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId124168ecc57765284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId430468ecc577652c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId837468ecc5776531e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId786768ecc5776535b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId143768ecc57765653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId321968ecc57765708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId968168ecc5776589c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId285668ecc57765927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId344968ecc57765a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId870368ecc57765bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId554568ecc577625a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId554568ecc577625a6.jpg"/><Relationship Id="rId162568ecc577636ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162568ecc577636ac.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585289210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId930906352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7670691cc4f8f1f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId1928691cc4f8f2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId4573691cc4f8f2373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId6096691cc4f9003b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId6145691cc4f900426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId1902691cc4f90044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId7315691cc4f900526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId5542691cc4f9005e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId9757691cc4f900625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9289691cc4f9006c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId2098691cc4f900a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId2734691cc4f900a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9572691cc4f900ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId6241691cc4f900b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId6790691cc4f900bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2480691cc4f900c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId4975691cc4f900c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId5067691cc4f901326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId8223691cc4f9013ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId8638691cc4f901889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId1066691cc4f9018d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId9405691cc4f901913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId3133691cc4f90197a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId1419691cc4f901a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId9685691cc4f901b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId2940691cc4f901b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId4555691cc4f901c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId6755691cc4f901cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId8288691cc4f901d5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId1759691cc4f901d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId7718691cc4f902144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId2634691cc4f90249b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId8385691cc4f902a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId9695691cc4f902af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId2153691cc4f902c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4866691cc4f902da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId8400691cc4f8f2166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8400691cc4f8f2166.jpg"/><Relationship Id="rId3951691cc4f8f343a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3951691cc4f8f343a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>