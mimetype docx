--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7670691cc4f8f1f8b" w:history="1">
+            <w:hyperlink r:id="rId3765693a666b2573e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1928691cc4f8f2051" w:history="1">
+            <w:hyperlink r:id="rId5211693a666b257a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28218875" name="name2637691cc4f8f2167" descr="5040.jpg"/>
+                  <wp:docPr id="51247317" name="name3548693a666b25871" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8400691cc4f8f2166" cstate="print"/>
+                          <a:blip r:embed="rId5226693a666b25870" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4573691cc4f8f2373" w:history="1">
+            <w:hyperlink r:id="rId7103693a666b25978" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52517847" name="name8409691cc4f8f343c" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="39209242" name="name3679693a666b26a39" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3951691cc4f8f343a" cstate="print"/>
+                    <a:blip r:embed="rId9723693a666b26a36" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6096691cc4f9003b8" w:history="1">
+      <w:hyperlink r:id="rId2891693a666b27a7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6145691cc4f900426" w:history="1">
+      <w:hyperlink r:id="rId2532693a666b27ae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1902691cc4f90044e" w:history="1">
+      <w:hyperlink r:id="rId3229693a666b27b09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7315691cc4f900526" w:history="1">
+      <w:hyperlink r:id="rId2764693a666b27bdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5542691cc4f9005e5" w:history="1">
+      <w:hyperlink r:id="rId9018693a666b27c9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9757691cc4f900625" w:history="1">
+      <w:hyperlink r:id="rId4293693a666b27cda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9289691cc4f9006c4" w:history="1">
+      <w:hyperlink r:id="rId9555693a666b27d76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2098691cc4f900a37" w:history="1">
+      <w:hyperlink r:id="rId3632693a666b27ed8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2734691cc4f900a7f" w:history="1">
+      <w:hyperlink r:id="rId1593693a666b27f19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9572691cc4f900ac0" w:history="1">
+      <w:hyperlink r:id="rId1248693a666b27f57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6241691cc4f900b94" w:history="1">
+      <w:hyperlink r:id="rId8538693a666b27fd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6790691cc4f900bf6" w:history="1">
+      <w:hyperlink r:id="rId6385693a666b28013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2480691cc4f900c39" w:history="1">
+      <w:hyperlink r:id="rId9429693a666b28051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4975691cc4f900c7c" w:history="1">
+      <w:hyperlink r:id="rId3190693a666b280a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5067691cc4f901326" w:history="1">
+      <w:hyperlink r:id="rId4163693a666b281d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8223691cc4f9013ab" w:history="1">
+      <w:hyperlink r:id="rId2479693a666b28244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8638691cc4f901889" w:history="1">
+      <w:hyperlink r:id="rId3437693a666b283f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1066691cc4f9018d2" w:history="1">
+      <w:hyperlink r:id="rId3381693a666b28433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9405691cc4f901913" w:history="1">
+      <w:hyperlink r:id="rId4545693a666b28471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3133691cc4f90197a" w:history="1">
+      <w:hyperlink r:id="rId6865693a666b284b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1419691cc4f901a94" w:history="1">
+      <w:hyperlink r:id="rId2532693a666b2854c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9685691cc4f901b03" w:history="1">
+      <w:hyperlink r:id="rId3275693a666b2858a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2940691cc4f901b66" w:history="1">
+      <w:hyperlink r:id="rId2346693a666b285e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4555691cc4f901c1d" w:history="1">
+      <w:hyperlink r:id="rId3307693a666b28694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6755691cc4f901cf0" w:history="1">
+      <w:hyperlink r:id="rId5323693a666b286d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8288691cc4f901d5a" w:history="1">
+      <w:hyperlink r:id="rId5227693a666b28732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1759691cc4f901d9b" w:history="1">
+      <w:hyperlink r:id="rId4941693a666b2876f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7718691cc4f902144" w:history="1">
+      <w:hyperlink r:id="rId5203693a666b287eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2634691cc4f90249b" w:history="1">
+      <w:hyperlink r:id="rId9313693a666b2887a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8385691cc4f902a69" w:history="1">
+      <w:hyperlink r:id="rId3508693a666b289cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9695691cc4f902af8" w:history="1">
+      <w:hyperlink r:id="rId1612693a666b28a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5557,51 +5557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2153691cc4f902c54" w:history="1">
+      <w:hyperlink r:id="rId4560693a666b28aff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4866691cc4f902da9" w:history="1">
+      <w:hyperlink r:id="rId6771693a666b28bc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97773686">
+  <w:abstractNum w:abstractNumId="11832934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43531590">
+    <w:lvl w:ilvl="0" w:tplc="79757973">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43531590" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79757973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97773685">
+  <w:abstractNum w:abstractNumId="11832933">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93746334">
+    <w:lvl w:ilvl="0" w:tplc="54926406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97773685">
-    <w:abstractNumId w:val="97773685"/>
+  <w:num w:numId="11832933">
+    <w:abstractNumId w:val="11832933"/>
   </w:num>
-  <w:num w:numId="97773686">
-    <w:abstractNumId w:val="97773686"/>
+  <w:num w:numId="11832934">
+    <w:abstractNumId w:val="11832934"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585289210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId930906352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7670691cc4f8f1f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId1928691cc4f8f2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId4573691cc4f8f2373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId6096691cc4f9003b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId6145691cc4f900426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId1902691cc4f90044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId7315691cc4f900526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId5542691cc4f9005e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId9757691cc4f900625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9289691cc4f9006c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId2098691cc4f900a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId2734691cc4f900a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9572691cc4f900ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId6241691cc4f900b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId6790691cc4f900bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2480691cc4f900c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId4975691cc4f900c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId5067691cc4f901326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId8223691cc4f9013ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId8638691cc4f901889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId1066691cc4f9018d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId9405691cc4f901913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId3133691cc4f90197a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId1419691cc4f901a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId9685691cc4f901b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId2940691cc4f901b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId4555691cc4f901c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId6755691cc4f901cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId8288691cc4f901d5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId1759691cc4f901d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId7718691cc4f902144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId2634691cc4f90249b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId8385691cc4f902a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId9695691cc4f902af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId2153691cc4f902c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4866691cc4f902da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId8400691cc4f8f2166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8400691cc4f8f2166.jpg"/><Relationship Id="rId3951691cc4f8f343a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3951691cc4f8f343a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId771713469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739187675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3765693a666b2573e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId5211693a666b257a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId7103693a666b25978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId2891693a666b27a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId2532693a666b27ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId3229693a666b27b09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId2764693a666b27bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId9018693a666b27c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId4293693a666b27cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9555693a666b27d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId3632693a666b27ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId1593693a666b27f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1248693a666b27f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId8538693a666b27fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId6385693a666b28013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId9429693a666b28051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId3190693a666b280a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId4163693a666b281d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId2479693a666b28244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId3437693a666b283f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId3381693a666b28433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId4545693a666b28471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId6865693a666b284b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId2532693a666b2854c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId3275693a666b2858a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId2346693a666b285e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId3307693a666b28694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId5323693a666b286d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId5227693a666b28732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId4941693a666b2876f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId5203693a666b287eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId9313693a666b2887a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId3508693a666b289cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId1612693a666b28a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4560693a666b28aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6771693a666b28bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId5226693a666b25870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5226693a666b25870.jpg"/><Relationship Id="rId9723693a666b26a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9723693a666b26a36.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>