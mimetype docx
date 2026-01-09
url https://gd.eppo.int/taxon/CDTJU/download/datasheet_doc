--- v2 (2025-12-11)
+++ v3 (2026-01-09)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3765693a666b2573e" w:history="1">
+            <w:hyperlink r:id="rId50216961816426af4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5211693a666b257a7" w:history="1">
+            <w:hyperlink r:id="rId79756961816426b5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51247317" name="name3548693a666b25871" descr="5040.jpg"/>
+                  <wp:docPr id="18041488" name="name65206961816426c1a" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5226693a666b25870" cstate="print"/>
+                          <a:blip r:embed="rId44636961816426c19" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7103693a666b25978" w:history="1">
+            <w:hyperlink r:id="rId81576961816426d36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39209242" name="name3679693a666b26a39" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="8021458" name="name70066961816427e68" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9723693a666b26a36" cstate="print"/>
+                    <a:blip r:embed="rId79486961816427e64" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2891693a666b27a7a" w:history="1">
+      <w:hyperlink r:id="rId29826961816429169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2532693a666b27ae1" w:history="1">
+      <w:hyperlink r:id="rId997869618164291d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3229693a666b27b09" w:history="1">
+      <w:hyperlink r:id="rId111169618164291fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2764693a666b27bdf" w:history="1">
+      <w:hyperlink r:id="rId473069618164292db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9018693a666b27c9a" w:history="1">
+      <w:hyperlink r:id="rId9415696181642939b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4293693a666b27cda" w:history="1">
+      <w:hyperlink r:id="rId715869618164293db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9555693a666b27d76" w:history="1">
+      <w:hyperlink r:id="rId9082696181642973d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3632693a666b27ed8" w:history="1">
+      <w:hyperlink r:id="rId3517696181642993a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1593693a666b27f19" w:history="1">
+      <w:hyperlink r:id="rId57566961816429984" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1248693a666b27f57" w:history="1">
+      <w:hyperlink r:id="rId492469618164299c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8538693a666b27fd5" w:history="1">
+      <w:hyperlink r:id="rId78726961816429bce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6385693a666b28013" w:history="1">
+      <w:hyperlink r:id="rId55406961816429c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9429693a666b28051" w:history="1">
+      <w:hyperlink r:id="rId13536961816429c91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3190693a666b280a6" w:history="1">
+      <w:hyperlink r:id="rId20016961816429d2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4163693a666b281d2" w:history="1">
+      <w:hyperlink r:id="rId76676961816429e99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2479693a666b28244" w:history="1">
+      <w:hyperlink r:id="rId77726961816429f12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3437693a666b283f5" w:history="1">
+      <w:hyperlink r:id="rId1844696181642a180" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3381693a666b28433" w:history="1">
+      <w:hyperlink r:id="rId6418696181642a1c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4545693a666b28471" w:history="1">
+      <w:hyperlink r:id="rId5392696181642a227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6865693a666b284b0" w:history="1">
+      <w:hyperlink r:id="rId5593696181642a26a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2532693a666b2854c" w:history="1">
+      <w:hyperlink r:id="rId9531696181642a340" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3275693a666b2858a" w:history="1">
+      <w:hyperlink r:id="rId6433696181642a382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2346693a666b285e7" w:history="1">
+      <w:hyperlink r:id="rId3601696181642a41e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3307693a666b28694" w:history="1">
+      <w:hyperlink r:id="rId1569696181642a69d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5323693a666b286d5" w:history="1">
+      <w:hyperlink r:id="rId8529696181642a6f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5227693a666b28732" w:history="1">
+      <w:hyperlink r:id="rId7444696181642a75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4941693a666b2876f" w:history="1">
+      <w:hyperlink r:id="rId5556696181642a7c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5203693a666b287eb" w:history="1">
+      <w:hyperlink r:id="rId6445696181642a849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9313693a666b2887a" w:history="1">
+      <w:hyperlink r:id="rId8041696181642a8de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3508693a666b289cc" w:history="1">
+      <w:hyperlink r:id="rId1596696181642aa6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1612693a666b28a0b" w:history="1">
+      <w:hyperlink r:id="rId6671696181642ab95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5535,73 +5535,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4560693a666b28aff" w:history="1">
+      <w:hyperlink r:id="rId4910696181642acb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6771693a666b28bc4" w:history="1">
+      <w:hyperlink r:id="rId3875696181642ad80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11832934">
+  <w:abstractNum w:abstractNumId="27768374">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79757973">
+    <w:lvl w:ilvl="0" w:tplc="64408173">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79757973" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64408173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11832933">
+  <w:abstractNum w:abstractNumId="27768373">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54926406">
+    <w:lvl w:ilvl="0" w:tplc="14339598">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11832933">
-    <w:abstractNumId w:val="11832933"/>
+  <w:num w:numId="27768373">
+    <w:abstractNumId w:val="27768373"/>
   </w:num>
-  <w:num w:numId="11832934">
-    <w:abstractNumId w:val="11832934"/>
+  <w:num w:numId="27768374">
+    <w:abstractNumId w:val="27768374"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId771713469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739187675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3765693a666b2573e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId5211693a666b257a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId7103693a666b25978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId2891693a666b27a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId2532693a666b27ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId3229693a666b27b09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId2764693a666b27bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId9018693a666b27c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId4293693a666b27cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9555693a666b27d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId3632693a666b27ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId1593693a666b27f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1248693a666b27f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId8538693a666b27fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId6385693a666b28013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId9429693a666b28051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId3190693a666b280a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId4163693a666b281d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId2479693a666b28244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId3437693a666b283f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId3381693a666b28433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId4545693a666b28471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId6865693a666b284b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId2532693a666b2854c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId3275693a666b2858a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId2346693a666b285e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId3307693a666b28694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId5323693a666b286d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId5227693a666b28732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId4941693a666b2876f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId5203693a666b287eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId9313693a666b2887a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId3508693a666b289cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId1612693a666b28a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4560693a666b28aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6771693a666b28bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId5226693a666b25870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5226693a666b25870.jpg"/><Relationship Id="rId9723693a666b26a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9723693a666b26a36.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId352216521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457497450" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50216961816426af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId79756961816426b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId81576961816426d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId29826961816429169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId997869618164291d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId111169618164291fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId473069618164292db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId9415696181642939b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId715869618164293db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9082696181642973d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId3517696181642993a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId57566961816429984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId492469618164299c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId78726961816429bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId55406961816429c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId13536961816429c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId20016961816429d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId76676961816429e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId77726961816429f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId1844696181642a180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId6418696181642a1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId5392696181642a227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId5593696181642a26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId9531696181642a340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId6433696181642a382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId3601696181642a41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId1569696181642a69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId8529696181642a6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId7444696181642a75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId5556696181642a7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId6445696181642a849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId8041696181642a8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId1596696181642aa6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId6671696181642ab95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4910696181642acb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3875696181642ad80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId44636961816426c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44636961816426c19.jpg"/><Relationship Id="rId79486961816427e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79486961816427e64.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>