--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50216961816426af4" w:history="1">
+            <w:hyperlink r:id="rId1880697f934c18e33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79756961816426b5d" w:history="1">
+            <w:hyperlink r:id="rId3949697f934c18ec0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18041488" name="name65206961816426c1a" descr="5040.jpg"/>
+                  <wp:docPr id="27225956" name="name6962697f934c19505" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44636961816426c19" cstate="print"/>
+                          <a:blip r:embed="rId2628697f934c19503" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId81576961816426d36" w:history="1">
+            <w:hyperlink r:id="rId7722697f934c1963e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8021458" name="name70066961816427e68" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="31817899" name="name5837697f934c1a781" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79486961816427e64" cstate="print"/>
+                    <a:blip r:embed="rId8629697f934c1a77f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29826961816429169" w:history="1">
+      <w:hyperlink r:id="rId3018697f934c1bc9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId997869618164291d5" w:history="1">
+      <w:hyperlink r:id="rId9361697f934c1bd39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId111169618164291fc" w:history="1">
+      <w:hyperlink r:id="rId1273697f934c1bd61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473069618164292db" w:history="1">
+      <w:hyperlink r:id="rId7927697f934c1be89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9415696181642939b" w:history="1">
+      <w:hyperlink r:id="rId1730697f934c1bf4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715869618164293db" w:history="1">
+      <w:hyperlink r:id="rId2805697f934c1bf8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9082696181642973d" w:history="1">
+      <w:hyperlink r:id="rId5153697f934c1c055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3517696181642993a" w:history="1">
+      <w:hyperlink r:id="rId9266697f934c1c1e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57566961816429984" w:history="1">
+      <w:hyperlink r:id="rId4031697f934c1c226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492469618164299c5" w:history="1">
+      <w:hyperlink r:id="rId1284697f934c1c27a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78726961816429bce" w:history="1">
+      <w:hyperlink r:id="rId9959697f934c1c35e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55406961816429c49" w:history="1">
+      <w:hyperlink r:id="rId1446697f934c1c3a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13536961816429c91" w:history="1">
+      <w:hyperlink r:id="rId2030697f934c1c3e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20016961816429d2f" w:history="1">
+      <w:hyperlink r:id="rId6586697f934c1c41e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76676961816429e99" w:history="1">
+      <w:hyperlink r:id="rId7584697f934c1c590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77726961816429f12" w:history="1">
+      <w:hyperlink r:id="rId9738697f934c1c611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1844696181642a180" w:history="1">
+      <w:hyperlink r:id="rId9539697f934c1c81b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6418696181642a1c1" w:history="1">
+      <w:hyperlink r:id="rId1663697f934c1c85b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5392696181642a227" w:history="1">
+      <w:hyperlink r:id="rId8017697f934c1c899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5593696181642a26a" w:history="1">
+      <w:hyperlink r:id="rId3719697f934c1c8d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9531696181642a340" w:history="1">
+      <w:hyperlink r:id="rId9542697f934c1cbaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6433696181642a382" w:history="1">
+      <w:hyperlink r:id="rId2756697f934c1cbf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3601696181642a41e" w:history="1">
+      <w:hyperlink r:id="rId5206697f934c1cc53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1569696181642a69d" w:history="1">
+      <w:hyperlink r:id="rId5404697f934c1cd4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8529696181642a6f6" w:history="1">
+      <w:hyperlink r:id="rId2006697f934c1cda1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7444696181642a75a" w:history="1">
+      <w:hyperlink r:id="rId8266697f934c1ce05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5556696181642a7c2" w:history="1">
+      <w:hyperlink r:id="rId4437697f934c1ce5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6445696181642a849" w:history="1">
+      <w:hyperlink r:id="rId3671697f934c1cf1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8041696181642a8de" w:history="1">
+      <w:hyperlink r:id="rId4575697f934c1cfc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1596696181642aa6e" w:history="1">
+      <w:hyperlink r:id="rId8785697f934c1d261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6671696181642ab95" w:history="1">
+      <w:hyperlink r:id="rId2551697f934c1d2a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5557,51 +5557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4910696181642acb5" w:history="1">
+      <w:hyperlink r:id="rId7201697f934c1d3bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3875696181642ad80" w:history="1">
+      <w:hyperlink r:id="rId3972697f934c1d4d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27768374">
+  <w:abstractNum w:abstractNumId="63127776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64408173">
+    <w:lvl w:ilvl="0" w:tplc="37060907">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64408173" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37060907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27768373">
+  <w:abstractNum w:abstractNumId="63127775">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14339598">
+    <w:lvl w:ilvl="0" w:tplc="19039410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27768373">
-    <w:abstractNumId w:val="27768373"/>
+  <w:num w:numId="63127775">
+    <w:abstractNumId w:val="63127775"/>
   </w:num>
-  <w:num w:numId="27768374">
-    <w:abstractNumId w:val="27768374"/>
+  <w:num w:numId="63127776">
+    <w:abstractNumId w:val="63127776"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId352216521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457497450" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50216961816426af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId79756961816426b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId81576961816426d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId29826961816429169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId997869618164291d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId111169618164291fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId473069618164292db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId9415696181642939b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId715869618164293db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId9082696181642973d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId3517696181642993a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId57566961816429984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId492469618164299c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId78726961816429bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId55406961816429c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId13536961816429c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId20016961816429d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId76676961816429e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId77726961816429f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId1844696181642a180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId6418696181642a1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId5392696181642a227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId5593696181642a26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId9531696181642a340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId6433696181642a382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId3601696181642a41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId1569696181642a69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId8529696181642a6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId7444696181642a75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId5556696181642a7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId6445696181642a849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId8041696181642a8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId1596696181642aa6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId6671696181642ab95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4910696181642acb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3875696181642ad80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId44636961816426c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44636961816426c19.jpg"/><Relationship Id="rId79486961816427e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79486961816427e64.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479867627" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587405211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1880697f934c18e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId3949697f934c18ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId7722697f934c1963e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId3018697f934c1bc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId9361697f934c1bd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId1273697f934c1bd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId7927697f934c1be89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId1730697f934c1bf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId2805697f934c1bf8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId5153697f934c1c055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId9266697f934c1c1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId4031697f934c1c226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1284697f934c1c27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId9959697f934c1c35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId1446697f934c1c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2030697f934c1c3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId6586697f934c1c41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId7584697f934c1c590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId9738697f934c1c611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId9539697f934c1c81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId1663697f934c1c85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId8017697f934c1c899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId3719697f934c1c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId9542697f934c1cbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId2756697f934c1cbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId5206697f934c1cc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId5404697f934c1cd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId2006697f934c1cda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId8266697f934c1ce05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId4437697f934c1ce5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId3671697f934c1cf1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId4575697f934c1cfc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId8785697f934c1d261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId2551697f934c1d2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId7201697f934c1d3bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3972697f934c1d4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId2628697f934c19503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2628697f934c19503.jpg"/><Relationship Id="rId8629697f934c1a77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8629697f934c1a77f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>