--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1880697f934c18e33" w:history="1">
+            <w:hyperlink r:id="rId1056699b114364c81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3949697f934c18ec0" w:history="1">
+            <w:hyperlink r:id="rId6367699b114364cea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27225956" name="name6962697f934c19505" descr="5040.jpg"/>
+                  <wp:docPr id="69473266" name="name8146699b114365262" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2628697f934c19503" cstate="print"/>
+                          <a:blip r:embed="rId6030699b114365260" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7722697f934c1963e" w:history="1">
+            <w:hyperlink r:id="rId4560699b114365381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31817899" name="name5837697f934c1a781" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="77537875" name="name9836699b1143661a0" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8629697f934c1a77f" cstate="print"/>
+                    <a:blip r:embed="rId7866699b11436619d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3018697f934c1bc9b" w:history="1">
+      <w:hyperlink r:id="rId9117699b114367249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9361697f934c1bd39" w:history="1">
+      <w:hyperlink r:id="rId2806699b1143672b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1273697f934c1bd61" w:history="1">
+      <w:hyperlink r:id="rId9776699b1143672d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7927697f934c1be89" w:history="1">
+      <w:hyperlink r:id="rId1313699b1143673b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1730697f934c1bf4b" w:history="1">
+      <w:hyperlink r:id="rId7149699b11436746c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2805697f934c1bf8b" w:history="1">
+      <w:hyperlink r:id="rId9138699b1143674aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5153697f934c1c055" w:history="1">
+      <w:hyperlink r:id="rId4798699b114367546" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9266697f934c1c1e3" w:history="1">
+      <w:hyperlink r:id="rId2103699b1143676e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4031697f934c1c226" w:history="1">
+      <w:hyperlink r:id="rId9256699b114367725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1284697f934c1c27a" w:history="1">
+      <w:hyperlink r:id="rId5409699b114367762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9959697f934c1c35e" w:history="1">
+      <w:hyperlink r:id="rId1560699b1143677df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1446697f934c1c3a0" w:history="1">
+      <w:hyperlink r:id="rId2502699b11436782f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2030697f934c1c3e0" w:history="1">
+      <w:hyperlink r:id="rId2855699b11436786f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6586697f934c1c41e" w:history="1">
+      <w:hyperlink r:id="rId4774699b1143678ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7584697f934c1c590" w:history="1">
+      <w:hyperlink r:id="rId5987699b1143679d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9738697f934c1c611" w:history="1">
+      <w:hyperlink r:id="rId8004699b114367a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9539697f934c1c81b" w:history="1">
+      <w:hyperlink r:id="rId9900699b114367c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1663697f934c1c85b" w:history="1">
+      <w:hyperlink r:id="rId8477699b114367c3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8017697f934c1c899" w:history="1">
+      <w:hyperlink r:id="rId3594699b114367c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3719697f934c1c8d7" w:history="1">
+      <w:hyperlink r:id="rId2766699b114367cb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9542697f934c1cbaf" w:history="1">
+      <w:hyperlink r:id="rId6241699b114367d54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2756697f934c1cbf4" w:history="1">
+      <w:hyperlink r:id="rId8297699b114367da8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5206697f934c1cc53" w:history="1">
+      <w:hyperlink r:id="rId5158699b114367e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5404697f934c1cd4a" w:history="1">
+      <w:hyperlink r:id="rId2248699b114367ee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2006697f934c1cda1" w:history="1">
+      <w:hyperlink r:id="rId2176699b114367f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8266697f934c1ce05" w:history="1">
+      <w:hyperlink r:id="rId3765699b114367f84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4437697f934c1ce5c" w:history="1">
+      <w:hyperlink r:id="rId3897699b114367fc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3671697f934c1cf1f" w:history="1">
+      <w:hyperlink r:id="rId1629699b11436803e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4575697f934c1cfc4" w:history="1">
+      <w:hyperlink r:id="rId5444699b1143680cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8785697f934c1d261" w:history="1">
+      <w:hyperlink r:id="rId7660699b114368220" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2551697f934c1d2a6" w:history="1">
+      <w:hyperlink r:id="rId7115699b114368260" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5557,51 +5557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7201697f934c1d3bd" w:history="1">
+      <w:hyperlink r:id="rId4237699b114368349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3972697f934c1d4d1" w:history="1">
+      <w:hyperlink r:id="rId3015699b11436840d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63127776">
+  <w:abstractNum w:abstractNumId="38266417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37060907">
+    <w:lvl w:ilvl="0" w:tplc="43947260">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37060907" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43947260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63127775">
+  <w:abstractNum w:abstractNumId="38266416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19039410">
+    <w:lvl w:ilvl="0" w:tplc="90332353">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63127775">
-    <w:abstractNumId w:val="63127775"/>
+  <w:num w:numId="38266416">
+    <w:abstractNumId w:val="38266416"/>
   </w:num>
-  <w:num w:numId="63127776">
-    <w:abstractNumId w:val="63127776"/>
+  <w:num w:numId="38266417">
+    <w:abstractNumId w:val="38266417"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId479867627" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587405211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1880697f934c18e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId3949697f934c18ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId7722697f934c1963e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId3018697f934c1bc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId9361697f934c1bd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId1273697f934c1bd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId7927697f934c1be89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId1730697f934c1bf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId2805697f934c1bf8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId5153697f934c1c055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId9266697f934c1c1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId4031697f934c1c226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1284697f934c1c27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId9959697f934c1c35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId1446697f934c1c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2030697f934c1c3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId6586697f934c1c41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId7584697f934c1c590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId9738697f934c1c611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId9539697f934c1c81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId1663697f934c1c85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId8017697f934c1c899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId3719697f934c1c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId9542697f934c1cbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId2756697f934c1cbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId5206697f934c1cc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId5404697f934c1cd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId2006697f934c1cda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId8266697f934c1ce05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId4437697f934c1ce5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId3671697f934c1cf1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId4575697f934c1cfc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId8785697f934c1d261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId2551697f934c1d2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId7201697f934c1d3bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3972697f934c1d4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId2628697f934c19503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2628697f934c19503.jpg"/><Relationship Id="rId8629697f934c1a77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8629697f934c1a77f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId352636120" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799918239" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1056699b114364c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId6367699b114364cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId4560699b114365381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId9117699b114367249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId2806699b1143672b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId9776699b1143672d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId1313699b1143673b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId7149699b11436746c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId9138699b1143674aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId4798699b114367546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId2103699b1143676e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId9256699b114367725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId5409699b114367762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId1560699b1143677df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId2502699b11436782f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2855699b11436786f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId4774699b1143678ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId5987699b1143679d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId8004699b114367a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId9900699b114367c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId8477699b114367c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId3594699b114367c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId2766699b114367cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId6241699b114367d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId8297699b114367da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId5158699b114367e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId2248699b114367ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId2176699b114367f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId3765699b114367f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId3897699b114367fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId1629699b11436803e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId5444699b1143680cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId7660699b114368220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId7115699b114368260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4237699b114368349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3015699b11436840d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId6030699b114365260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6030699b114365260.jpg"/><Relationship Id="rId7866699b11436619d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7866699b11436619d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>