--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Meyen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean pampas grass, Andes grass, Selloa grass, jubata grass, jubatagrass, pampas grass, pink pampas grass, purple pampas grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1056699b114364c81" w:history="1">
+            <w:hyperlink r:id="rId523769b5a96925aee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6367699b114364cea" w:history="1">
+            <w:hyperlink r:id="rId343369b5a96925b55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CDTJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69473266" name="name8146699b114365262" descr="5040.jpg"/>
+                  <wp:docPr id="83987014" name="name383869b5a96925c00" descr="5040.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5040.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6030699b114365260" cstate="print"/>
+                          <a:blip r:embed="rId209669b5a96925bff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4560699b114365381" w:history="1">
+            <w:hyperlink r:id="rId208269b5a96925ccb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -721,63 +721,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77537875" name="name9836699b1143661a0" descr="CDTJU_distribution_map.jpg"/>
+            <wp:docPr id="26728575" name="name666069b5a9692691e" descr="CDTJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CDTJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7866699b11436619d" cstate="print"/>
+                    <a:blip r:embed="rId683269b5a9692691c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2964,51 +2964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, control of the species is enabled by the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Category 1b invasive species’ on the NEMBA-mandated ‘Alien and Invasive Species Lists, 2016’. Category 1b invasive species may not be imported into South Africa, grown, bred or otherwise propagated, moved or translocated in any manner, sold, traded or be given away. Category 1b species are major invaders that possibly require government support in order to be removed. The spread or allowing the spread of any Category 1b species is prohibited (NEMBA Act 10 of 2004, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9117699b114367249" w:history="1">
+      <w:hyperlink r:id="rId264969b5a96927950" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3023,72 +3023,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Hawaii, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘Noxious Weed’ as defined in Chapter 152, Hawaii Revised Statutes: ‘any plant species which is, or which may be likely to become, injurious, harmful, or deleterious to the agricultural, horticultural, aquaculture, or livestock industry of the State and to forest and recreational areas and conservation districts of the State, as determined and designated by the department from time to time’ (Hawaii Invasive Species Council, 2018). In Colorado, this species is on the State Noxious Weed Watch List, which includes species that are ‘known to be invasive in areas near Colorado but are not known to occur here or whose distribution is not yet fully understood’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2806699b1143672b2" w:history="1">
+      <w:hyperlink r:id="rId758869b5a969279b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cwma.org/noxweeds.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Oregon, this species is a ‘B Listed Weed’, which includes species that are ‘a weed of economic importance which is regionally abundant, but which may have limited distribution in some counties’ (Oregon Department of Agriculture, 2018). In Washington State, this species is a ‘Class C Weed’. These species ‘are often widespread or are of special interest to the agricultural industry’. ‘The State Weed Board does not require control of’ these species, but the ‘State and many County Weed Boards provide information on identification and best management practices for these species’, and ‘a County Weed Board may require landowners to control a Class C weed if it poses a threat to agriculture or natural resources’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9776699b1143672d8" w:history="1">
+      <w:hyperlink r:id="rId835669b5a969279de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.nwcb.wa.gov/washingtons-noxious-weed-laws</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3173,51 +3173,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Christchurch, New Zealand, 26-30 September, 2010, pp. 239–242. New Zealand Plant Protection Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2017) National pest plant accord. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1313699b1143673b0" w:history="1">
+      <w:hyperlink r:id="rId167569b5a96927ab1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3290,90 +3290,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. CAB International, Wallingford (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7149699b11436746c" w:history="1">
+      <w:hyperlink r:id="rId399869b5a96927b78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/113484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cal-IPC (2017) Cortaderia jubata. Invasive Plants of California’s Wildland. California Invasive Plant Council. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9138699b1143674aa" w:history="1">
+      <w:hyperlink r:id="rId882569b5a96927bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3426,51 +3426,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25–27.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daehler C (2006) Australian/New Zealand Weed Risk Assessment adapted for Hawai’i.: Cortaderia jubata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4798699b114367546" w:history="1">
+      <w:hyperlink r:id="rId350069b5a96927c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,129 +3641,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 525–530.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Edgar E &amp; Connor HE (2000) Flora of New Zealand Vol. V. Gramineae. Manaaki Whenua Press, Lincoln (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2103699b1143676e4" w:history="1">
+      <w:hyperlink r:id="rId934169b5a96927dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Cortaderia jubata EPPO, Paris (FR). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9256699b114367725" w:history="1">
+      <w:hyperlink r:id="rId817169b5a96927def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of New Zealand Series (2004) Flora of New Zealand Series. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5409699b114367762" w:history="1">
+      <w:hyperlink r:id="rId151969b5a96927e2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://floraseries.landcareresearch.co.nz/pages/index.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3796,168 +3796,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 187–190., Hastings (NZ) New Zealand Weed and Pest Control Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gosling DS, Shaw WB &amp; Beadel SM (2000) Review of control methods for pampas grasses in New Zealand. Science for Conservation, pp. 165:32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1560699b1143677df" w:history="1">
+      <w:hyperlink r:id="rId896769b5a96927eb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2011) Pink Pampas Grass. Weed Alert! </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2502699b11436782f" w:history="1">
+      <w:hyperlink r:id="rId739369b5a96927ef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2855699b11436786f" w:history="1">
+      <w:hyperlink r:id="rId494869b5a96927f34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Species Council (2018) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4774699b1143678ad" w:history="1">
+      <w:hyperlink r:id="rId711869b5a96927f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dlnr.hawaii.gov/hisc/info/policy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 January 2018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4099,51 +4099,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107–112.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Botánica Darwinion (2017) Flora del Conosur. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5987699b1143679d5" w:history="1">
+      <w:hyperlink r:id="rId563169b5a969280be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4169,51 +4169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8004699b114367a46" w:history="1">
+      <w:hyperlink r:id="rId261269b5a96928135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4440,168 +4440,168 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Muyt A (2001) Bush Invaders of South-East Australia: A Guide to the Identification and Control of Environmental Weeds Found in South-East Australia. R.G. &amp; F.J. Richardson, Melbourne, Vic. (AU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New South Wales (2015) Biosecurity Act 2015 No 24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9900699b114367c01" w:history="1">
+      <w:hyperlink r:id="rId269569b5a969282f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.nsw.gov.au/acts/2015-24.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 March 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2017) New Zealand’s Flora. Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8477699b114367c3f" w:history="1">
+      <w:hyperlink r:id="rId662569b5a9692834d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nzpcn.org.nz/flora_details.aspx?ID=3752</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NSW Government (2017) NSW WeedWise. Department of Primary Industries. New South Wales. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3594699b114367c7b" w:history="1">
+      <w:hyperlink r:id="rId983969b5a9692838b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2018) Noxious weed policy and classification system 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2766699b114367cb8" w:history="1">
+      <w:hyperlink r:id="rId745969b5a969283c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2018].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4654,90 +4654,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peterson DL &amp; Russo MJ (1988) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pampas Grass. The Nature Conservancy, Arlington, VA (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6241699b114367d54" w:history="1">
+      <w:hyperlink r:id="rId964569b5a96928467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popay I, Timmins SM &amp; McCluggage T (2003) Aerial spraying of pampas grass in difficult conservation sites. Science for Conservation, 218, Department of Conservation, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8297699b114367da8" w:history="1">
+      <w:hyperlink r:id="rId586969b5a969284a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2017)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Weeds of Australia; Biosecurity Queensland Edition. Queensland (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5158699b114367e06" w:history="1">
+      <w:hyperlink r:id="rId117669b5a96928503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,90 +4860,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 343–346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roy HE, Adriaens T, Aldridge DC, Bacher S, Bishop JDD, Blackburn TM et al. (2015) Invasive alien species—prioritising prevention efforts through horizon scanning ENV.B.2/ETU/2014/0016. Final report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2248699b114367ee4" w:history="1">
+      <w:hyperlink r:id="rId538669b5a969285b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 20 December 2016].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal Horticultural Society (2009) Cortaderia: Final Trials Report 2007-2009. 7 pp. Royal Horticultural Society, Wisley (UK). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2176699b114367f25" w:history="1">
+      <w:hyperlink r:id="rId229269b5a969285f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4958,90 +4958,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stanton AE, DiTomaso J, Roye C, Clines J &amp; Johnson D (2005) Cal-IPC Plant Assessment Form: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3765699b114367f84" w:history="1">
+      <w:hyperlink r:id="rId557369b5a96928651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cal-ipc.org/paf/site/paf/306</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Starr F, Starr K &amp; Loope L (2003) Cortaderia spp. Hawaiian Ecosystems at Risk project (HEAR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3897699b114367fc2" w:history="1">
+      <w:hyperlink r:id="rId417869b5a9692869c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5076,51 +5076,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia selloana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in New Zealand. Ministry for Primary Industries, Wellington (NZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1629699b11436803e" w:history="1">
+      <w:hyperlink r:id="rId284269b5a9692871e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 31 August 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5164,51 +5164,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasmanian Government (2018) The weed management Act 1999 and its regulations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5444699b1143680cf" w:history="1">
+      <w:hyperlink r:id="rId660069b5a969287af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 20 November, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5379,90 +5379,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 260–276.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC Weed Research &amp; Information Center (2017) Pampasgrass and Jubatagrass: Threaten California Coastal Habitats. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7660699b114368220" w:history="1">
+      <w:hyperlink r:id="rId106669b5a96928904" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA NPGS (2017) The PLANTS Database. United States Department of Agriculture, Agricultural Research Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7115699b114368260" w:history="1">
+      <w:hyperlink r:id="rId442069b5a96928945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 August 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5557,51 +5557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cortaderia jubata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4237699b114368349" w:history="1">
+      <w:hyperlink r:id="rId390269b5a96928a30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5677,51 +5677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3015699b11436840d" w:history="1">
+      <w:hyperlink r:id="rId605169b5a96928b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12528</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -5817,137 +5817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38266417">
+  <w:abstractNum w:abstractNumId="17395795">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43947260">
+    <w:lvl w:ilvl="0" w:tplc="88610731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43947260" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88610731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38266416">
+  <w:abstractNum w:abstractNumId="17395794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90332353">
+    <w:lvl w:ilvl="0" w:tplc="26207513">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6699,55 +6699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38266416">
-    <w:abstractNumId w:val="38266416"/>
+  <w:num w:numId="17395794">
+    <w:abstractNumId w:val="17395794"/>
   </w:num>
-  <w:num w:numId="38266417">
-    <w:abstractNumId w:val="38266417"/>
+  <w:num w:numId="17395795">
+    <w:abstractNumId w:val="17395795"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18297,51 +18297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId352636120" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799918239" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1056699b114364c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId6367699b114364cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId4560699b114365381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId9117699b114367249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId2806699b1143672b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId9776699b1143672d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId1313699b1143673b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId7149699b11436746c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId9138699b1143674aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId4798699b114367546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId2103699b1143676e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId9256699b114367725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId5409699b114367762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId1560699b1143677df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId2502699b11436782f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId2855699b11436786f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId4774699b1143678ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId5987699b1143679d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId8004699b114367a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId9900699b114367c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId8477699b114367c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId3594699b114367c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId2766699b114367cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId6241699b114367d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId8297699b114367da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId5158699b114367e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId2248699b114367ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId2176699b114367f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId3765699b114367f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId3897699b114367fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId1629699b11436803e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId5444699b1143680cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId7660699b114368220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId7115699b114368260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId4237699b114368349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3015699b11436840d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId6030699b114365260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6030699b114365260.jpg"/><Relationship Id="rId7866699b11436619d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7866699b11436619d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId841232374" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId304922280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId523769b5a96925aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/" TargetMode="External"/><Relationship Id="rId343369b5a96925b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/categorization" TargetMode="External"/><Relationship Id="rId208269b5a96925ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CDTJU/photos" TargetMode="External"/><Relationship Id="rId264969b5a96927950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId758869b5a969279b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cwma.org/noxweeds.html" TargetMode="External"/><Relationship Id="rId835669b5a969279de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nwcb.wa.gov/washingtons-noxious-weed-laws" TargetMode="External"/><Relationship Id="rId167569b5a96927ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/protection-and-response/long-term-pest-management/national-pest-plant-accord/" TargetMode="External"/><Relationship Id="rId399869b5a96927b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/113484" TargetMode="External"/><Relationship Id="rId882569b5a96927bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cal-ipc.org/ip/management/ipcw/pages/detailreport.cfm@usernumber=33&amp;surveynumber=182.php" TargetMode="External"/><Relationship Id="rId350069b5a96927c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/pier/wra/pacific/cortaderia_jubata_htmlwra.htm" TargetMode="External"/><Relationship Id="rId934169b5a96927dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floraseries.landcareresearch.co.nz/pages/Taxon.aspx?id=_779f0059-bb6f-46aca5df-9ee70c7c87c3&amp;fileName=Flora%205.xml" TargetMode="External"/><Relationship Id="rId817169b5a96927def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId151969b5a96927e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://floraseries.landcareresearch.co.nz/pages/index.aspx" TargetMode="External"/><Relationship Id="rId896769b5a96927eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/scienceand-technical/Sfc165.pdf" TargetMode="External"/><Relationship Id="rId739369b5a96927ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0004/232447/Cortaderia_jubata_June_2011.pdf" TargetMode="External"/><Relationship Id="rId494869b5a96927f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.sa.gov.au/LZ/C/A/Natural%20Resources%20Management%20Act%202004.aspx" TargetMode="External"/><Relationship Id="rId711869b5a96927f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dlnr.hawaii.gov/hisc/info/policy/" TargetMode="External"/><Relationship Id="rId563169b5a969280be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.darwin.edu.ar/Proyectos/FloraArgentina/DetalleEspecie.asp?forma=&amp;variedad=&amp;subespecie=jubata&amp;especie=selloana&amp;genero=Cortaderia&amp;espcod=19547" TargetMode="External"/><Relationship Id="rId261269b5a96928135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasives.org.za/component/k2/item/226-purple-pampasgrass-cortaderia-jubata" TargetMode="External"/><Relationship Id="rId269569b5a969282f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.nsw.gov.au/acts/2015-24.pdf" TargetMode="External"/><Relationship Id="rId662569b5a9692834d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzpcn.org.nz/flora_details.aspx?ID=3752" TargetMode="External"/><Relationship Id="rId983969b5a9692838b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/100" TargetMode="External"/><Relationship Id="rId745969b5a969283c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/Weeds/NoxiousWeedPolicyClassification.pdf" TargetMode="External"/><Relationship Id="rId964569b5a96928467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/gist/esadocs/documnts/cortjub.pdf" TargetMode="External"/><Relationship Id="rId586969b5a969284a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.doc.govt.nz/documents/science-and-technical/sfc218.pdf" TargetMode="External"/><Relationship Id="rId117669b5a96928503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keyserver.lucidcentral.org/weeds/data/media/Html/cortaderia_jubata.htm" TargetMode="External"/><Relationship Id="rId538669b5a969285b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/environment/nature/invasivealien/docs/Prioritising%20prevention%20efforts%20through%20horizon%20scanning.pdf" TargetMode="External"/><Relationship Id="rId229269b5a969285f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apps.rhs.org.uk/planttrials/TrialReports/Cortaderia%202009.pdf" TargetMode="External"/><Relationship Id="rId557369b5a96928651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cal-ipc.org/paf/site/paf/306" TargetMode="External"/><Relationship Id="rId417869b5a9692869c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hear.org/Pier/pdf/pohreports/cortaderia_spp.pdf" TargetMode="External"/><Relationship Id="rId284269b5a9692871e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maxa.maf.govt.nz/sff/about-projects/search/11-049/l11-049-biologicalcontrol-for-pampas-in-NZ.pdf" TargetMode="External"/><Relationship Id="rId660069b5a969287af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpipwe.tas.gov.au/invasive-species/weeds/weed-legislation-and-management-plans/about-the-weed-managementact#DeclaredWeeds" TargetMode="External"/><Relationship Id="rId106669b5a96928904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wric.ucdavis.edu/PDFs/pampasgrass%20and%20jubatagrass%20WRIC%20leaflet%2099-1.pdf" TargetMode="External"/><Relationship Id="rId442069b5a96928945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npgsweb.arsgrin.gov/gringlobal/taxonomydetail.aspx?id=403448" TargetMode="External"/><Relationship Id="rId390269b5a96928a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId605169b5a96928b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12528" TargetMode="External"/><Relationship Id="rId209669b5a96925bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId209669b5a96925bff.jpg"/><Relationship Id="rId683269b5a9692691c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683269b5a9692691c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>