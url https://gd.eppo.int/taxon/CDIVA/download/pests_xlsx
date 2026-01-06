--- v0 (2025-10-21)
+++ v1 (2026-01-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CDIVA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
@@ -72,50 +72,55 @@
     <t>Alphanucleorhabdovirus melongenae</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Mamoun Abdel-Salam AM, Rezk AA, Dawoud RA (2019) Biochemical, serological, molecular and natural host studies on Tomato chlorosis virus in Egypt. Pakistan Journal of Biological Sciences 22, 83-94. https://doi.org/10.3923/pjbs.2019.83.108</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA (2013) Scientific Opinion on the risk to plant health posed by Eutetranychus orientalis Klein in the EU territory, with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(7):3317, 81 pp. doi:10.2903/j.efsa.2013.3317
+------- one finding on Codiaeum variegatum originating from Sri Lanka in a glasshouse crop. Citing Łabanowski (2012) Nowe gatunki przędziorków w Polsce. Hasło Ogrodnicze 12, 106–107. 
+No other reference was found for this host (2025-11). </t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Ghotbi T (2013) Serological and molecular detection of INSV and introduction of some INSV ornamental host plants from five provinces in Iran. Iranian Journal of Plant Pathology 49 (1), 41.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
@@ -617,188 +622,190 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">