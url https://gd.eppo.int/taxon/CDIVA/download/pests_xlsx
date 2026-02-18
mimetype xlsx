--- v1 (2026-01-06)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CDIVA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
@@ -110,50 +110,54 @@
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Ghotbi T (2013) Serological and molecular detection of INSV and introduction of some INSV ornamental host plants from five provinces in Iran. Iranian Journal of Plant Pathology 49 (1), 41.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Germain JF, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin 46(3), 588–593</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- reproductive host of Scirtothrips dorsalis South Asia 1 ('Gold Dust' cultivar)</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t xml:space="preserve">* Gaud SM (1957) Control of the Red-Banded Thrips, Selenothrips rubrocinctus Giard, on Acalypha. Journal of Agriculture of University of Puerto Rico, 258-362.
 ------ noted as new host.
 * Kudo I (1995) Some Panchaetothripinae from Nepal, Malaysia and the Philippines [Thysanoptera: Terebrantia: Thripidae]. Insecta matsumurana. New series: journal of the Faculty of Agriculture Hokkaido University, series entomology 52, 81-103.
 ------- adults.
 </t>
   </si>
   <si>
@@ -678,134 +682,136 @@
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">