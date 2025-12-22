--- v0 (2025-10-08)
+++ v1 (2025-12-22)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Narvaez M, Cordova I, Orellana R, Harrison NA, Oropeza C (2006) First report of a lethal yellowing phytoplasma in Thrinax radiata and Coccothrinax readii palms in the Yucatan Peninsula of Mexico. Plant Pathology 55(2), 292-294.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>