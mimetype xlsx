--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CCNNU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
   </si>
   <si>
@@ -602,50 +602,53 @@
   <si>
     <t>Rhynchophorus ferrugineus</t>
   </si>
   <si>
     <t>* Esteban-Duran J, Yela JL, Beitia Crespo F &amp; Jimenez Alvarez A (1998) [Exotic curculionids liable to be introduced into Spain and other EU countries through imported vegetables.] Boletín de Sanidad Vegetal, Plagas 24, 23 – 40 (in Spanish).
 * Wahizatul AA, Chong JL, Zakeri HA, Norhayai Y, Wan BWO, Yong KW, Ainatun NZ, Modh HH (2017) The red palm weevil, Rhynchophorus ferrugineus: current issues and challenges in Malaysia. Oil Palm Bulletin 74, 17-24.</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* Faleiro JR, Jaques JA, Carrillo D, Giblin-Davis R, Mannion CM, Peña-Rojas E, Peña JE (2016) Integrated Pest Management (IPM) of palm pests. In: Abrol DP (ed) Integrated Pest Management in the Tropics; pp. 439-497.
 * Jaffé K, Sánchez P, Cerda H, Hernández JV, Jaffé R, Urdaneta N, Guerra G, Martínez R &amp; Miras B (1993) Chemical ecology of Rhynchophorus palmarum: attraction to host plants and to a male-produced aggregation pheromone. Journal of Chemical Ecology 19, 1703-1720.
 * Lepesme P (1947) Les insectes des palmiers. Paul Lechevalier editeur, Paris, 903 pp.
 * de la Torre ARC, de la Torre JAA, Moya OM (2010) Biologia, habitos y manejo de Rhynchophorus palmarum. Boletin Tecnico no. 23, Centro de Investigación en Palma de Aceite, Cenipalma, Colombia, 53 pp.
 * Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
     <t>RHYCPH</t>
   </si>
   <si>
     <t>Rhynchophorus phoenicis</t>
+  </si>
+  <si>
+    <t>* Hill DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Bahder BW, Helmick EE (2022) Lethal Bronzing Disease (LBD). PP243. IFAS Extension. DOI: 10.32473/edis-pp163-2007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1961,64 +1964,66 @@
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>104</v>
       </c>
       <c r="B76" t="s">
         <v>183</v>
       </c>
       <c r="C76" t="s">
         <v>184</v>
       </c>
       <c r="D76" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>104</v>
       </c>
       <c r="B77" t="s">
         <v>186</v>
       </c>
       <c r="C77" t="s">
         <v>187</v>
       </c>
-      <c r="D77"/>
+      <c r="D77" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B78" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C78" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D78" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">