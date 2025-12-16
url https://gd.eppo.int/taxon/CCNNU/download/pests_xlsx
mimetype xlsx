--- v1 (2025-10-28)
+++ v2 (2025-12-16)
@@ -409,51 +409,51 @@
 </t>
   </si>
   <si>
     <t>PHYPHI</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma hispanola'</t>
   </si>
   <si>
     <t xml:space="preserve">* Martinez RT, Narvaez M, Fabre S, Harrison N, Oropeza C, Dollet M, Hichez E (2008) Coconut lethal yellowing on the southern coast of the Dominican Republic is associated with a new 16SrIV group phytoplasma. Plant pathology 57(2). https://doi.org/10.1111/j.1365-3059.2007.01726.x
 * Soto N, Helmick EE, Harrison NA, Bahder BW (2021) Genetic variability of palm lethal decline phytoplasmas in the Caribbean basin and Florida, USA, based on a multilocus analysis. Phytopathology 111(12), 2203-2212. https://doi.org/10.1094/PHYTO-04-21-0130-R </t>
   </si>
   <si>
     <t>PHYPNO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma noviguineense'</t>
   </si>
   <si>
     <t>* Miyazaki A, Shigaki T, Koinuma H, Iwabuchi N, Rauka GB, Kembu A, Saul J, Watanabe K, Nijo T, Maejima K, Yamaji Y (2018) ‘Candidatus Phytoplasma noviguineense’, a novel taxon associated with Bogia coconut syndrome and banana wilt disease on the island of New Guinea. International Journal of Systematic and Evolutionary Microbiology 68(1), 170-175.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Pilet F, Loiseau M, Boyer C, Cavalier A, Diman C (2022) First report of 'Candidatus Phytoplasma palmae'(16SrIV-A subgroup) associated with palm Lethal Yellowing disease on Cocos nucifera and Pritchardia sp. in Guadeloupe, French West Indies. Plant Disease https://doi.org/10.1094/PDIS-08-22-1898-PDN</t>
   </si>
   <si>
     <t>PHYPPL</t>
   </si>
   <si>
     <t>‘Candidatus Phytoplasma palmicola’</t>
   </si>
   <si>
     <t>* Harrison NA, Davis RE, Oropeza C, Helmick EE, Narvaez M, Eden-Green S, Dollet M, Dickinson M (2014) ‘Candidatus Phytoplasma palmicola’, associated with a lethal yellowing-type disease of coconut (Cocos nucifera L.) in Mozambique. International Journal of Systematic and Evolutionary Microbiology 64(Pt_6), 1890-1899.</t>
   </si>
   <si>
     <t>CEATVA</t>
   </si>
   <si>
     <t>Cerataphis brasiliensis</t>
   </si>
   <si>
     <t>CCCVD0</t>
   </si>
   <si>
     <t>Cocadviroid cadangi</t>
   </si>