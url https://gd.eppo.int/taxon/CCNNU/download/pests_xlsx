--- v2 (2025-12-16)
+++ v3 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CCNNU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
   </si>
   <si>
@@ -248,50 +248,59 @@
   <si>
     <t>Paraleyrodes minei</t>
   </si>
   <si>
     <t xml:space="preserve">* Hernández-Suárez E, Martin JH, Gill RJ, Bedford ID, Malumphy CP, Reyes Betancort JA, Carnero A (2012) The aleyrodidae (Hemiptera: Sternorrhyncha) of the Canary Islands with special reference to Aleyrodes, Siphoninus, and the challenges of puparial morphology in Bemisia. Zootaxa, 3212, 1-76. http://www.mapress.com/zootaxa/2012/f/zt03212p076.pdf
 * Krishnappa C, Dubey AK, Verma A,, Mahapatro GK (2021) Occurrence of exotic whitefly, Paraleyrodes minei Iaccarino (Hemiptera: Aleyrodidae) and other whitefly species on fruit crops in Maharashtra, India. 3 Biotech 11, p 264.
 </t>
   </si>
   <si>
     <t>PIMAGH</t>
   </si>
   <si>
     <t>Pimelephila ghesquierei</t>
   </si>
   <si>
     <t>PLEPRE</t>
   </si>
   <si>
     <t>Plesispa reichei</t>
   </si>
   <si>
     <t>PROHCO</t>
   </si>
   <si>
     <t>Promecotheca caeruleipennis</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8), e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>SPPHOB</t>
   </si>
   <si>
     <t>Rhabdoscelus obscurus</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>STEPTY</t>
   </si>
   <si>
     <t>Stephanitis typica</t>
   </si>
   <si>
     <t>TETRFI</t>
   </si>
@@ -964,51 +973,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D78"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="626.276" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1386,103 +1395,103 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>75</v>
       </c>
       <c r="C31" t="s">
         <v>76</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>77</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>81</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>88</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>89</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>92</v>
       </c>
       <c r="C38" t="s">
         <v>93</v>
       </c>
@@ -1512,518 +1521,532 @@
         <v>98</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>102</v>
       </c>
       <c r="D41" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" t="s">
         <v>104</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>105</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
         <v>109</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>120</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="s">
         <v>122</v>
       </c>
       <c r="D49" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
       <c r="D51" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
       <c r="D52" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B53" t="s">
         <v>133</v>
       </c>
       <c r="C53" t="s">
         <v>134</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>137</v>
       </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B55" t="s">
         <v>138</v>
       </c>
       <c r="C55" t="s">
         <v>139</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>140</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C57" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>144</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B58" t="s">
         <v>145</v>
       </c>
       <c r="C58" t="s">
         <v>146</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B61" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C62" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B66" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C66" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B67" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C67" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B68" t="s">
-        <v>66</v>
+        <v>166</v>
       </c>
       <c r="C68" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B69" t="s">
-        <v>167</v>
+        <v>66</v>
       </c>
       <c r="C69" t="s">
         <v>168</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B70" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C70" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B71" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C71" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B72" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C72" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B73" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C73" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="D73" t="s">
         <v>177</v>
       </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B74" t="s">
         <v>178</v>
       </c>
       <c r="C74" t="s">
         <v>179</v>
       </c>
-      <c r="D74"/>
+      <c r="D74" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B75" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C75" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D75" t="s">
         <v>182</v>
       </c>
+      <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B76" t="s">
         <v>183</v>
       </c>
       <c r="C76" t="s">
         <v>184</v>
       </c>
       <c r="D76" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B77" t="s">
         <v>186</v>
       </c>
       <c r="C77" t="s">
         <v>187</v>
       </c>
       <c r="D77" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>107</v>
+      </c>
+      <c r="B78" t="s">
         <v>189</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>190</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>191</v>
       </c>
-      <c r="D78" t="s">
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
         <v>192</v>
+      </c>
+      <c r="B79" t="s">
+        <v>193</v>
+      </c>
+      <c r="C79" t="s">
+        <v>194</v>
+      </c>
+      <c r="D79" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">