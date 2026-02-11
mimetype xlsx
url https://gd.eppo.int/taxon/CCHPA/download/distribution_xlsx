--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -383,51 +383,51 @@
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
 </sst>
 </file>
 