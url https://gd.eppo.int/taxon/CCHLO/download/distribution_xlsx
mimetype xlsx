--- v0 (2025-10-01)
+++ v1 (2026-02-11)
@@ -440,51 +440,51 @@
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Present, no details [Invasive]</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -2140,51 +2140,51 @@
         <v>145</v>
       </c>
       <c r="D68" t="s">
         <v>143</v>
       </c>
       <c r="E68" t="s">
         <v>146</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>126</v>
       </c>
       <c r="B69" t="s">
         <v>147</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>148</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>149</v>
       </c>
       <c r="B70" t="s">
         <v>150</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>151</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>