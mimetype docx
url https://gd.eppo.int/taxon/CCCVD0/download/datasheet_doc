--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175668e7776599990" w:history="1">
+            <w:hyperlink r:id="rId9875691d098ee2176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109768e77765999fa" w:history="1">
+            <w:hyperlink r:id="rId7674691d098ee21df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2247032" name="name120068e777659a027" descr="334.jpg"/>
+                  <wp:docPr id="73987204" name="name7953691d098ee2290" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId676268e777659a025" cstate="print"/>
+                          <a:blip r:embed="rId2663691d098ee228f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId222168e777659a163" w:history="1">
+            <w:hyperlink r:id="rId3286691d098ee2370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41343101" name="name527868e777659b1dd" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="1810202" name="name6247691d098ee3a70" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId724768e777659b1db" cstate="print"/>
+                    <a:blip r:embed="rId6304691d098ee3a6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213768e777659c4ec" w:history="1">
+      <w:hyperlink r:id="rId6331691d098ee4dd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670368e777659c8e8" w:history="1">
+      <w:hyperlink r:id="rId6281691d098ee51d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16542062" name="name308268e777659c9f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="37309429" name="name7087691d098ee52d3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId306768e777659c9f8" cstate="print"/>
+                    <a:blip r:embed="rId3582691d098ee52d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59477011">
+  <w:abstractNum w:abstractNumId="74178202">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98975029">
+    <w:lvl w:ilvl="0" w:tplc="47252236">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98975029" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47252236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59477010">
+  <w:abstractNum w:abstractNumId="74178201">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22097447">
+    <w:lvl w:ilvl="0" w:tplc="89507414">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59477010">
-    <w:abstractNumId w:val="59477010"/>
+  <w:num w:numId="74178201">
+    <w:abstractNumId w:val="74178201"/>
   </w:num>
-  <w:num w:numId="59477011">
-    <w:abstractNumId w:val="59477011"/>
+  <w:num w:numId="74178202">
+    <w:abstractNumId w:val="74178202"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510320845" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664182861" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId175668e7776599990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId109768e77765999fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId222168e777659a163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId213768e777659c4ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId670368e777659c8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId676268e777659a025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId676268e777659a025.jpg"/><Relationship Id="rId724768e777659b1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId724768e777659b1db.jpg"/><Relationship Id="rId306768e777659c9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306768e777659c9f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId925938846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId464442526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9875691d098ee2176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId7674691d098ee21df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId3286691d098ee2370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId6331691d098ee4dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId6281691d098ee51d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2663691d098ee228f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2663691d098ee228f.jpg"/><Relationship Id="rId6304691d098ee3a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6304691d098ee3a6c.jpg"/><Relationship Id="rId3582691d098ee52d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3582691d098ee52d2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>