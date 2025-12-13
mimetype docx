--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9875691d098ee2176" w:history="1">
+            <w:hyperlink r:id="rId7178693d82ca4fbab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7674691d098ee21df" w:history="1">
+            <w:hyperlink r:id="rId8750693d82ca4fc16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73987204" name="name7953691d098ee2290" descr="334.jpg"/>
+                  <wp:docPr id="69746965" name="name6038693d82ca5031a" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2663691d098ee228f" cstate="print"/>
+                          <a:blip r:embed="rId2578693d82ca50318" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3286691d098ee2370" w:history="1">
+            <w:hyperlink r:id="rId3470693d82ca5044e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1810202" name="name6247691d098ee3a70" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="75222038" name="name5521693d82ca518a1" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6304691d098ee3a6c" cstate="print"/>
+                    <a:blip r:embed="rId9141693d82ca5189d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6331691d098ee4dd5" w:history="1">
+      <w:hyperlink r:id="rId2117693d82ca52b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6281691d098ee51d0" w:history="1">
+      <w:hyperlink r:id="rId2151693d82ca52f90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37309429" name="name7087691d098ee52d3" descr="eu_funding_250.png"/>
+            <wp:docPr id="97673831" name="name7614693d82ca53420" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3582691d098ee52d2" cstate="print"/>
+                    <a:blip r:embed="rId9034693d82ca5341e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74178202">
+  <w:abstractNum w:abstractNumId="65005568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47252236">
+    <w:lvl w:ilvl="0" w:tplc="71737144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47252236" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71737144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74178201">
+  <w:abstractNum w:abstractNumId="65005567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89507414">
+    <w:lvl w:ilvl="0" w:tplc="73060981">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74178201">
-    <w:abstractNumId w:val="74178201"/>
+  <w:num w:numId="65005567">
+    <w:abstractNumId w:val="65005567"/>
   </w:num>
-  <w:num w:numId="74178202">
-    <w:abstractNumId w:val="74178202"/>
+  <w:num w:numId="65005568">
+    <w:abstractNumId w:val="65005568"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId925938846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId464442526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9875691d098ee2176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId7674691d098ee21df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId3286691d098ee2370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId6331691d098ee4dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId6281691d098ee51d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2663691d098ee228f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2663691d098ee228f.jpg"/><Relationship Id="rId6304691d098ee3a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6304691d098ee3a6c.jpg"/><Relationship Id="rId3582691d098ee52d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3582691d098ee52d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId572733052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773906951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7178693d82ca4fbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId8750693d82ca4fc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId3470693d82ca5044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId2117693d82ca52b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId2151693d82ca52f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2578693d82ca50318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2578693d82ca50318.jpg"/><Relationship Id="rId9141693d82ca5189d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9141693d82ca5189d.jpg"/><Relationship Id="rId9034693d82ca5341e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9034693d82ca5341e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>