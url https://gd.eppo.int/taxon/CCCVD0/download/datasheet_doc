--- v2 (2025-12-13)
+++ v3 (2026-01-08)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7178693d82ca4fbab" w:history="1">
+            <w:hyperlink r:id="rId4482695fd1003031a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8750693d82ca4fc16" w:history="1">
+            <w:hyperlink r:id="rId4098695fd10030384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69746965" name="name6038693d82ca5031a" descr="334.jpg"/>
+                  <wp:docPr id="84038510" name="name6469695fd10030f45" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2578693d82ca50318" cstate="print"/>
+                          <a:blip r:embed="rId4670695fd10030f43" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3470693d82ca5044e" w:history="1">
+            <w:hyperlink r:id="rId6227695fd100310a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75222038" name="name5521693d82ca518a1" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="5089230" name="name1090695fd10032589" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9141693d82ca5189d" cstate="print"/>
+                    <a:blip r:embed="rId7530695fd10032587" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2117693d82ca52b8c" w:history="1">
+      <w:hyperlink r:id="rId5345695fd1003396f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4491,73 +4491,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2151693d82ca52f90" w:history="1">
+      <w:hyperlink r:id="rId8063695fd10033dd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97673831" name="name7614693d82ca53420" descr="eu_funding_250.png"/>
+            <wp:docPr id="3658585" name="name1629695fd10033f30" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9034693d82ca5341e" cstate="print"/>
+                    <a:blip r:embed="rId4775695fd10033f2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65005568">
+  <w:abstractNum w:abstractNumId="57339047">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71737144">
+    <w:lvl w:ilvl="0" w:tplc="45933396">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71737144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45933396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65005567">
+  <w:abstractNum w:abstractNumId="57339046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73060981">
+    <w:lvl w:ilvl="0" w:tplc="74633435">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65005567">
-    <w:abstractNumId w:val="65005567"/>
+  <w:num w:numId="57339046">
+    <w:abstractNumId w:val="57339046"/>
   </w:num>
-  <w:num w:numId="65005568">
-    <w:abstractNumId w:val="65005568"/>
+  <w:num w:numId="57339047">
+    <w:abstractNumId w:val="57339047"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId572733052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773906951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7178693d82ca4fbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId8750693d82ca4fc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId3470693d82ca5044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId2117693d82ca52b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId2151693d82ca52f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2578693d82ca50318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2578693d82ca50318.jpg"/><Relationship Id="rId9141693d82ca5189d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9141693d82ca5189d.jpg"/><Relationship Id="rId9034693d82ca5341e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9034693d82ca5341e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523698872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825148479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482695fd1003031a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId4098695fd10030384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId6227695fd100310a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId5345695fd1003396f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId8063695fd10033dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4670695fd10030f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4670695fd10030f43.jpg"/><Relationship Id="rId7530695fd10032587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7530695fd10032587.jpg"/><Relationship Id="rId4775695fd10033f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4775695fd10033f2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>