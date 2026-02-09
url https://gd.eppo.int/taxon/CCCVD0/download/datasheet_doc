--- v3 (2026-01-08)
+++ v4 (2026-02-09)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4482695fd1003031a" w:history="1">
+            <w:hyperlink r:id="rId58016989ea816df19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4098695fd10030384" w:history="1">
+            <w:hyperlink r:id="rId85656989ea816df83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84038510" name="name6469695fd10030f45" descr="334.jpg"/>
+                  <wp:docPr id="15461151" name="name74676989ea816e4f7" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4670695fd10030f43" cstate="print"/>
+                          <a:blip r:embed="rId85606989ea816e4f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6227695fd100310a6" w:history="1">
+            <w:hyperlink r:id="rId56616989ea816e633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5089230" name="name1090695fd10032589" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="73773803" name="name67766989ea816f604" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7530695fd10032587" cstate="print"/>
+                    <a:blip r:embed="rId48456989ea816f601" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5345695fd1003396f" w:history="1">
+      <w:hyperlink r:id="rId63696989ea81708db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8063695fd10033dd7" w:history="1">
+      <w:hyperlink r:id="rId93306989ea8170ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3658585" name="name1629695fd10033f30" descr="eu_funding_250.png"/>
+            <wp:docPr id="43605792" name="name56346989ea8170df7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4775695fd10033f2e" cstate="print"/>
+                    <a:blip r:embed="rId41956989ea8170df6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57339047">
+  <w:abstractNum w:abstractNumId="72243343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45933396">
+    <w:lvl w:ilvl="0" w:tplc="20708907">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45933396" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20708907" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57339046">
+  <w:abstractNum w:abstractNumId="72243342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74633435">
+    <w:lvl w:ilvl="0" w:tplc="53762794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57339046">
-    <w:abstractNumId w:val="57339046"/>
+  <w:num w:numId="72243342">
+    <w:abstractNumId w:val="72243342"/>
   </w:num>
-  <w:num w:numId="57339047">
-    <w:abstractNumId w:val="57339047"/>
+  <w:num w:numId="72243343">
+    <w:abstractNumId w:val="72243343"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523698872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825148479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482695fd1003031a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId4098695fd10030384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId6227695fd100310a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId5345695fd1003396f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId8063695fd10033dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4670695fd10030f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4670695fd10030f43.jpg"/><Relationship Id="rId7530695fd10032587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7530695fd10032587.jpg"/><Relationship Id="rId4775695fd10033f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4775695fd10033f2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271518631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725067664" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58016989ea816df19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId85656989ea816df83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId56616989ea816e633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId63696989ea81708db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId93306989ea8170ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85606989ea816e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85606989ea816e4f6.jpg"/><Relationship Id="rId48456989ea816f601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48456989ea816f601.jpg"/><Relationship Id="rId41956989ea8170df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41956989ea8170df6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>