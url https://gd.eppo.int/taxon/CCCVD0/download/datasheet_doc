--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58016989ea816df19" w:history="1">
+            <w:hyperlink r:id="rId296569a6af8a4f4e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85656989ea816df83" w:history="1">
+            <w:hyperlink r:id="rId911469a6af8a4f559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15461151" name="name74676989ea816e4f7" descr="334.jpg"/>
+                  <wp:docPr id="87645791" name="name670669a6af8a4fb66" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId85606989ea816e4f6" cstate="print"/>
+                          <a:blip r:embed="rId752069a6af8a4fb64" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId56616989ea816e633" w:history="1">
+            <w:hyperlink r:id="rId798669a6af8a4fc60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73773803" name="name67766989ea816f604" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="74979705" name="name563769a6af8a50f53" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48456989ea816f601" cstate="print"/>
+                    <a:blip r:embed="rId382669a6af8a50f50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63696989ea81708db" w:history="1">
+      <w:hyperlink r:id="rId564469a6af8a521b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93306989ea8170ce6" w:history="1">
+      <w:hyperlink r:id="rId425669a6af8a5260f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43605792" name="name56346989ea8170df7" descr="eu_funding_250.png"/>
+            <wp:docPr id="70230774" name="name213469a6af8a528ba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41956989ea8170df6" cstate="print"/>
+                    <a:blip r:embed="rId366669a6af8a528b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72243343">
+  <w:abstractNum w:abstractNumId="89806658">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20708907">
+    <w:lvl w:ilvl="0" w:tplc="21238902">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20708907" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21238902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72243342">
+  <w:abstractNum w:abstractNumId="89806657">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53762794">
+    <w:lvl w:ilvl="0" w:tplc="50858180">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72243342">
-    <w:abstractNumId w:val="72243342"/>
+  <w:num w:numId="89806657">
+    <w:abstractNumId w:val="89806657"/>
   </w:num>
-  <w:num w:numId="72243343">
-    <w:abstractNumId w:val="72243343"/>
+  <w:num w:numId="89806658">
+    <w:abstractNumId w:val="89806658"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271518631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725067664" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58016989ea816df19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId85656989ea816df83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId56616989ea816e633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId63696989ea81708db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId93306989ea8170ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85606989ea816e4f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85606989ea816e4f6.jpg"/><Relationship Id="rId48456989ea816f601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48456989ea816f601.jpg"/><Relationship Id="rId41956989ea8170df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41956989ea8170df6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173004620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId570165951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId296569a6af8a4f4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId911469a6af8a4f559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId798669a6af8a4fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId564469a6af8a521b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId425669a6af8a5260f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId752069a6af8a4fb64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId752069a6af8a4fb64.jpg"/><Relationship Id="rId382669a6af8a50f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382669a6af8a50f50.jpg"/><Relationship Id="rId366669a6af8a528b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366669a6af8a528b8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>