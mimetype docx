--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Palm cadang-cadang viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cadang cadang, yellow mottling of palms</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296569a6af8a4f4e4" w:history="1">
+            <w:hyperlink r:id="rId142369c2fafe0b411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId911469a6af8a4f559" w:history="1">
+            <w:hyperlink r:id="rId618569c2fafe0b47b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87645791" name="name670669a6af8a4fb66" descr="334.jpg"/>
+                  <wp:docPr id="54449632" name="name282669c2fafe0b87c" descr="334.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="334.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId752069a6af8a4fb64" cstate="print"/>
+                          <a:blip r:embed="rId438869c2fafe0b87a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId798669a6af8a4fc60" w:history="1">
+            <w:hyperlink r:id="rId807269c2fafe0b9df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009). These sequences are likely not to be CCCVd and CCCVd presence has never been unambiguously confirmed in the corresponding countries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74979705" name="name563769a6af8a50f53" descr="CCCVD0_distribution_map.jpg"/>
+            <wp:docPr id="43228172" name="name954769c2fafe0cbe4" descr="CCCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CCCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId382669a6af8a50f50" cstate="print"/>
+                    <a:blip r:embed="rId961769c2fafe0cbe0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3881,51 +3881,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Randles JW, Rodriguez MJB, Vadamalai G, Hanold D &amp; Perera L (2008) Coconut cadang-cadang viroid (cadang cadang disease). CABI Invasive species compendium datasheet, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564469a6af8a521b5" w:history="1">
+      <w:hyperlink r:id="rId556769c2fafe0e06b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid cadangi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425669a6af8a5260f" w:history="1">
+      <w:hyperlink r:id="rId357169c2fafe0e467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4632,63 +4632,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70230774" name="name213469a6af8a528ba" descr="eu_funding_250.png"/>
+            <wp:docPr id="37131089" name="name106269c2fafe0e8c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId366669a6af8a528b8" cstate="print"/>
+                    <a:blip r:embed="rId636069c2fafe0e8c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4786,137 +4786,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89806658">
+  <w:abstractNum w:abstractNumId="67527916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21238902">
+    <w:lvl w:ilvl="0" w:tplc="58207878">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21238902" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58207878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89806657">
+  <w:abstractNum w:abstractNumId="67527915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50858180">
+    <w:lvl w:ilvl="0" w:tplc="14635156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5668,55 +5668,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89806657">
-    <w:abstractNumId w:val="89806657"/>
+  <w:num w:numId="67527915">
+    <w:abstractNumId w:val="67527915"/>
   </w:num>
-  <w:num w:numId="89806658">
-    <w:abstractNumId w:val="89806658"/>
+  <w:num w:numId="67527916">
+    <w:abstractNumId w:val="67527916"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17266,51 +17266,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173004620" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId570165951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId296569a6af8a4f4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId911469a6af8a4f559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId798669a6af8a4fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId564469a6af8a521b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId425669a6af8a5260f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId752069a6af8a4fb64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId752069a6af8a4fb64.jpg"/><Relationship Id="rId382669a6af8a50f50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382669a6af8a50f50.jpg"/><Relationship Id="rId366669a6af8a528b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366669a6af8a528b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId131799191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId572858402" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId142369c2fafe0b411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/" TargetMode="External"/><Relationship Id="rId618569c2fafe0b47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/categorization" TargetMode="External"/><Relationship Id="rId807269c2fafe0b9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CCCVD0/photos" TargetMode="External"/><Relationship Id="rId556769c2fafe0e06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13700" TargetMode="External"/><Relationship Id="rId357169c2fafe0e467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId438869c2fafe0b87a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438869c2fafe0b87a.jpg"/><Relationship Id="rId961769c2fafe0cbe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961769c2fafe0cbe0.jpg"/><Relationship Id="rId636069c2fafe0e8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636069c2fafe0e8c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>