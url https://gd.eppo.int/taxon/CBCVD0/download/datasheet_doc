--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484568e641b67148e" w:history="1">
+            <w:hyperlink r:id="rId3229691a7770f0e37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId735068e641b6714fa" w:history="1">
+            <w:hyperlink r:id="rId2792691a7770f0e9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75684034" name="name646168e641b671d3c" descr="2661.jpg"/>
+                  <wp:docPr id="68009469" name="name4496691a7770f0fb3" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId404968e641b671d3a" cstate="print"/>
+                          <a:blip r:embed="rId7040691a7770f0fb2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId984868e641b671e53" w:history="1">
+            <w:hyperlink r:id="rId2814691a7770f1631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87756763" name="name412368e641b673a47" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="64584859" name="name8153691a7770f2f80" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId828868e641b673a43" cstate="print"/>
+                    <a:blip r:embed="rId4696691a7770f2f7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929368e641b674f96" w:history="1">
+      <w:hyperlink r:id="rId4353691a7771001bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752768e641b6751c5" w:history="1">
+      <w:hyperlink r:id="rId7193691a7771003e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894168e641b6759b0" w:history="1">
+      <w:hyperlink r:id="rId1000691a777100b9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943468e641b6759e6" w:history="1">
+      <w:hyperlink r:id="rId5374691a777100bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910568e641b675e72" w:history="1">
+      <w:hyperlink r:id="rId4080691a777101065" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642968e641b676020" w:history="1">
+      <w:hyperlink r:id="rId3737691a777101214" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65815106" name="name473568e641b676341" descr="eu_funding_250.png"/>
+            <wp:docPr id="76472387" name="name4348691a7771012b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId460468e641b67633f" cstate="print"/>
+                    <a:blip r:embed="rId5686691a7771012b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13477156">
+  <w:abstractNum w:abstractNumId="94257189">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69793005">
+    <w:lvl w:ilvl="0" w:tplc="67966012">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69793005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67966012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13477155">
+  <w:abstractNum w:abstractNumId="94257188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33913266">
+    <w:lvl w:ilvl="0" w:tplc="29277601">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13477155">
-    <w:abstractNumId w:val="13477155"/>
+  <w:num w:numId="94257188">
+    <w:abstractNumId w:val="94257188"/>
   </w:num>
-  <w:num w:numId="13477156">
-    <w:abstractNumId w:val="13477156"/>
+  <w:num w:numId="94257189">
+    <w:abstractNumId w:val="94257189"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId151806334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId400797313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId484568e641b67148e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId735068e641b6714fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId984868e641b671e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId929368e641b674f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId752768e641b6751c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId894168e641b6759b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId943468e641b6759e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId910568e641b675e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId642968e641b676020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId404968e641b671d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404968e641b671d3a.jpg"/><Relationship Id="rId828868e641b673a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828868e641b673a43.jpg"/><Relationship Id="rId460468e641b67633f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId460468e641b67633f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655104218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId718826395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3229691a7770f0e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2792691a7770f0e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId2814691a7770f1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId4353691a7771001bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7193691a7771003e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId1000691a777100b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId5374691a777100bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId4080691a777101065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId3737691a777101214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7040691a7770f0fb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7040691a7770f0fb2.jpg"/><Relationship Id="rId4696691a7770f2f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4696691a7770f2f7c.jpg"/><Relationship Id="rId5686691a7771012b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5686691a7771012b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>