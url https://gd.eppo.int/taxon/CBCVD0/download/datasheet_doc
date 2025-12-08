--- v1 (2025-11-17)
+++ v2 (2025-12-08)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3229691a7770f0e37" w:history="1">
+            <w:hyperlink r:id="rId243169362bf6ece5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2792691a7770f0e9e" w:history="1">
+            <w:hyperlink r:id="rId695769362bf6ececb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68009469" name="name4496691a7770f0fb3" descr="2661.jpg"/>
+                  <wp:docPr id="60336740" name="name759969362bf6ed849" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7040691a7770f0fb2" cstate="print"/>
+                          <a:blip r:embed="rId675569362bf6ed847" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2814691a7770f1631" w:history="1">
+            <w:hyperlink r:id="rId750969362bf6eda86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64584859" name="name8153691a7770f2f80" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="89966952" name="name444369362bf6ef629" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4696691a7770f2f7c" cstate="print"/>
+                    <a:blip r:embed="rId904469362bf6ef625" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4353691a7771001bb" w:history="1">
+      <w:hyperlink r:id="rId843169362bf6f0a8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7193691a7771003e2" w:history="1">
+      <w:hyperlink r:id="rId695969362bf6f0caf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1000691a777100b9e" w:history="1">
+      <w:hyperlink r:id="rId307069362bf6f1469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5374691a777100bd3" w:history="1">
+      <w:hyperlink r:id="rId169569362bf6f149d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4080691a777101065" w:history="1">
+      <w:hyperlink r:id="rId570569362bf6f192d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3737691a777101214" w:history="1">
+      <w:hyperlink r:id="rId354069362bf6f1ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76472387" name="name4348691a7771012b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="67879836" name="name862969362bf6f1baa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5686691a7771012b7" cstate="print"/>
+                    <a:blip r:embed="rId195369362bf6f1ba8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94257189">
+  <w:abstractNum w:abstractNumId="85484408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67966012">
+    <w:lvl w:ilvl="0" w:tplc="38492526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67966012" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38492526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94257188">
+  <w:abstractNum w:abstractNumId="85484407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29277601">
+    <w:lvl w:ilvl="0" w:tplc="53677691">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94257188">
-    <w:abstractNumId w:val="94257188"/>
+  <w:num w:numId="85484407">
+    <w:abstractNumId w:val="85484407"/>
   </w:num>
-  <w:num w:numId="94257189">
-    <w:abstractNumId w:val="94257189"/>
+  <w:num w:numId="85484408">
+    <w:abstractNumId w:val="85484408"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655104218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId718826395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3229691a7770f0e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2792691a7770f0e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId2814691a7770f1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId4353691a7771001bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7193691a7771003e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId1000691a777100b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId5374691a777100bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId4080691a777101065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId3737691a777101214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7040691a7770f0fb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7040691a7770f0fb2.jpg"/><Relationship Id="rId4696691a7770f2f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4696691a7770f2f7c.jpg"/><Relationship Id="rId5686691a7771012b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5686691a7771012b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542313008" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901713255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId243169362bf6ece5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId695769362bf6ececb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId750969362bf6eda86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId843169362bf6f0a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId695969362bf6f0caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId307069362bf6f1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId169569362bf6f149d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId570569362bf6f192d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId354069362bf6f1ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675569362bf6ed847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675569362bf6ed847.jpg"/><Relationship Id="rId904469362bf6ef625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId904469362bf6ef625.jpg"/><Relationship Id="rId195369362bf6f1ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195369362bf6f1ba8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>