--- v2 (2025-12-08)
+++ v3 (2025-12-14)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243169362bf6ece5b" w:history="1">
+            <w:hyperlink r:id="rId4299693ed71835ca8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId695769362bf6ececb" w:history="1">
+            <w:hyperlink r:id="rId2447693ed71835d13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60336740" name="name759969362bf6ed849" descr="2661.jpg"/>
+                  <wp:docPr id="22633564" name="name2679693ed718365d6" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId675569362bf6ed847" cstate="print"/>
+                          <a:blip r:embed="rId9006693ed718365d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId750969362bf6eda86" w:history="1">
+            <w:hyperlink r:id="rId5196693ed7183683c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89966952" name="name444369362bf6ef629" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="33335079" name="name5866693ed71838632" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId904469362bf6ef625" cstate="print"/>
+                    <a:blip r:embed="rId8368693ed7183862d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843169362bf6f0a8f" w:history="1">
+      <w:hyperlink r:id="rId4421693ed71839b11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695969362bf6f0caf" w:history="1">
+      <w:hyperlink r:id="rId6102693ed71839d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307069362bf6f1469" w:history="1">
+      <w:hyperlink r:id="rId9596693ed7183a4ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169569362bf6f149d" w:history="1">
+      <w:hyperlink r:id="rId7323693ed7183a521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570569362bf6f192d" w:history="1">
+      <w:hyperlink r:id="rId7115693ed7183a9d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354069362bf6f1ad9" w:history="1">
+      <w:hyperlink r:id="rId1224693ed7183ab92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67879836" name="name862969362bf6f1baa" descr="eu_funding_250.png"/>
+            <wp:docPr id="73412850" name="name9501693ed7183ac70" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId195369362bf6f1ba8" cstate="print"/>
+                    <a:blip r:embed="rId5727693ed7183ac6e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85484408">
+  <w:abstractNum w:abstractNumId="18358455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38492526">
+    <w:lvl w:ilvl="0" w:tplc="92773395">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38492526" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92773395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85484407">
+  <w:abstractNum w:abstractNumId="18358454">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53677691">
+    <w:lvl w:ilvl="0" w:tplc="61254741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85484407">
-    <w:abstractNumId w:val="85484407"/>
+  <w:num w:numId="18358454">
+    <w:abstractNumId w:val="18358454"/>
   </w:num>
-  <w:num w:numId="85484408">
-    <w:abstractNumId w:val="85484408"/>
+  <w:num w:numId="18358455">
+    <w:abstractNumId w:val="18358455"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542313008" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901713255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId243169362bf6ece5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId695769362bf6ececb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId750969362bf6eda86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId843169362bf6f0a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId695969362bf6f0caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId307069362bf6f1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId169569362bf6f149d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId570569362bf6f192d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId354069362bf6f1ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675569362bf6ed847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675569362bf6ed847.jpg"/><Relationship Id="rId904469362bf6ef625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId904469362bf6ef625.jpg"/><Relationship Id="rId195369362bf6f1ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195369362bf6f1ba8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697178127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565274559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4299693ed71835ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2447693ed71835d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId5196693ed7183683c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId4421693ed71839b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId6102693ed71839d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId9596693ed7183a4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7323693ed7183a521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId7115693ed7183a9d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId1224693ed7183ab92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9006693ed718365d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9006693ed718365d4.jpg"/><Relationship Id="rId8368693ed7183862d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8368693ed7183862d.jpg"/><Relationship Id="rId5727693ed7183ac6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5727693ed7183ac6e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>