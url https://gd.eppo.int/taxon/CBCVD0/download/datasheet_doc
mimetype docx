--- v3 (2025-12-14)
+++ v4 (2026-01-20)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4299693ed71835ca8" w:history="1">
+            <w:hyperlink r:id="rId6372696f0b8fc593e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2447693ed71835d13" w:history="1">
+            <w:hyperlink r:id="rId2564696f0b8fc59a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22633564" name="name2679693ed718365d6" descr="2661.jpg"/>
+                  <wp:docPr id="48676943" name="name1289696f0b8fc5fee" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9006693ed718365d4" cstate="print"/>
+                          <a:blip r:embed="rId3527696f0b8fc5fed" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5196693ed7183683c" w:history="1">
+            <w:hyperlink r:id="rId7923696f0b8fc610d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33335079" name="name5866693ed71838632" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="57178967" name="name7442696f0b8fc7b0c" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8368693ed7183862d" cstate="print"/>
+                    <a:blip r:embed="rId6379696f0b8fc7b08" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4421693ed71839b11" w:history="1">
+      <w:hyperlink r:id="rId5665696f0b8fc8fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6102693ed71839d39" w:history="1">
+      <w:hyperlink r:id="rId7915696f0b8fc91cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9596693ed7183a4ed" w:history="1">
+      <w:hyperlink r:id="rId8309696f0b8fc99af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7323693ed7183a521" w:history="1">
+      <w:hyperlink r:id="rId1205696f0b8fc99e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7115693ed7183a9d6" w:history="1">
+      <w:hyperlink r:id="rId1972696f0b8fc9e60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7320,73 +7320,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1224693ed7183ab92" w:history="1">
+      <w:hyperlink r:id="rId9480696f0b8fca01e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73412850" name="name9501693ed7183ac70" descr="eu_funding_250.png"/>
+            <wp:docPr id="67865174" name="name8017696f0b8fca26f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5727693ed7183ac6e" cstate="print"/>
+                    <a:blip r:embed="rId6929696f0b8fca26d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18358455">
+  <w:abstractNum w:abstractNumId="53480404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92773395">
+    <w:lvl w:ilvl="0" w:tplc="50735865">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92773395" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50735865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18358454">
+  <w:abstractNum w:abstractNumId="53480403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61254741">
+    <w:lvl w:ilvl="0" w:tplc="28571614">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18358454">
-    <w:abstractNumId w:val="18358454"/>
+  <w:num w:numId="53480403">
+    <w:abstractNumId w:val="53480403"/>
   </w:num>
-  <w:num w:numId="18358455">
-    <w:abstractNumId w:val="18358455"/>
+  <w:num w:numId="53480404">
+    <w:abstractNumId w:val="53480404"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697178127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565274559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4299693ed71835ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2447693ed71835d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId5196693ed7183683c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId4421693ed71839b11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId6102693ed71839d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId9596693ed7183a4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7323693ed7183a521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId7115693ed7183a9d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId1224693ed7183ab92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9006693ed718365d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9006693ed718365d4.jpg"/><Relationship Id="rId8368693ed7183862d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8368693ed7183862d.jpg"/><Relationship Id="rId5727693ed7183ac6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5727693ed7183ac6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904190109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828176942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6372696f0b8fc593e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2564696f0b8fc59a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId7923696f0b8fc610d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId5665696f0b8fc8fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7915696f0b8fc91cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId8309696f0b8fc99af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId1205696f0b8fc99e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId1972696f0b8fc9e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId9480696f0b8fca01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3527696f0b8fc5fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3527696f0b8fc5fed.jpg"/><Relationship Id="rId6379696f0b8fc7b08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6379696f0b8fc7b08.jpg"/><Relationship Id="rId6929696f0b8fca26d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6929696f0b8fca26d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>