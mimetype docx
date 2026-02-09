--- v4 (2026-01-20)
+++ v5 (2026-02-09)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6372696f0b8fc593e" w:history="1">
+            <w:hyperlink r:id="rId90206989fa95899ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -338,53 +338,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2564696f0b8fc59a5" w:history="1">
+            <w:hyperlink r:id="rId96146989fa9589a18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48676943" name="name1289696f0b8fc5fee" descr="2661.jpg"/>
+                  <wp:docPr id="72329279" name="name60246989fa958a16c" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3527696f0b8fc5fed" cstate="print"/>
+                          <a:blip r:embed="rId70456989fa958a16a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7923696f0b8fc610d" w:history="1">
+            <w:hyperlink r:id="rId11936989fa958a297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57178967" name="name7442696f0b8fc7b0c" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="98947350" name="name49316989fa958b983" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6379696f0b8fc7b08" cstate="print"/>
+                    <a:blip r:embed="rId27706989fa958b980" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5665696f0b8fc8fb3" w:history="1">
+      <w:hyperlink r:id="rId68196989fa958d17f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7915696f0b8fc91cc" w:history="1">
+      <w:hyperlink r:id="rId79076989fa958d3cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8309696f0b8fc99af" w:history="1">
+      <w:hyperlink r:id="rId81726989fa958dc7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1205696f0b8fc99e4" w:history="1">
+      <w:hyperlink r:id="rId48846989fa958dcb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1972696f0b8fc9e60" w:history="1">
+      <w:hyperlink r:id="rId63896989fa958e1a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9480696f0b8fca01e" w:history="1">
+      <w:hyperlink r:id="rId87576989fa958e36a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67865174" name="name8017696f0b8fca26f" descr="eu_funding_250.png"/>
+            <wp:docPr id="81790180" name="name45036989fa958e44e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6929696f0b8fca26d" cstate="print"/>
+                    <a:blip r:embed="rId26606989fa958e44d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53480404">
+  <w:abstractNum w:abstractNumId="27292655">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50735865">
+    <w:lvl w:ilvl="0" w:tplc="66629922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50735865" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53480403">
+  <w:abstractNum w:abstractNumId="27292654">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28571614">
+    <w:lvl w:ilvl="0" w:tplc="91593256">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53480403">
-    <w:abstractNumId w:val="53480403"/>
+  <w:num w:numId="27292654">
+    <w:abstractNumId w:val="27292654"/>
   </w:num>
-  <w:num w:numId="53480404">
-    <w:abstractNumId w:val="53480404"/>
+  <w:num w:numId="27292655">
+    <w:abstractNumId w:val="27292655"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904190109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828176942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6372696f0b8fc593e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId2564696f0b8fc59a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId7923696f0b8fc610d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId5665696f0b8fc8fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId7915696f0b8fc91cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId8309696f0b8fc99af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId1205696f0b8fc99e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId1972696f0b8fc9e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId9480696f0b8fca01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3527696f0b8fc5fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3527696f0b8fc5fed.jpg"/><Relationship Id="rId6379696f0b8fc7b08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6379696f0b8fc7b08.jpg"/><Relationship Id="rId6929696f0b8fca26d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6929696f0b8fca26d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173128148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610160040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90206989fa95899ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId96146989fa9589a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId11936989fa958a297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId68196989fa958d17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId79076989fa958d3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId81726989fa958dc7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId48846989fa958dcb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId63896989fa958e1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId87576989fa958e36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId70456989fa958a16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70456989fa958a16a.jpg"/><Relationship Id="rId27706989fa958b980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27706989fa958b980.jpg"/><Relationship Id="rId26606989fa958e44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26606989fa958e44d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>