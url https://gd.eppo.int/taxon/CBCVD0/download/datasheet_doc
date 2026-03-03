--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90206989fa95899ac" w:history="1">
+            <w:hyperlink r:id="rId374669a6c67078ca1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96146989fa9589a18" w:history="1">
+            <w:hyperlink r:id="rId833069a6c67078d0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72329279" name="name60246989fa958a16c" descr="2661.jpg"/>
+                  <wp:docPr id="85701024" name="name950069a6c6707927f" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId70456989fa958a16a" cstate="print"/>
+                          <a:blip r:embed="rId156669a6c6707927d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11936989fa958a297" w:history="1">
+            <w:hyperlink r:id="rId620969a6c67079389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98947350" name="name49316989fa958b983" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="63432754" name="name950969a6c6707ab90" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27706989fa958b980" cstate="print"/>
+                    <a:blip r:embed="rId301169a6c6707ab8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68196989fa958d17f" w:history="1">
+      <w:hyperlink r:id="rId538569a6c6707c275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79076989fa958d3cc" w:history="1">
+      <w:hyperlink r:id="rId250369a6c6707c49d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81726989fa958dc7b" w:history="1">
+      <w:hyperlink r:id="rId450769a6c6707cc94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48846989fa958dcb4" w:history="1">
+      <w:hyperlink r:id="rId590469a6c6707cccc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63896989fa958e1a9" w:history="1">
+      <w:hyperlink r:id="rId710669a6c6707d17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87576989fa958e36a" w:history="1">
+      <w:hyperlink r:id="rId267669a6c6707d337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81790180" name="name45036989fa958e44e" descr="eu_funding_250.png"/>
+            <wp:docPr id="87395935" name="name388569a6c6707d3ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26606989fa958e44d" cstate="print"/>
+                    <a:blip r:embed="rId114969a6c6707d3eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27292655">
+  <w:abstractNum w:abstractNumId="25230416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66629922">
+    <w:lvl w:ilvl="0" w:tplc="39080287">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66629922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39080287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27292654">
+  <w:abstractNum w:abstractNumId="25230415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91593256">
+    <w:lvl w:ilvl="0" w:tplc="68590297">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27292654">
-    <w:abstractNumId w:val="27292654"/>
+  <w:num w:numId="25230415">
+    <w:abstractNumId w:val="25230415"/>
   </w:num>
-  <w:num w:numId="27292655">
-    <w:abstractNumId w:val="27292655"/>
+  <w:num w:numId="25230416">
+    <w:abstractNumId w:val="25230416"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173128148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610160040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90206989fa95899ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId96146989fa9589a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId11936989fa958a297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId68196989fa958d17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId79076989fa958d3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId81726989fa958dc7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId48846989fa958dcb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId63896989fa958e1a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId87576989fa958e36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId70456989fa958a16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70456989fa958a16a.jpg"/><Relationship Id="rId27706989fa958b980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27706989fa958b980.jpg"/><Relationship Id="rId26606989fa958e44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26606989fa958e44d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId425741983" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId383543494" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId374669a6c67078ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId833069a6c67078d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId620969a6c67079389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId538569a6c6707c275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId250369a6c6707c49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId450769a6c6707cc94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId590469a6c6707cccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId710669a6c6707d17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId267669a6c6707d337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId156669a6c6707927d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156669a6c6707927d.jpg"/><Relationship Id="rId301169a6c6707ab8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301169a6c6707ab8a.jpg"/><Relationship Id="rId114969a6c6707d3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId114969a6c6707d3eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>