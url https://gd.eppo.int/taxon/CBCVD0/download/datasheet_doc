--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Citrus bark cracking viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Citrus viroid IV</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374669a6c67078ca1" w:history="1">
+            <w:hyperlink r:id="rId489969c13f9823fca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId833069a6c67078d0c" w:history="1">
+            <w:hyperlink r:id="rId517369c13f9824035" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CBCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85701024" name="name950069a6c6707927f" descr="2661.jpg"/>
+                  <wp:docPr id="70561905" name="name745869c13f98243c3" descr="2661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId156669a6c6707927d" cstate="print"/>
+                          <a:blip r:embed="rId231569c13f98243c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId620969a6c67079389" w:history="1">
+            <w:hyperlink r:id="rId908669c13f982450a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1892,63 +1892,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63432754" name="name950969a6c6707ab90" descr="CBCVD0_distribution_map.jpg"/>
+            <wp:docPr id="58940449" name="name902669c13f9825f34" descr="CBCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CBCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId301169a6c6707ab8a" cstate="print"/>
+                    <a:blip r:embed="rId978269c13f9825f31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4776,51 +4776,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019). EPPO Reporting Service no. 08 - 2019 Num. article: 2019/165, First finding of Citrus bark cracking viroid (CBCVd) in Germany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) Report of a pest risk analysis for Citrus bark cracking viroid. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538569a6c6707c275" w:history="1">
+      <w:hyperlink r:id="rId288969c13f9827454" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5107,51 +5107,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 273-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IHGC (2021) International Hop Growers’ Convention Country Reports. IHGC - Economic Commission Summary Reports. June 21, 2021. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250369a6c6707c49d" w:history="1">
+      <w:hyperlink r:id="rId245069c13f982768a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6335,81 +6335,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 6640-6640.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S &amp; Benko-Beloglavec A (2016) Pest risk analysis for Citrus bark cracking viroid (CBCVd). Slovenian Institute of Hop Research and Brewing. Administration of the Republic of Slovenia for Food Safety, Veterinary Sector and Plant Protection. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450769a6c6707cc94" w:history="1">
+      <w:hyperlink r:id="rId962869c13f9827e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CBCVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Radišek S, Guček T, Leskošek G, Benko Beloglavec A, Jakše J &amp; Javornik B (2017) Huda viroidna zakrnelost hmelja/Severe hop stunt disease. Žalec: Inštitut za hmeljarstvo in pivovarstvo Slovenije, Žalec (SI), ISBN 978-961-93322-2-1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590469a6c6707cccc" w:history="1">
+      <w:hyperlink r:id="rId808369c13f9827e86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7078,51 +7078,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0198022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilstermann A, Schrader G, Pfeilstetter E, Schäfer BC &amp; Ziebell H (2020) Express PRA for Citrus bark cracking viroid. Julius Kühn-Institute, Institute for national and international Plant Health. Replaces version of 2019-07-30. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710669a6c6707d17b" w:history="1">
+      <w:hyperlink r:id="rId872269c13f982833f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7342,51 +7342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cocadviroid rimocitri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267669a6c6707d337" w:history="1">
+      <w:hyperlink r:id="rId871669c13f98284f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87395935" name="name388569a6c6707d3ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="43892838" name="name665469c13f98285b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId114969a6c6707d3eb" cstate="print"/>
+                    <a:blip r:embed="rId431669c13f98285b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25230416">
+  <w:abstractNum w:abstractNumId="23064126">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39080287">
+    <w:lvl w:ilvl="0" w:tplc="79026372">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39080287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79026372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25230415">
+  <w:abstractNum w:abstractNumId="23064125">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68590297">
+    <w:lvl w:ilvl="0" w:tplc="76142622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25230415">
-    <w:abstractNumId w:val="25230415"/>
+  <w:num w:numId="23064125">
+    <w:abstractNumId w:val="23064125"/>
   </w:num>
-  <w:num w:numId="25230416">
-    <w:abstractNumId w:val="25230416"/>
+  <w:num w:numId="23064126">
+    <w:abstractNumId w:val="23064126"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId425741983" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId383543494" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId374669a6c67078ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId833069a6c67078d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId620969a6c67079389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId538569a6c6707c275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId250369a6c6707c49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId450769a6c6707cc94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId590469a6c6707cccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId710669a6c6707d17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId267669a6c6707d337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId156669a6c6707927d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156669a6c6707927d.jpg"/><Relationship Id="rId301169a6c6707ab8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301169a6c6707ab8a.jpg"/><Relationship Id="rId114969a6c6707d3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId114969a6c6707d3eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968841659" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608627555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId489969c13f9823fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/" TargetMode="External"/><Relationship Id="rId517369c13f9824035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/categorization" TargetMode="External"/><Relationship Id="rId908669c13f982450a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/photos" TargetMode="External"/><Relationship Id="rId288969c13f9827454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId245069c13f982768a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmeljgiz.si/ihgc/doc/2021_JUN_IHGC_%20EC_SummaryTable.pdf" TargetMode="External"/><Relationship Id="rId962869c13f9827e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CBCVD0/documents" TargetMode="External"/><Relationship Id="rId808369c13f9827e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihps.si/wp-content/uploads/2016/08/Huda-viroidna-zakrnelost-hmelja-2017.compressed.pdf" TargetMode="External"/><Relationship Id="rId872269c13f982833f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/0a52821b-0965-4d92-9af1-9c4e932a091a" TargetMode="External"/><Relationship Id="rId871669c13f98284f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId231569c13f98243c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId231569c13f98243c1.jpg"/><Relationship Id="rId978269c13f9825f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978269c13f9825f31.jpg"/><Relationship Id="rId431669c13f98285b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431669c13f98285b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>