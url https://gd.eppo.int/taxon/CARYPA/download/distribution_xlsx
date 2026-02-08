--- v0 (2025-10-08)
+++ v1 (2026-02-08)
@@ -221,51 +221,51 @@
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>