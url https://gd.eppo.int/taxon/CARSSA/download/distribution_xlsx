--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -287,51 +287,51 @@
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>