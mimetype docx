--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576768e6e4e700a83" w:history="1">
+            <w:hyperlink r:id="rId409569024cd17a55a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId737168e6e4e700aed" w:history="1">
+            <w:hyperlink r:id="rId576469024cd17a5c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85002567" name="name936168e6e4e70107f" descr="14727.jpg"/>
+                  <wp:docPr id="34726065" name="name419669024cd17a68e" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId742368e6e4e70107d" cstate="print"/>
+                          <a:blip r:embed="rId261769024cd17a68d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId527868e6e4e7011ab" w:history="1">
+            <w:hyperlink r:id="rId795769024cd17a771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18009677" name="name749168e6e4e7027c1" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="2011358" name="name192869024cd17bb41" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId468468e6e4e7027bf" cstate="print"/>
+                    <a:blip r:embed="rId771869024cd17bb3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367968e6e4e704139" w:history="1">
+      <w:hyperlink r:id="rId993469024cd17ce8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124368e6e4e704a82" w:history="1">
+      <w:hyperlink r:id="rId392069024cd17d586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356068e6e4e704d71" w:history="1">
+      <w:hyperlink r:id="rId744269024cd17d82c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949368e6e4e704e41" w:history="1">
+      <w:hyperlink r:id="rId926169024cd17d8c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784668e6e4e704f25" w:history="1">
+      <w:hyperlink r:id="rId123669024cd17d952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277468e6e4e7067b0" w:history="1">
+      <w:hyperlink r:id="rId954269024cd17ece6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923568e6e4e706923" w:history="1">
+      <w:hyperlink r:id="rId453369024cd17ee65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1439957" name="name830568e6e4e706c42" descr="eu_funding_250.png"/>
+            <wp:docPr id="60563108" name="name752869024cd17eed3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId245768e6e4e706c41" cstate="print"/>
+                    <a:blip r:embed="rId742769024cd17eed2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51958996">
+  <w:abstractNum w:abstractNumId="88404611">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84225084">
+    <w:lvl w:ilvl="0" w:tplc="63252600">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84225084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63252600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51958995">
+  <w:abstractNum w:abstractNumId="88404610">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63406608">
+    <w:lvl w:ilvl="0" w:tplc="98326421">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51958995">
-    <w:abstractNumId w:val="51958995"/>
+  <w:num w:numId="88404610">
+    <w:abstractNumId w:val="88404610"/>
   </w:num>
-  <w:num w:numId="51958996">
-    <w:abstractNumId w:val="51958996"/>
+  <w:num w:numId="88404611">
+    <w:abstractNumId w:val="88404611"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId568162093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650844355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId576768e6e4e700a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId737168e6e4e700aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId527868e6e4e7011ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId367968e6e4e704139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId124368e6e4e704a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId356068e6e4e704d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId949368e6e4e704e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId784668e6e4e704f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId277468e6e4e7067b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId923568e6e4e706923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId742368e6e4e70107d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742368e6e4e70107d.jpg"/><Relationship Id="rId468468e6e4e7027bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId468468e6e4e7027bf.jpg"/><Relationship Id="rId245768e6e4e706c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId245768e6e4e706c41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454484438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693067767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId409569024cd17a55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId576469024cd17a5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId795769024cd17a771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId993469024cd17ce8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId392069024cd17d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId744269024cd17d82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId926169024cd17d8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId123669024cd17d952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId954269024cd17ece6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId453369024cd17ee65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId261769024cd17a68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261769024cd17a68d.jpg"/><Relationship Id="rId771869024cd17bb3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771869024cd17bb3e.jpg"/><Relationship Id="rId742769024cd17eed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742769024cd17eed2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>