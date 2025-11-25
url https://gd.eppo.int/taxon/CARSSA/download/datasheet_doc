--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409569024cd17a55a" w:history="1">
+            <w:hyperlink r:id="rId5526692546af59284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576469024cd17a5c8" w:history="1">
+            <w:hyperlink r:id="rId2277692546af592ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34726065" name="name419669024cd17a68e" descr="14727.jpg"/>
+                  <wp:docPr id="93767190" name="name3736692546af59c65" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId261769024cd17a68d" cstate="print"/>
+                          <a:blip r:embed="rId7552692546af59c64" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId795769024cd17a771" w:history="1">
+            <w:hyperlink r:id="rId8541692546af59da5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2011358" name="name192869024cd17bb41" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="41161900" name="name2169692546af5b2d2" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId771869024cd17bb3e" cstate="print"/>
+                    <a:blip r:embed="rId6022692546af5b2cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993469024cd17ce8a" w:history="1">
+      <w:hyperlink r:id="rId3706692546af5cd86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392069024cd17d586" w:history="1">
+      <w:hyperlink r:id="rId7948692546af5dc69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744269024cd17d82c" w:history="1">
+      <w:hyperlink r:id="rId2712692546af5e06d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926169024cd17d8c0" w:history="1">
+      <w:hyperlink r:id="rId6188692546af5e142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123669024cd17d952" w:history="1">
+      <w:hyperlink r:id="rId6325692546af5e2bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954269024cd17ece6" w:history="1">
+      <w:hyperlink r:id="rId2384692546af60076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453369024cd17ee65" w:history="1">
+      <w:hyperlink r:id="rId1909692546af601ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60563108" name="name752869024cd17eed3" descr="eu_funding_250.png"/>
+            <wp:docPr id="28160181" name="name3441692546af60290" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId742769024cd17eed2" cstate="print"/>
+                    <a:blip r:embed="rId4587692546af6028e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88404611">
+  <w:abstractNum w:abstractNumId="97576944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63252600">
+    <w:lvl w:ilvl="0" w:tplc="94219642">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63252600" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94219642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88404610">
+  <w:abstractNum w:abstractNumId="97576943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98326421">
+    <w:lvl w:ilvl="0" w:tplc="41423843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88404610">
-    <w:abstractNumId w:val="88404610"/>
+  <w:num w:numId="97576943">
+    <w:abstractNumId w:val="97576943"/>
   </w:num>
-  <w:num w:numId="88404611">
-    <w:abstractNumId w:val="88404611"/>
+  <w:num w:numId="97576944">
+    <w:abstractNumId w:val="97576944"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454484438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693067767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId409569024cd17a55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId576469024cd17a5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId795769024cd17a771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId993469024cd17ce8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId392069024cd17d586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId744269024cd17d82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId926169024cd17d8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId123669024cd17d952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId954269024cd17ece6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId453369024cd17ee65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId261769024cd17a68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261769024cd17a68d.jpg"/><Relationship Id="rId771869024cd17bb3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771869024cd17bb3e.jpg"/><Relationship Id="rId742769024cd17eed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742769024cd17eed2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId840571901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911924587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5526692546af59284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId2277692546af592ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId8541692546af59da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId3706692546af5cd86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId7948692546af5dc69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId2712692546af5e06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId6188692546af5e142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId6325692546af5e2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId2384692546af60076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1909692546af601ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId7552692546af59c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7552692546af59c64.jpg"/><Relationship Id="rId6022692546af5b2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6022692546af5b2cf.jpg"/><Relationship Id="rId4587692546af6028e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4587692546af6028e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>