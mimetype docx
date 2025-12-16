--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5526692546af59284" w:history="1">
+            <w:hyperlink r:id="rId85776940d08809b85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2277692546af592ee" w:history="1">
+            <w:hyperlink r:id="rId95996940d08809bed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93767190" name="name3736692546af59c65" descr="14727.jpg"/>
+                  <wp:docPr id="21016424" name="name51036940d0880a415" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7552692546af59c64" cstate="print"/>
+                          <a:blip r:embed="rId62106940d0880a414" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8541692546af59da5" w:history="1">
+            <w:hyperlink r:id="rId96766940d0880a543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41161900" name="name2169692546af5b2d2" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="94225233" name="name50026940d0880b6d2" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6022692546af5b2cf" cstate="print"/>
+                    <a:blip r:embed="rId11536940d0880b6cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3706692546af5cd86" w:history="1">
+      <w:hyperlink r:id="rId39756940d0880c97b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7948692546af5dc69" w:history="1">
+      <w:hyperlink r:id="rId46876940d0880d060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2712692546af5e06d" w:history="1">
+      <w:hyperlink r:id="rId95326940d0880d2f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6188692546af5e142" w:history="1">
+      <w:hyperlink r:id="rId35716940d0880d38a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6325692546af5e2bc" w:history="1">
+      <w:hyperlink r:id="rId45756940d0880d41b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2384692546af60076" w:history="1">
+      <w:hyperlink r:id="rId76296940d0880e762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1909692546af601ef" w:history="1">
+      <w:hyperlink r:id="rId13446940d0880e8cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28160181" name="name3441692546af60290" descr="eu_funding_250.png"/>
+            <wp:docPr id="94161955" name="name89746940d0880e939" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4587692546af6028e" cstate="print"/>
+                    <a:blip r:embed="rId67756940d0880e938" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97576944">
+  <w:abstractNum w:abstractNumId="97224567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94219642">
+    <w:lvl w:ilvl="0" w:tplc="10030090">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94219642" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10030090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97576943">
+  <w:abstractNum w:abstractNumId="97224566">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41423843">
+    <w:lvl w:ilvl="0" w:tplc="95698523">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97576943">
-    <w:abstractNumId w:val="97576943"/>
+  <w:num w:numId="97224566">
+    <w:abstractNumId w:val="97224566"/>
   </w:num>
-  <w:num w:numId="97576944">
-    <w:abstractNumId w:val="97576944"/>
+  <w:num w:numId="97224567">
+    <w:abstractNumId w:val="97224567"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId840571901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911924587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5526692546af59284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId2277692546af592ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId8541692546af59da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId3706692546af5cd86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId7948692546af5dc69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId2712692546af5e06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId6188692546af5e142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId6325692546af5e2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId2384692546af60076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1909692546af601ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId7552692546af59c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7552692546af59c64.jpg"/><Relationship Id="rId6022692546af5b2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6022692546af5b2cf.jpg"/><Relationship Id="rId4587692546af6028e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4587692546af6028e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285796722" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369652125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85776940d08809b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId95996940d08809bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId96766940d0880a543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId39756940d0880c97b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId46876940d0880d060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId95326940d0880d2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId35716940d0880d38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId45756940d0880d41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId76296940d0880e762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13446940d0880e8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId62106940d0880a414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62106940d0880a414.jpg"/><Relationship Id="rId11536940d0880b6cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11536940d0880b6cf.jpg"/><Relationship Id="rId67756940d0880e938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67756940d0880e938.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>