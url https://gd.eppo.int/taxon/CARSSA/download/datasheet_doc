--- v3 (2025-12-16)
+++ v4 (2026-01-24)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85776940d08809b85" w:history="1">
+            <w:hyperlink r:id="rId14096975489a915dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95996940d08809bed" w:history="1">
+            <w:hyperlink r:id="rId30586975489a91646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21016424" name="name51036940d0880a415" descr="14727.jpg"/>
+                  <wp:docPr id="14105795" name="name55116975489a91d9d" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62106940d0880a414" cstate="print"/>
+                          <a:blip r:embed="rId56686975489a91d9c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId96766940d0880a543" w:history="1">
+            <w:hyperlink r:id="rId82996975489a91eaf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94225233" name="name50026940d0880b6d2" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="50316675" name="name73416975489a931da" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11536940d0880b6cf" cstate="print"/>
+                    <a:blip r:embed="rId59846975489a931d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39756940d0880c97b" w:history="1">
+      <w:hyperlink r:id="rId42286975489a947f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46876940d0880d060" w:history="1">
+      <w:hyperlink r:id="rId25476975489a94f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95326940d0880d2f9" w:history="1">
+      <w:hyperlink r:id="rId65966975489a95219" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35716940d0880d38a" w:history="1">
+      <w:hyperlink r:id="rId58766975489a952ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45756940d0880d41b" w:history="1">
+      <w:hyperlink r:id="rId84206975489a9534f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8857,73 +8857,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76296940d0880e762" w:history="1">
+      <w:hyperlink r:id="rId50886975489a96792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13446940d0880e8cd" w:history="1">
+      <w:hyperlink r:id="rId60916975489a9691c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94161955" name="name89746940d0880e939" descr="eu_funding_250.png"/>
+            <wp:docPr id="56973107" name="name89026975489a975fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67756940d0880e938" cstate="print"/>
+                    <a:blip r:embed="rId24426975489a975f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97224567">
+  <w:abstractNum w:abstractNumId="31114824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10030090">
+    <w:lvl w:ilvl="0" w:tplc="44106184">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10030090" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44106184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97224566">
+  <w:abstractNum w:abstractNumId="31114823">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95698523">
+    <w:lvl w:ilvl="0" w:tplc="23628079">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97224566">
-    <w:abstractNumId w:val="97224566"/>
+  <w:num w:numId="31114823">
+    <w:abstractNumId w:val="31114823"/>
   </w:num>
-  <w:num w:numId="97224567">
-    <w:abstractNumId w:val="97224567"/>
+  <w:num w:numId="31114824">
+    <w:abstractNumId w:val="31114824"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285796722" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369652125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId85776940d08809b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId95996940d08809bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId96766940d0880a543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId39756940d0880c97b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId46876940d0880d060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId95326940d0880d2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId35716940d0880d38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId45756940d0880d41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId76296940d0880e762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13446940d0880e8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId62106940d0880a414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62106940d0880a414.jpg"/><Relationship Id="rId11536940d0880b6cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11536940d0880b6cf.jpg"/><Relationship Id="rId67756940d0880e938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67756940d0880e938.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582388526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId375283710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14096975489a915dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId30586975489a91646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId82996975489a91eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId42286975489a947f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId25476975489a94f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId65966975489a95219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId58766975489a952ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId84206975489a9534f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId50886975489a96792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60916975489a9691c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId56686975489a91d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56686975489a91d9c.jpg"/><Relationship Id="rId59846975489a931d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59846975489a931d8.jpg"/><Relationship Id="rId24426975489a975f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24426975489a975f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>