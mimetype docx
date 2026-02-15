--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14096975489a915dd" w:history="1">
+            <w:hyperlink r:id="rId995069919d3c656ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30586975489a91646" w:history="1">
+            <w:hyperlink r:id="rId692569919d3c65760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14105795" name="name55116975489a91d9d" descr="14727.jpg"/>
+                  <wp:docPr id="76475360" name="name589869919d3c65cc5" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56686975489a91d9c" cstate="print"/>
+                          <a:blip r:embed="rId796169919d3c65cc2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82996975489a91eaf" w:history="1">
+            <w:hyperlink r:id="rId881469919d3c65e05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,105 +1428,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50316675" name="name73416975489a931da" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="53587763" name="name548869919d3c67180" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59846975489a931d8" cstate="print"/>
+                    <a:blip r:embed="rId721769919d3c6717c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Beijing, Fujian, Gansu, Guangdong, Guangxi, Hebei, Heilongjiang, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Neimenggu, Ningxia, Qinghai, Shaanxi, Shandong, Shanghai, Shanxi, Sichuan, Tianjin, Xinjiang, Yunnan, Zhejiang), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42286975489a947f9" w:history="1">
+      <w:hyperlink r:id="rId315169919d3c685f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25476975489a94f44" w:history="1">
+      <w:hyperlink r:id="rId628669919d3c6915b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65966975489a95219" w:history="1">
+      <w:hyperlink r:id="rId682169919d3c69420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58766975489a952ba" w:history="1">
+      <w:hyperlink r:id="rId389869919d3c694b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84206975489a9534f" w:history="1">
+      <w:hyperlink r:id="rId564469919d3c69546" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50886975489a96792" w:history="1">
+      <w:hyperlink r:id="rId459969919d3c6a908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60916975489a9691c" w:history="1">
+      <w:hyperlink r:id="rId594769919d3c6aa78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56973107" name="name89026975489a975fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="46010700" name="name317469919d3c6ab00" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24426975489a975f8" cstate="print"/>
+                    <a:blip r:embed="rId859369919d3c6aaff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31114824">
+  <w:abstractNum w:abstractNumId="12189063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44106184">
+    <w:lvl w:ilvl="0" w:tplc="55757982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44106184" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55757982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31114823">
+  <w:abstractNum w:abstractNumId="12189062">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23628079">
+    <w:lvl w:ilvl="0" w:tplc="68525620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31114823">
-    <w:abstractNumId w:val="31114823"/>
+  <w:num w:numId="12189062">
+    <w:abstractNumId w:val="12189062"/>
   </w:num>
-  <w:num w:numId="31114824">
-    <w:abstractNumId w:val="31114824"/>
+  <w:num w:numId="12189063">
+    <w:abstractNumId w:val="12189063"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582388526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId375283710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14096975489a915dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId30586975489a91646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId82996975489a91eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId42286975489a947f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId25476975489a94f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId65966975489a95219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId58766975489a952ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId84206975489a9534f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId50886975489a96792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60916975489a9691c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId56686975489a91d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56686975489a91d9c.jpg"/><Relationship Id="rId59846975489a931d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59846975489a931d8.jpg"/><Relationship Id="rId24426975489a975f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24426975489a975f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId833906028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711514907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId995069919d3c656ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId692569919d3c65760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId881469919d3c65e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId315169919d3c685f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId628669919d3c6915b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId682169919d3c69420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId389869919d3c694b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId564469919d3c69546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId459969919d3c6a908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594769919d3c6aa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId796169919d3c65cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId796169919d3c65cc2.jpg"/><Relationship Id="rId721769919d3c6717c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721769919d3c6717c.jpg"/><Relationship Id="rId859369919d3c6aaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859369919d3c6aaff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>