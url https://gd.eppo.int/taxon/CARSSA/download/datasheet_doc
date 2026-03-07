--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId995069919d3c656ef" w:history="1">
+            <w:hyperlink r:id="rId771169ac75081482c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId692569919d3c65760" w:history="1">
+            <w:hyperlink r:id="rId492969ac750814896" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76475360" name="name589869919d3c65cc5" descr="14727.jpg"/>
+                  <wp:docPr id="26704771" name="name948469ac750814c90" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId796169919d3c65cc2" cstate="print"/>
+                          <a:blip r:embed="rId650269ac750814c8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId881469919d3c65e05" w:history="1">
+            <w:hyperlink r:id="rId116669ac750814d9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53587763" name="name548869919d3c67180" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="4303163" name="name417969ac750816344" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId721769919d3c6717c" cstate="print"/>
+                    <a:blip r:embed="rId239969ac750816341" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315169919d3c685f2" w:history="1">
+      <w:hyperlink r:id="rId410969ac750817afa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628669919d3c6915b" w:history="1">
+      <w:hyperlink r:id="rId223969ac7508182bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682169919d3c69420" w:history="1">
+      <w:hyperlink r:id="rId782669ac750818553" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389869919d3c694b4" w:history="1">
+      <w:hyperlink r:id="rId498969ac7508185e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564469919d3c69546" w:history="1">
+      <w:hyperlink r:id="rId427969ac75081868a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459969919d3c6a908" w:history="1">
+      <w:hyperlink r:id="rId474969ac75081c90e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594769919d3c6aa78" w:history="1">
+      <w:hyperlink r:id="rId123669ac75081ca81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46010700" name="name317469919d3c6ab00" descr="eu_funding_250.png"/>
+            <wp:docPr id="53348701" name="name385369ac75081cb22" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId859369919d3c6aaff" cstate="print"/>
+                    <a:blip r:embed="rId715669ac75081cb21" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12189063">
+  <w:abstractNum w:abstractNumId="78190925">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55757982">
+    <w:lvl w:ilvl="0" w:tplc="26402012">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55757982" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26402012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12189062">
+  <w:abstractNum w:abstractNumId="78190924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68525620">
+    <w:lvl w:ilvl="0" w:tplc="68431502">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12189062">
-    <w:abstractNumId w:val="12189062"/>
+  <w:num w:numId="78190924">
+    <w:abstractNumId w:val="78190924"/>
   </w:num>
-  <w:num w:numId="12189063">
-    <w:abstractNumId w:val="12189063"/>
+  <w:num w:numId="78190925">
+    <w:abstractNumId w:val="78190925"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId833906028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711514907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId995069919d3c656ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId692569919d3c65760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId881469919d3c65e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId315169919d3c685f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId628669919d3c6915b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId682169919d3c69420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId389869919d3c694b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId564469919d3c69546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId459969919d3c6a908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594769919d3c6aa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId796169919d3c65cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId796169919d3c65cc2.jpg"/><Relationship Id="rId721769919d3c6717c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721769919d3c6717c.jpg"/><Relationship Id="rId859369919d3c6aaff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859369919d3c6aaff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932790970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId270787840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId771169ac75081482c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId492969ac750814896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId116669ac750814d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId410969ac750817afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId223969ac7508182bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId782669ac750818553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId498969ac7508185e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId427969ac75081868a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId474969ac75081c90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId123669ac75081ca81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId650269ac750814c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650269ac750814c8e.jpg"/><Relationship Id="rId239969ac750816341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239969ac750816341.jpg"/><Relationship Id="rId715669ac75081cb21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715669ac75081cb21.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>