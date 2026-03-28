--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> peach fruit borer, peach fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId771169ac75081482c" w:history="1">
+            <w:hyperlink r:id="rId427269c7b9531b24e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492969ac750814896" w:history="1">
+            <w:hyperlink r:id="rId511369c7b9531b2b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26704771" name="name948469ac750814c90" descr="14727.jpg"/>
+                  <wp:docPr id="65210699" name="name154869c7b9531b812" descr="14727.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14727.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId650269ac750814c8e" cstate="print"/>
+                          <a:blip r:embed="rId186769c7b9531b810" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId116669ac750814d9c" w:history="1">
+            <w:hyperlink r:id="rId887169c7b9531b932" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1428,63 +1428,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sasakii </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">occurs in in temperate Far East Asia. Although it is present the Far Eastern provinces of Russia, it does not occur in the European part or in Siberia and is a quarantine pest for Russia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4303163" name="name417969ac750816344" descr="CARSSA_distribution_map.jpg"/>
+            <wp:docPr id="76843687" name="name956869c7b9531cb69" descr="CARSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId239969ac750816341" cstate="print"/>
+                    <a:blip r:embed="rId248169c7b9531cb66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4148,51 +4148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 5516, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410969ac750817afa" w:history="1">
+      <w:hyperlink r:id="rId721369c7b9531de93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5223,51 +5223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223969ac7508182bb" w:history="1">
+      <w:hyperlink r:id="rId836369c7b9531e55d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/fr/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5634,51 +5634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782669ac750818553" w:history="1">
+      <w:hyperlink r:id="rId195969c7b9531e7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1584/jpestics.D19-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5724,51 +5724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 7514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498969ac7508185e4" w:history="1">
+      <w:hyperlink r:id="rId414069c7b9531e880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/app12157514</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5814,51 +5814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 686–692. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427969ac75081868a" w:history="1">
+      <w:hyperlink r:id="rId770369c7b9531e929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-31.4.686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8879,51 +8879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carposina sasakii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474969ac75081c90e" w:history="1">
+      <w:hyperlink r:id="rId529569c7b9531fc56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9105,90 +9105,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-547. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123669ac75081ca81" w:history="1">
+      <w:hyperlink r:id="rId700469c7b9531fdc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00413.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53348701" name="name385369ac75081cb22" descr="eu_funding_250.png"/>
+            <wp:docPr id="35115358" name="name259969c7b9531fe5a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId715669ac75081cb21" cstate="print"/>
+                    <a:blip r:embed="rId574969c7b9531fe59" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9286,137 +9286,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78190925">
+  <w:abstractNum w:abstractNumId="15191293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26402012">
+    <w:lvl w:ilvl="0" w:tplc="52654338">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26402012" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52654338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78190924">
+  <w:abstractNum w:abstractNumId="15191292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68431502">
+    <w:lvl w:ilvl="0" w:tplc="70970606">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10168,55 +10168,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78190924">
-    <w:abstractNumId w:val="78190924"/>
+  <w:num w:numId="15191292">
+    <w:abstractNumId w:val="15191292"/>
   </w:num>
-  <w:num w:numId="78190925">
-    <w:abstractNumId w:val="78190925"/>
+  <w:num w:numId="15191293">
+    <w:abstractNumId w:val="15191293"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21766,51 +21766,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932790970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId270787840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId771169ac75081482c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId492969ac750814896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId116669ac750814d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId410969ac750817afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId223969ac7508182bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId782669ac750818553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId498969ac7508185e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId427969ac75081868a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId474969ac75081c90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId123669ac75081ca81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId650269ac750814c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650269ac750814c8e.jpg"/><Relationship Id="rId239969ac750816341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239969ac750816341.jpg"/><Relationship Id="rId715669ac75081cb21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715669ac75081cb21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514397456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId438323683" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId427269c7b9531b24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/" TargetMode="External"/><Relationship Id="rId511369c7b9531b2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/categorization" TargetMode="External"/><Relationship Id="rId887169c7b9531b932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARSSA/photos" TargetMode="External"/><Relationship Id="rId721369c7b9531de93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5516" TargetMode="External"/><Relationship Id="rId836369c7b9531e55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId195969c7b9531e7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1584/jpestics.D19-066" TargetMode="External"/><Relationship Id="rId414069c7b9531e880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/app12157514" TargetMode="External"/><Relationship Id="rId770369c7b9531e929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-31.4.686" TargetMode="External"/><Relationship Id="rId529569c7b9531fc56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId700469c7b9531fdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00413.x" TargetMode="External"/><Relationship Id="rId186769c7b9531b810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186769c7b9531b810.jpg"/><Relationship Id="rId248169c7b9531cb66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248169c7b9531cb66.jpg"/><Relationship Id="rId574969c7b9531fe59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId574969c7b9531fe59.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>