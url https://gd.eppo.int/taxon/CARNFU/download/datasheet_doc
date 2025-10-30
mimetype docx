--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893068e6c33ecbf6f" w:history="1">
+            <w:hyperlink r:id="rId19946902b95696c05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426768e6c33ecbfb3" w:history="1">
+            <w:hyperlink r:id="rId46476902b95696c49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69902471" name="name560468e6c33ecc728" descr="327.jpg"/>
+                  <wp:docPr id="10310942" name="name47766902b9569730a" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId604668e6c33ecc726" cstate="print"/>
+                          <a:blip r:embed="rId42866902b95697308" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId884268e6c33ecc85f" w:history="1">
+            <w:hyperlink r:id="rId66816902b9569741a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59839909" name="name885168e6c33ecdd55" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="22833324" name="name49556902b95698397" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId532768e6c33ecdd52" cstate="print"/>
+                    <a:blip r:embed="rId27076902b95698393" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804468e6c33ece99d" w:history="1">
+      <w:hyperlink r:id="rId33036902b9569900e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879468e6c33ecea51" w:history="1">
+      <w:hyperlink r:id="rId12216902b956990c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId250268e6c33eceae5" w:history="1">
+      <w:hyperlink r:id="rId36676902b95699157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985168e6c33eced7d" w:history="1">
+      <w:hyperlink r:id="rId36406902b956993ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557068e6c33ecee2a" w:history="1">
+      <w:hyperlink r:id="rId90126902b9569949b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3869,51 +3869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839968e6c33ecef5e" w:history="1">
+      <w:hyperlink r:id="rId87216902b956995f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96915083" name="name450768e6c33eceffd" descr="eu_funding_250.png"/>
+            <wp:docPr id="6369984" name="name23596902b95699699" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId173168e6c33eceffc" cstate="print"/>
+                    <a:blip r:embed="rId66696902b95699698" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87195580">
+  <w:abstractNum w:abstractNumId="82838036">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57405249">
+    <w:lvl w:ilvl="0" w:tplc="14675085">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57405249" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14675085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87195579">
+  <w:abstractNum w:abstractNumId="82838035">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70742368">
+    <w:lvl w:ilvl="0" w:tplc="76887548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87195579">
-    <w:abstractNumId w:val="87195579"/>
+  <w:num w:numId="82838035">
+    <w:abstractNumId w:val="82838035"/>
   </w:num>
-  <w:num w:numId="87195580">
-    <w:abstractNumId w:val="87195580"/>
+  <w:num w:numId="82838036">
+    <w:abstractNumId w:val="82838036"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId194698868" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859919796" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId893068e6c33ecbf6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId426768e6c33ecbfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId884268e6c33ecc85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId804468e6c33ece99d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId879468e6c33ecea51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId250268e6c33eceae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId985168e6c33eced7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId557068e6c33ecee2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId839968e6c33ecef5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId604668e6c33ecc726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604668e6c33ecc726.jpg"/><Relationship Id="rId532768e6c33ecdd52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532768e6c33ecdd52.jpg"/><Relationship Id="rId173168e6c33eceffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId173168e6c33eceffc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695734670" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577124434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19946902b95696c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId46476902b95696c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId66816902b9569741a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId33036902b9569900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId12216902b956990c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId36676902b95699157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId36406902b956993ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId90126902b9569949b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId87216902b956995f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42866902b95697308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42866902b95697308.jpg"/><Relationship Id="rId27076902b95698393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27076902b95698393.jpg"/><Relationship Id="rId66696902b95699698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66696902b95699698.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>