--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19946902b95696c05" w:history="1">
+            <w:hyperlink r:id="rId82426920197e58419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46476902b95696c49" w:history="1">
+            <w:hyperlink r:id="rId17516920197e5845b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10310942" name="name47766902b9569730a" descr="327.jpg"/>
+                  <wp:docPr id="29745904" name="name22936920197e58c03" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42866902b95697308" cstate="print"/>
+                          <a:blip r:embed="rId52016920197e58c02" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66816902b9569741a" w:history="1">
+            <w:hyperlink r:id="rId79106920197e58ce6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22833324" name="name49556902b95698397" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="1463546" name="name89916920197e59d7e" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27076902b95698393" cstate="print"/>
+                    <a:blip r:embed="rId49976920197e59d7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33036902b9569900e" w:history="1">
+      <w:hyperlink r:id="rId89126920197e5a8c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12216902b956990c4" w:history="1">
+      <w:hyperlink r:id="rId93706920197e5a970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId36676902b95699157" w:history="1">
+      <w:hyperlink r:id="rId36066920197e5aa01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36406902b956993ee" w:history="1">
+      <w:hyperlink r:id="rId35306920197e5ac8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90126902b9569949b" w:history="1">
+      <w:hyperlink r:id="rId51296920197e5ad4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3869,51 +3869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87216902b956995f6" w:history="1">
+      <w:hyperlink r:id="rId79956920197e5ae84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6369984" name="name23596902b95699699" descr="eu_funding_250.png"/>
+            <wp:docPr id="3494175" name="name98996920197e5af33" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66696902b95699698" cstate="print"/>
+                    <a:blip r:embed="rId60616920197e5af31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82838036">
+  <w:abstractNum w:abstractNumId="15603641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14675085">
+    <w:lvl w:ilvl="0" w:tplc="10638397">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14675085" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10638397" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82838035">
+  <w:abstractNum w:abstractNumId="15603640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76887548">
+    <w:lvl w:ilvl="0" w:tplc="42088636">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82838035">
-    <w:abstractNumId w:val="82838035"/>
+  <w:num w:numId="15603640">
+    <w:abstractNumId w:val="15603640"/>
   </w:num>
-  <w:num w:numId="82838036">
-    <w:abstractNumId w:val="82838036"/>
+  <w:num w:numId="15603641">
+    <w:abstractNumId w:val="15603641"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695734670" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577124434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19946902b95696c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId46476902b95696c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId66816902b9569741a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId33036902b9569900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId12216902b956990c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId36676902b95699157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId36406902b956993ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId90126902b9569949b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId87216902b956995f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42866902b95697308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42866902b95697308.jpg"/><Relationship Id="rId27076902b95698393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27076902b95698393.jpg"/><Relationship Id="rId66696902b95699698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66696902b95699698.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747227203" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId411127957" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82426920197e58419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId17516920197e5845b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId79106920197e58ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId89126920197e5a8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId93706920197e5a970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId36066920197e5aa01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId35306920197e5ac8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId51296920197e5ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId79956920197e5ae84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52016920197e58c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52016920197e58c02.jpg"/><Relationship Id="rId49976920197e59d7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49976920197e59d7c.jpg"/><Relationship Id="rId60616920197e5af31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60616920197e5af31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>