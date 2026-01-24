--- v2 (2025-11-21)
+++ v3 (2026-01-24)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82426920197e58419" w:history="1">
+            <w:hyperlink r:id="rId9149697548f138572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17516920197e5845b" w:history="1">
+            <w:hyperlink r:id="rId5310697548f1385b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29745904" name="name22936920197e58c03" descr="327.jpg"/>
+                  <wp:docPr id="904520" name="name9890697548f138675" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52016920197e58c02" cstate="print"/>
+                          <a:blip r:embed="rId1256697548f138674" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId79106920197e58ce6" w:history="1">
+            <w:hyperlink r:id="rId9290697548f1389c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1463546" name="name89916920197e59d7e" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="60600783" name="name2518697548f139cd8" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49976920197e59d7c" cstate="print"/>
+                    <a:blip r:embed="rId8401697548f139cd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89126920197e5a8c1" w:history="1">
+      <w:hyperlink r:id="rId2803697548f13a881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93706920197e5a970" w:history="1">
+      <w:hyperlink r:id="rId1758697548f13a937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId36066920197e5aa01" w:history="1">
+      <w:hyperlink r:id="rId6167697548f13a9e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35306920197e5ac8e" w:history="1">
+      <w:hyperlink r:id="rId9661697548f13ac7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51296920197e5ad4d" w:history="1">
+      <w:hyperlink r:id="rId8768697548f13ad2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,73 +3847,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79956920197e5ae84" w:history="1">
+      <w:hyperlink r:id="rId9291697548f13ae61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3494175" name="name98996920197e5af33" descr="eu_funding_250.png"/>
+            <wp:docPr id="41266739" name="name4943697548f13aefa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60616920197e5af31" cstate="print"/>
+                    <a:blip r:embed="rId6416697548f13aef9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15603641">
+  <w:abstractNum w:abstractNumId="62659606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10638397">
+    <w:lvl w:ilvl="0" w:tplc="27968032">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10638397" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27968032" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15603640">
+  <w:abstractNum w:abstractNumId="62659605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42088636">
+    <w:lvl w:ilvl="0" w:tplc="80331952">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15603640">
-    <w:abstractNumId w:val="15603640"/>
+  <w:num w:numId="62659605">
+    <w:abstractNumId w:val="62659605"/>
   </w:num>
-  <w:num w:numId="15603641">
-    <w:abstractNumId w:val="15603641"/>
+  <w:num w:numId="62659606">
+    <w:abstractNumId w:val="62659606"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747227203" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId411127957" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82426920197e58419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId17516920197e5845b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId79106920197e58ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId89126920197e5a8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId93706920197e5a970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId36066920197e5aa01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId35306920197e5ac8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId51296920197e5ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId79956920197e5ae84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52016920197e58c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52016920197e58c02.jpg"/><Relationship Id="rId49976920197e59d7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49976920197e59d7c.jpg"/><Relationship Id="rId60616920197e5af31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60616920197e5af31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId367332781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId380791112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9149697548f138572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId5310697548f1385b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId9290697548f1389c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId2803697548f13a881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId1758697548f13a937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId6167697548f13a9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId9661697548f13ac7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId8768697548f13ad2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId9291697548f13ae61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1256697548f138674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1256697548f138674.jpg"/><Relationship Id="rId8401697548f139cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8401697548f139cd5.jpg"/><Relationship Id="rId6416697548f13aef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6416697548f13aef9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>