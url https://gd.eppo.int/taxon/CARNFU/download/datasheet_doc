--- v3 (2026-01-24)
+++ v4 (2026-02-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9149697548f138572" w:history="1">
+            <w:hyperlink r:id="rId707769910cdb218ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5310697548f1385b6" w:history="1">
+            <w:hyperlink r:id="rId908869910cdb21940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="904520" name="name9890697548f138675" descr="327.jpg"/>
+                  <wp:docPr id="37185622" name="name474669910cdb21ed3" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1256697548f138674" cstate="print"/>
+                          <a:blip r:embed="rId505469910cdb21ed1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9290697548f1389c8" w:history="1">
+            <w:hyperlink r:id="rId579269910cdb21fd6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60600783" name="name2518697548f139cd8" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="1231227" name="name445669910cdb22d5b" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8401697548f139cd5" cstate="print"/>
+                    <a:blip r:embed="rId493969910cdb22d58" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2803697548f13a881" w:history="1">
+      <w:hyperlink r:id="rId755269910cdb23912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1758697548f13a937" w:history="1">
+      <w:hyperlink r:id="rId490969910cdb239c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6167697548f13a9e6" w:history="1">
+      <w:hyperlink r:id="rId840469910cdb23a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9661697548f13ac7e" w:history="1">
+      <w:hyperlink r:id="rId769269910cdb23ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8768697548f13ad2c" w:history="1">
+      <w:hyperlink r:id="rId313669910cdb23d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3869,51 +3869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9291697548f13ae61" w:history="1">
+      <w:hyperlink r:id="rId996369910cdb23ec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41266739" name="name4943697548f13aefa" descr="eu_funding_250.png"/>
+            <wp:docPr id="90278980" name="name420269910cdb23f80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6416697548f13aef9" cstate="print"/>
+                    <a:blip r:embed="rId327969910cdb23f7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62659606">
+  <w:abstractNum w:abstractNumId="22297219">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27968032">
+    <w:lvl w:ilvl="0" w:tplc="42492479">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27968032" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42492479" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62659605">
+  <w:abstractNum w:abstractNumId="22297218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80331952">
+    <w:lvl w:ilvl="0" w:tplc="11871552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62659605">
-    <w:abstractNumId w:val="62659605"/>
+  <w:num w:numId="22297218">
+    <w:abstractNumId w:val="22297218"/>
   </w:num>
-  <w:num w:numId="62659606">
-    <w:abstractNumId w:val="62659606"/>
+  <w:num w:numId="22297219">
+    <w:abstractNumId w:val="22297219"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId367332781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId380791112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9149697548f138572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId5310697548f1385b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId9290697548f1389c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId2803697548f13a881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId1758697548f13a937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId6167697548f13a9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId9661697548f13ac7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId8768697548f13ad2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId9291697548f13ae61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1256697548f138674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1256697548f138674.jpg"/><Relationship Id="rId8401697548f139cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8401697548f139cd5.jpg"/><Relationship Id="rId6416697548f13aef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6416697548f13aef9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529879233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874040389" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId707769910cdb218ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId908869910cdb21940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId579269910cdb21fd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId755269910cdb23912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId490969910cdb239c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId840469910cdb23a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId769269910cdb23ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId313669910cdb23d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId996369910cdb23ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId505469910cdb21ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505469910cdb21ed1.jpg"/><Relationship Id="rId493969910cdb22d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493969910cdb22d58.jpg"/><Relationship Id="rId327969910cdb23f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969910cdb23f7e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>