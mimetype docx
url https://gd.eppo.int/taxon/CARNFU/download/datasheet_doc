--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707769910cdb218ef" w:history="1">
+            <w:hyperlink r:id="rId528269abcb4b5b506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId908869910cdb21940" w:history="1">
+            <w:hyperlink r:id="rId442469abcb4b5b54a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37185622" name="name474669910cdb21ed3" descr="327.jpg"/>
+                  <wp:docPr id="57816277" name="name227269abcb4b5bb8e" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId505469910cdb21ed1" cstate="print"/>
+                          <a:blip r:embed="rId691169abcb4b5bb8c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId579269910cdb21fd6" w:history="1">
+            <w:hyperlink r:id="rId847269abcb4b5bcd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1231227" name="name445669910cdb22d5b" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="91310809" name="name980969abcb4b5cd49" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId493969910cdb22d58" cstate="print"/>
+                    <a:blip r:embed="rId989569abcb4b5cd46" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755269910cdb23912" w:history="1">
+      <w:hyperlink r:id="rId961269abcb4b5da48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490969910cdb239c4" w:history="1">
+      <w:hyperlink r:id="rId364569abcb4b5daf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId840469910cdb23a55" w:history="1">
+      <w:hyperlink r:id="rId312069abcb4b5db8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769269910cdb23ce6" w:history="1">
+      <w:hyperlink r:id="rId353069abcb4b5de46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313669910cdb23d91" w:history="1">
+      <w:hyperlink r:id="rId893969abcb4b5def6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3869,51 +3869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996369910cdb23ec4" w:history="1">
+      <w:hyperlink r:id="rId480469abcb4b5e02e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90278980" name="name420269910cdb23f80" descr="eu_funding_250.png"/>
+            <wp:docPr id="50675585" name="name151369abcb4b5e0cf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId327969910cdb23f7e" cstate="print"/>
+                    <a:blip r:embed="rId358569abcb4b5e0ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22297219">
+  <w:abstractNum w:abstractNumId="75475357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42492479">
+    <w:lvl w:ilvl="0" w:tplc="30831342">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42492479" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30831342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22297218">
+  <w:abstractNum w:abstractNumId="75475356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11871552">
+    <w:lvl w:ilvl="0" w:tplc="13071451">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22297218">
-    <w:abstractNumId w:val="22297218"/>
+  <w:num w:numId="75475356">
+    <w:abstractNumId w:val="75475356"/>
   </w:num>
-  <w:num w:numId="22297219">
-    <w:abstractNumId w:val="22297219"/>
+  <w:num w:numId="75475357">
+    <w:abstractNumId w:val="75475357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529879233" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874040389" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId707769910cdb218ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId908869910cdb21940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId579269910cdb21fd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId755269910cdb23912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId490969910cdb239c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId840469910cdb23a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId769269910cdb23ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId313669910cdb23d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId996369910cdb23ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId505469910cdb21ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505469910cdb21ed1.jpg"/><Relationship Id="rId493969910cdb22d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId493969910cdb22d58.jpg"/><Relationship Id="rId327969910cdb23f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327969910cdb23f7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846833770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId405170024" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269abcb4b5b506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId442469abcb4b5b54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId847269abcb4b5bcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId961269abcb4b5da48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId364569abcb4b5daf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId312069abcb4b5db8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId353069abcb4b5de46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId893969abcb4b5def6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId480469abcb4b5e02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId691169abcb4b5bb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691169abcb4b5bb8c.jpg"/><Relationship Id="rId989569abcb4b5cd46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989569abcb4b5cd46.jpg"/><Relationship Id="rId358569abcb4b5e0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358569abcb4b5e0ce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>