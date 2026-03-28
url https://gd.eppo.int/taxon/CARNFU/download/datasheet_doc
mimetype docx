--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (Nottingham)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> red-headed sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528269abcb4b5b506" w:history="1">
+            <w:hyperlink r:id="rId424769c7b9536cce2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442469abcb4b5b54a" w:history="1">
+            <w:hyperlink r:id="rId108069c7b9536cd27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARNFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57816277" name="name227269abcb4b5bb8e" descr="327.jpg"/>
+                  <wp:docPr id="51303188" name="name716669c7b9536d2ea" descr="327.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="327.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId691169abcb4b5bb8c" cstate="print"/>
+                          <a:blip r:embed="rId994469c7b9536d2e9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId847269abcb4b5bcd4" w:history="1">
+            <w:hyperlink r:id="rId600469c7b9536d417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1326,63 +1326,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2013 and specimen records). However, a few specimen records occur from riparian habitats in Southern Arizona and a single collecting locality in a coastal area of Guerrero, Mexico suggest this species is found in limited regions outside California (specimens deposited in Snow Entomological Museum Collection at the University of Kansas, Lawrence, KS; University of California, Riverside, Riverside, CA; and Smithsonian National Museum of Natural History, Washington DC). Further surveys in riparian areas of the South-Western United States or Mexico could identify additional areas where this species occurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91310809" name="name980969abcb4b5cd49" descr="CARNFU_distribution_map.jpg"/>
+            <wp:docPr id="3107117" name="name570569c7b9536e70c" descr="CARNFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CARNFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId989569abcb4b5cd46" cstate="print"/>
+                    <a:blip r:embed="rId865769c7b9536e708" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2944,51 +2944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3741</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490–510. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961269abcb4b5da48" w:history="1">
+      <w:hyperlink r:id="rId797169c7b9536f2f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3741.4.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 367–374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364569abcb4b5daf9" w:history="1">
+      <w:hyperlink r:id="rId104869c7b9536f3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/EC10226</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3144,51 +3144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736, 53 pp.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId312069abcb4b5db8a" w:history="1">
+      <w:hyperlink r:id="rId417969c7b9536f43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.2903/j.efsa.2019.5736 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId353069abcb4b5de46" w:history="1">
+      <w:hyperlink r:id="rId829969c7b9536f700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3495339</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3672,51 +3672,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 871–876.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UC IPM (2019) Agriculture: Grape Pest Management Guidelines: Sharpshooters. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893969abcb4b5def6" w:history="1">
+      <w:hyperlink r:id="rId350169c7b9536f7b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Last text update: April 2019, Last accessed 31 October 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3869,51 +3869,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xyphon fulgidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480469abcb4b5e02e" w:history="1">
+      <w:hyperlink r:id="rId463969c7b9536f8e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3926,63 +3926,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50675585" name="name151369abcb4b5e0cf" descr="eu_funding_250.png"/>
+            <wp:docPr id="32621598" name="name283269c7b9536f9b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358569abcb4b5e0ce" cstate="print"/>
+                    <a:blip r:embed="rId765669c7b9536f9b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4080,137 +4080,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75475357">
+  <w:abstractNum w:abstractNumId="74501947">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30831342">
+    <w:lvl w:ilvl="0" w:tplc="85754568">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30831342" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85754568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75475356">
+  <w:abstractNum w:abstractNumId="74501946">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13071451">
+    <w:lvl w:ilvl="0" w:tplc="62018533">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4962,55 +4962,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75475356">
-    <w:abstractNumId w:val="75475356"/>
+  <w:num w:numId="74501946">
+    <w:abstractNumId w:val="74501946"/>
   </w:num>
-  <w:num w:numId="75475357">
-    <w:abstractNumId w:val="75475357"/>
+  <w:num w:numId="74501947">
+    <w:abstractNumId w:val="74501947"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16560,51 +16560,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846833770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId405170024" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269abcb4b5b506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId442469abcb4b5b54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId847269abcb4b5bcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId961269abcb4b5da48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId364569abcb4b5daf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId312069abcb4b5db8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId353069abcb4b5de46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId893969abcb4b5def6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId480469abcb4b5e02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId691169abcb4b5bb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691169abcb4b5bb8c.jpg"/><Relationship Id="rId989569abcb4b5cd46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989569abcb4b5cd46.jpg"/><Relationship Id="rId358569abcb4b5e0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358569abcb4b5e0ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412786171" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId171528929" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId424769c7b9536cce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/" TargetMode="External"/><Relationship Id="rId108069c7b9536cd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/categorization" TargetMode="External"/><Relationship Id="rId600469c7b9536d417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CARNFU/photos" TargetMode="External"/><Relationship Id="rId797169c7b9536f2f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3741.4.3" TargetMode="External"/><Relationship Id="rId104869c7b9536f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/EC10226" TargetMode="External"/><Relationship Id="rId417969c7b9536f43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId829969c7b9536f700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3495339" TargetMode="External"/><Relationship Id="rId350169c7b9536f7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/grape/Sharpshooters/" TargetMode="External"/><Relationship Id="rId463969c7b9536f8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId994469c7b9536d2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994469c7b9536d2e9.jpg"/><Relationship Id="rId865769c7b9536e708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865769c7b9536e708.jpg"/><Relationship Id="rId765669c7b9536f9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId765669c7b9536f9b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>