--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -239,51 +239,51 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>